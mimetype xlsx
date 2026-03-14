--- v1 (2026-01-27)
+++ v2 (2026-03-14)
@@ -24,131 +24,131 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://tiaacref-my.sharepoint.com/personal/susan_batina_nuveen_com/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{ED71064D-99F4-429E-98F3-6828E1A297B9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{443A5AF8-93E6-4831-AD03-27F5957D876B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="0" windowWidth="26010" windowHeight="10545" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28695" yWindow="4530" windowWidth="28800" windowHeight="10590" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="December 2025" sheetId="97" r:id="rId1"/>
-[...10 lines deleted...]
-    <sheet name="January 2025" sheetId="86" r:id="rId12"/>
+    <sheet name="January 2026" sheetId="98" r:id="rId1"/>
+    <sheet name="December 2025" sheetId="97" r:id="rId2"/>
+    <sheet name="November 2025" sheetId="96" r:id="rId3"/>
+    <sheet name="October 2025" sheetId="95" r:id="rId4"/>
+    <sheet name="September 2025" sheetId="94" r:id="rId5"/>
+    <sheet name="August 2025" sheetId="93" r:id="rId6"/>
+    <sheet name="July 2025" sheetId="92" r:id="rId7"/>
+    <sheet name="June 2025" sheetId="91" r:id="rId8"/>
+    <sheet name="May 2025" sheetId="90" r:id="rId9"/>
+    <sheet name="April 2025" sheetId="89" r:id="rId10"/>
+    <sheet name="March 2025" sheetId="88" r:id="rId11"/>
+    <sheet name="February 2025" sheetId="87" r:id="rId12"/>
     <sheet name="Dx0nn1FelFp" sheetId="5" state="veryHidden" r:id="rId13"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="1">'April 2025'!$B$7:$J$66</definedName>
-[...34 lines deleted...]
-    <definedName name="_xlnm.Print_Titles" localSheetId="3">'September 2025'!$1:$2</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="1">'April 2025'!$B$7:$J$66</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">'August 2025'!$B$7:$J$66</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'December 2025'!$B$7:$J$63</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="1">'February 2025'!$B$7:$J$66</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'January 2026'!$B$7:$J$63</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">'July 2025'!$B$7:$J$66</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="1">'June 2025'!$B$7:$J$66</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="1">'March 2025'!$B$7:$J$66</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="1">'May 2025'!$B$7:$J$66</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'November 2025'!$B$7:$J$65</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'October 2025'!$B$7:$J$65</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'September 2025'!$B$7:$J$65</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="9">'April 2025'!$A$1:$K$71</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="5">'August 2025'!$A$1:$K$71</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'December 2025'!$A$1:$K$68</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="11">'February 2025'!$A$1:$K$71</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'January 2026'!$A$1:$K$68</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="6">'July 2025'!$A$1:$K$71</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="7">'June 2025'!$A$1:$K$71</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="10">'March 2025'!$A$1:$K$71</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="8">'May 2025'!$A$1:$K$71</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'November 2025'!$A$1:$K$70</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'October 2025'!$A$1:$K$70</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'September 2025'!$A$1:$K$70</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="9">'April 2025'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="5">'August 2025'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="1">'December 2025'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="11">'February 2025'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'January 2026'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="6">'July 2025'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="7">'June 2025'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="10">'March 2025'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="8">'May 2025'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="2">'November 2025'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="3">'October 2025'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="4">'September 2025'!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1027" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1020" uniqueCount="88">
   <si>
     <t>Nuveen Municipal Closed-End Funds</t>
   </si>
   <si>
     <t>National</t>
   </si>
   <si>
     <t>Nuveen Municipal High Income Opportunity Fund</t>
   </si>
   <si>
     <t>NUV</t>
   </si>
   <si>
     <t>NMI</t>
   </si>
   <si>
     <t>NXP</t>
   </si>
   <si>
     <t>Nuveen Select Tax-Free Income Portfolio</t>
   </si>
   <si>
     <t>NIM</t>
   </si>
   <si>
@@ -753,53 +753,50 @@
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Georgia"/>
         <family val="1"/>
         <scheme val="major"/>
       </rPr>
       <t>4</t>
     </r>
   </si>
   <si>
     <r>
       <t>NMCO</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Georgia"/>
         <family val="1"/>
         <scheme val="major"/>
       </rPr>
       <t>4</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">		4246971-0425</t>
   </si>
   <si>
     <t xml:space="preserve">		4330978</t>
   </si>
   <si>
     <t xml:space="preserve">		4416325</t>
   </si>
   <si>
     <t xml:space="preserve">		4505579</t>
   </si>
   <si>
     <t xml:space="preserve">	4589251</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode=".0000"/>
     <numFmt numFmtId="165" formatCode="0.0000"/>
     <numFmt numFmtId="166" formatCode="0.0%"/>
     <numFmt numFmtId="167" formatCode="#,###.0000_);\(#,###.0000\)"/>
     <numFmt numFmtId="168" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
@@ -1582,607 +1579,607 @@
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>601662</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>111126</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>529588</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>186676</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A94A8375-6C4B-473F-9789-6F166C75B65B}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9A22D97-9E92-42BD-ABA9-CFEABC776D1A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="7964487" y="111126"/>
-          <a:ext cx="2083751" cy="583550"/>
+          <a:off x="7954962" y="111126"/>
+          <a:ext cx="2090101" cy="589900"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>601662</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>111126</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>520063</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>177151</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C69215C4-DAA6-4230-BE51-8E0E8063660D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="8304212" y="111126"/>
+          <a:ext cx="2187891" cy="581645"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>601662</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>111126</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>517523</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>174611</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACD2FDB9-ABAD-4511-8890-7B35CBFCFB21}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="8304212" y="111126"/>
           <a:ext cx="2191701" cy="585455"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>601662</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>111126</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>521333</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>178421</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53B18BAC-C147-403B-8F9A-42922E86658A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="8304212" y="111126"/>
           <a:ext cx="2189161" cy="582915"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>601662</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>111126</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>518793</xdr:colOff>
+      <xdr:colOff>529588</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>175881</xdr:rowOff>
+      <xdr:rowOff>186676</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91D30859-B1CF-4A65-A3A1-27E269643C0B}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A94A8375-6C4B-473F-9789-6F166C75B65B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="8304212" y="111126"/>
-          <a:ext cx="2186621" cy="580375"/>
+          <a:off x="7964487" y="111126"/>
+          <a:ext cx="2083751" cy="583550"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>601662</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>111126</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>523238</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>180326</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03F4E49C-9480-41B0-B98A-C1C9FC64BA4C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7954962" y="111126"/>
           <a:ext cx="2080576" cy="580375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>601662</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>111126</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>520063</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>177151</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CE94F74-75C9-43EB-B531-E96EB150B718}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7954962" y="111126"/>
           <a:ext cx="2080576" cy="580375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>601662</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>111126</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>520063</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>177151</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DEDA6EB-E394-4906-B17A-D0398C3D67A5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7954962" y="111126"/>
           <a:ext cx="2080576" cy="580375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>601662</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>111126</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>520063</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>177151</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CD7C987-E0B7-490E-AC6B-C378FBFDCF52}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7954962" y="111126"/>
           <a:ext cx="2080576" cy="580375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>601662</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>111126</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>520063</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>177151</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DAF8119-40FD-49B7-8FEB-93339FAB81AB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7954962" y="111126"/>
           <a:ext cx="2080576" cy="580375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>601662</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>111126</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>520063</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>177151</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{851AC910-0960-469C-BA89-A3C165ABF5D3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7954962" y="111126"/>
           <a:ext cx="2080576" cy="580375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>601662</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>111126</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>520063</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>177151</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74BE28E8-09F8-4057-AD82-E5C35700CEFC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7954962" y="111126"/>
           <a:ext cx="2080576" cy="580375"/>
-        </a:xfrm>
-[...47 lines deleted...]
-          <a:ext cx="2187891" cy="581645"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme1">
   <a:themeElements>
     <a:clrScheme name="Nuveen 2017">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="263746"/>
       </a:dk2>
       <a:lt2>
@@ -2554,101 +2551,101 @@
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0BFABB48-3271-4CB3-912F-B52436A45E8D}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B5D6ECF5-0D1D-4C11-8628-7742FA2AB862}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:T68"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="B66" sqref="B66"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="85" zoomScaleNormal="80" zoomScaleSheetLayoutView="85" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A50" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C71" sqref="C71"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
     <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
     <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
     <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
     <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
     <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
     <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
     <col min="13" max="13" width="16" style="10" customWidth="1"/>
     <col min="14" max="14" width="11.85546875" style="10" customWidth="1"/>
     <col min="15" max="15" width="26.28515625" style="10" customWidth="1"/>
     <col min="16" max="16" width="9.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="10" customWidth="1"/>
     <col min="18" max="18" width="9.140625" style="10"/>
     <col min="19" max="19" width="7.140625" style="10" bestFit="1" customWidth="1"/>
     <col min="20" max="16384" width="9.140625" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" ht="40.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="72" t="s">
         <v>43</v>
       </c>
       <c r="C1" s="35"/>
       <c r="D1" s="36"/>
       <c r="E1" s="35"/>
       <c r="F1" s="73"/>
       <c r="G1" s="95"/>
       <c r="H1" s="96"/>
       <c r="I1" s="96"/>
       <c r="J1" s="97"/>
     </row>
     <row r="2" spans="2:20" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B2" s="101">
-        <v>46022</v>
+        <v>46053</v>
       </c>
       <c r="C2" s="102"/>
       <c r="D2" s="102"/>
       <c r="E2" s="102"/>
       <c r="F2" s="103"/>
       <c r="G2" s="98"/>
       <c r="H2" s="99"/>
       <c r="I2" s="99"/>
       <c r="J2" s="100"/>
     </row>
     <row r="3" spans="2:20" x14ac:dyDescent="0.2">
       <c r="E3" s="34"/>
       <c r="G3" s="34"/>
       <c r="H3" s="34"/>
       <c r="J3" s="34"/>
       <c r="L3" s="34"/>
       <c r="M3" s="34"/>
       <c r="N3" s="34"/>
       <c r="O3" s="34"/>
     </row>
     <row r="4" spans="2:20" ht="18" x14ac:dyDescent="0.25">
       <c r="B4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="E4"/>
@@ -2706,883 +2703,883 @@
       <c r="E7" s="39"/>
       <c r="F7" s="39"/>
       <c r="G7" s="39"/>
       <c r="H7" s="39"/>
       <c r="I7" s="39"/>
       <c r="J7" s="40"/>
       <c r="L7" s="41"/>
       <c r="M7" s="34"/>
       <c r="N7" s="34"/>
       <c r="O7" s="34"/>
       <c r="P7" s="42"/>
     </row>
     <row r="8" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B8" s="87" t="s">
         <v>77</v>
       </c>
       <c r="C8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="D8" s="21"/>
       <c r="E8" s="22">
         <v>7.0499999999999993E-2</v>
       </c>
       <c r="F8" s="21"/>
       <c r="G8" s="22">
-        <v>4.3571147261159383E-2</v>
+        <v>4.5992750559811758E-2</v>
       </c>
       <c r="H8" s="22">
-        <v>-0.63424484184733987</v>
+        <v>-0.65819126210240209</v>
       </c>
       <c r="I8" s="22"/>
       <c r="J8" s="23">
-        <v>0.61803045760509767</v>
+        <v>0.65237944056470587</v>
       </c>
       <c r="K8" s="43"/>
       <c r="L8" s="44"/>
       <c r="M8" s="45"/>
       <c r="N8" s="45"/>
       <c r="O8" s="45"/>
       <c r="P8" s="47"/>
       <c r="Q8" s="47"/>
       <c r="R8" s="48"/>
       <c r="S8" s="48"/>
       <c r="T8" s="48"/>
     </row>
     <row r="9" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B9" s="88" t="s">
         <v>76</v>
       </c>
       <c r="C9" s="12" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="13"/>
       <c r="E9" s="22">
         <v>7.9500000000000001E-2</v>
       </c>
       <c r="F9" s="21"/>
       <c r="G9" s="22">
-        <v>4.9791046660245419E-2</v>
+        <v>5.2234804281608503E-2</v>
       </c>
       <c r="H9" s="22">
-        <v>-0.59526142997196496</v>
+        <v>-0.6184658518073326</v>
       </c>
       <c r="I9" s="21"/>
       <c r="J9" s="23">
-        <v>0.6263024737137789</v>
+        <v>0.65704156329067298</v>
       </c>
       <c r="K9" s="43"/>
       <c r="L9" s="44"/>
       <c r="M9" s="45"/>
       <c r="N9" s="45"/>
       <c r="O9" s="45"/>
       <c r="P9" s="42"/>
       <c r="Q9" s="47"/>
       <c r="R9" s="48"/>
       <c r="S9" s="48"/>
       <c r="T9" s="48"/>
     </row>
     <row r="10" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B10" s="88" t="s">
         <v>82</v>
       </c>
       <c r="C10" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="13"/>
       <c r="E10" s="22">
         <v>6.5500000000000003E-2</v>
       </c>
       <c r="F10" s="21"/>
       <c r="G10" s="22">
-        <v>4.5352059846385594E-2</v>
+        <v>4.7891563162869251E-2</v>
       </c>
       <c r="H10" s="22">
-        <v>-0.21729906173285762</v>
+        <v>-0.23162381748094726</v>
       </c>
       <c r="I10" s="21"/>
       <c r="J10" s="23">
-        <v>0.6923978602501617</v>
+        <v>0.73116890324991224</v>
       </c>
       <c r="K10" s="43"/>
       <c r="L10" s="44"/>
       <c r="M10" s="45"/>
       <c r="N10" s="45"/>
       <c r="O10" s="45"/>
       <c r="P10" s="47"/>
       <c r="Q10" s="47"/>
       <c r="R10" s="48"/>
       <c r="S10" s="48"/>
       <c r="T10" s="48"/>
     </row>
     <row r="11" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B11" s="88" t="s">
         <v>60</v>
       </c>
       <c r="C11" s="50" t="s">
         <v>25</v>
       </c>
       <c r="D11" s="13"/>
       <c r="E11" s="22">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="F11" s="21"/>
       <c r="G11" s="22">
-        <v>4.5340283937436582E-2</v>
+        <v>4.8834918761934736E-2</v>
       </c>
       <c r="H11" s="22">
-        <v>-0.66849063600810299</v>
+        <v>-0.69632047083580584</v>
       </c>
       <c r="I11" s="21"/>
       <c r="J11" s="23">
-        <v>0.57392764477767821</v>
+        <v>0.61816352863208524</v>
       </c>
       <c r="K11" s="43"/>
       <c r="L11" s="44"/>
       <c r="M11" s="45"/>
       <c r="N11" s="45"/>
       <c r="O11" s="45"/>
       <c r="P11" s="42"/>
       <c r="Q11" s="47"/>
       <c r="R11" s="48"/>
       <c r="S11" s="48"/>
       <c r="T11" s="48"/>
     </row>
     <row r="12" spans="2:20" s="49" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="88" t="s">
         <v>61</v>
       </c>
       <c r="C12" s="12" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="13"/>
       <c r="E12" s="22">
         <v>6.8000000000000005E-2</v>
       </c>
       <c r="F12" s="21"/>
       <c r="G12" s="22">
-        <v>3.882190570499508E-2</v>
+        <v>4.1857897260759384E-2</v>
       </c>
       <c r="H12" s="22">
-        <v>-0.6807801527600148</v>
+        <v>-0.7063811389854221</v>
       </c>
       <c r="I12" s="21"/>
       <c r="J12" s="23">
-        <v>0.57091037801463351</v>
+        <v>0.61555731265822622</v>
       </c>
       <c r="K12" s="43"/>
       <c r="L12" s="44"/>
       <c r="M12" s="45"/>
       <c r="N12" s="45"/>
       <c r="O12" s="45"/>
       <c r="P12" s="47"/>
       <c r="Q12" s="47"/>
       <c r="R12" s="48"/>
       <c r="S12" s="48"/>
       <c r="T12" s="48"/>
     </row>
     <row r="13" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B13" s="88" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="12" t="s">
         <v>18</v>
       </c>
       <c r="D13" s="13"/>
       <c r="E13" s="22">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="F13" s="21"/>
       <c r="G13" s="22">
-        <v>3.1821464302934893E-2</v>
+        <v>3.2036005344695688E-2</v>
       </c>
       <c r="H13" s="22">
-        <v>-1.1263976585834145E-3</v>
+        <v>1.0029230526054243E-3</v>
       </c>
       <c r="I13" s="21"/>
       <c r="J13" s="23">
-        <v>0.9791219785518428</v>
+        <v>0.98572324137525191</v>
       </c>
       <c r="K13" s="43"/>
       <c r="L13" s="44"/>
       <c r="M13" s="45"/>
       <c r="N13" s="45"/>
       <c r="O13" s="45"/>
       <c r="P13" s="42"/>
       <c r="Q13" s="47"/>
       <c r="R13" s="48"/>
       <c r="S13" s="48"/>
       <c r="T13" s="48"/>
     </row>
     <row r="14" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B14" s="88" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="12" t="s">
         <v>19</v>
       </c>
       <c r="D14" s="13"/>
       <c r="E14" s="22">
         <v>3.7999999999999999E-2</v>
       </c>
       <c r="F14" s="21"/>
       <c r="G14" s="22">
-        <v>3.6448130923843247E-2</v>
+        <v>3.6070255760040658E-2</v>
       </c>
       <c r="H14" s="22">
-        <v>5.9141543729456861E-3</v>
+        <v>4.4321746221536035E-3</v>
       </c>
       <c r="I14" s="21"/>
       <c r="J14" s="23">
-        <v>0.95916134010113807</v>
+        <v>0.94921725684317526</v>
       </c>
       <c r="K14" s="43"/>
       <c r="L14" s="44"/>
       <c r="M14" s="45"/>
       <c r="N14" s="45"/>
       <c r="O14" s="45"/>
       <c r="P14" s="47"/>
       <c r="Q14" s="47"/>
       <c r="R14" s="48"/>
       <c r="S14" s="48"/>
       <c r="T14" s="48"/>
     </row>
     <row r="15" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B15" s="88" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="12" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="13"/>
       <c r="E15" s="22">
         <v>5.3499999999999999E-2</v>
       </c>
       <c r="F15" s="21"/>
       <c r="G15" s="22">
-        <v>5.2175350302251733E-2</v>
+        <v>5.2491068235574791E-2</v>
       </c>
       <c r="H15" s="22">
-        <v>9.7061021681504892E-2</v>
+        <v>9.575890648627168E-2</v>
       </c>
       <c r="I15" s="21"/>
       <c r="J15" s="23">
-        <v>0.97524019256545302</v>
+        <v>0.98114146234719235</v>
       </c>
       <c r="K15" s="43"/>
       <c r="L15" s="44"/>
       <c r="M15" s="45"/>
       <c r="N15" s="45"/>
       <c r="O15" s="45"/>
       <c r="P15" s="42"/>
       <c r="Q15" s="47"/>
       <c r="R15" s="48"/>
       <c r="S15" s="48"/>
       <c r="T15" s="48"/>
     </row>
     <row r="16" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B16" s="88" t="s">
         <v>7</v>
       </c>
       <c r="C16" s="12" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="13"/>
       <c r="E16" s="22">
         <v>2.9000000000000001E-2</v>
       </c>
       <c r="F16" s="21"/>
       <c r="G16" s="22">
-        <v>2.7857402576249021E-2</v>
+        <v>2.7806471653791531E-2</v>
       </c>
       <c r="H16" s="22">
-        <v>0.11320021796586917</v>
+        <v>0.11124252704038971</v>
       </c>
       <c r="I16" s="21"/>
       <c r="J16" s="23">
-        <v>0.96060008883617309</v>
+        <v>0.95884385013074236</v>
       </c>
       <c r="K16" s="43"/>
       <c r="L16" s="44"/>
       <c r="M16" s="45"/>
       <c r="N16" s="45"/>
       <c r="O16" s="45"/>
       <c r="P16" s="47"/>
       <c r="Q16" s="47"/>
       <c r="R16" s="48"/>
       <c r="S16" s="48"/>
       <c r="T16" s="48"/>
     </row>
     <row r="17" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B17" s="88" t="s">
         <v>17</v>
       </c>
       <c r="C17" s="12" t="s">
         <v>20</v>
       </c>
       <c r="D17" s="13"/>
       <c r="E17" s="22">
         <v>4.8500000000000001E-2</v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="22">
-        <v>4.9448539199125202E-2</v>
+        <v>4.9838410821909283E-2</v>
       </c>
       <c r="H17" s="22">
-        <v>-6.2345959818358556E-3</v>
+        <v>-3.6854006335351763E-3</v>
       </c>
       <c r="I17" s="21"/>
       <c r="J17" s="23">
-        <v>1.0195575092603135</v>
+        <v>1.02759609942081</v>
       </c>
       <c r="K17" s="43"/>
       <c r="L17" s="44"/>
       <c r="M17" s="45"/>
       <c r="N17" s="45"/>
       <c r="O17" s="45"/>
       <c r="P17" s="42"/>
       <c r="Q17" s="47"/>
       <c r="R17" s="48"/>
       <c r="S17" s="48"/>
       <c r="T17" s="48"/>
     </row>
     <row r="18" spans="2:20" s="49" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B18" s="28" t="s">
         <v>83</v>
       </c>
       <c r="C18" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="30"/>
       <c r="E18" s="89">
         <v>6.8500000000000005E-2</v>
       </c>
       <c r="F18" s="30"/>
       <c r="G18" s="89">
-        <v>4.816185335814397E-2</v>
+        <v>5.2519369442695009E-2</v>
       </c>
       <c r="H18" s="31">
-        <v>-0.14813606273484772</v>
+        <v>-0.15469143999099916</v>
       </c>
       <c r="I18" s="31"/>
       <c r="J18" s="32">
-        <v>0.70309274975392655</v>
+        <v>0.76670612325102194</v>
       </c>
       <c r="K18" s="43"/>
       <c r="L18" s="44"/>
       <c r="M18" s="45"/>
       <c r="N18" s="45"/>
       <c r="O18" s="45"/>
       <c r="P18" s="47"/>
       <c r="Q18" s="47"/>
       <c r="R18" s="48"/>
       <c r="S18" s="48"/>
       <c r="T18" s="48"/>
     </row>
     <row r="19" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B19" s="51" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="40"/>
       <c r="K19" s="43"/>
       <c r="L19" s="44"/>
       <c r="M19" s="45"/>
       <c r="N19" s="45"/>
       <c r="P19" s="47"/>
       <c r="Q19" s="47"/>
       <c r="R19" s="48"/>
       <c r="S19" s="48"/>
       <c r="T19" s="48"/>
     </row>
     <row r="20" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B20" s="87" t="s">
         <v>62</v>
       </c>
       <c r="C20" s="20" t="s">
         <v>27</v>
       </c>
       <c r="D20" s="21"/>
       <c r="E20" s="22">
         <v>7.3499999999999996E-2</v>
       </c>
       <c r="F20" s="21"/>
       <c r="G20" s="22">
-        <v>3.8656514394364051E-2</v>
+        <v>4.1253362778593837E-2</v>
       </c>
       <c r="H20" s="22">
-        <v>-0.69844284794422673</v>
+        <v>-0.72001779449468495</v>
       </c>
       <c r="I20" s="22"/>
       <c r="J20" s="23">
-        <v>0.52593897135189194</v>
+        <v>0.56127024188563046</v>
       </c>
       <c r="K20" s="43"/>
       <c r="L20" s="44"/>
       <c r="M20" s="45"/>
       <c r="N20" s="45"/>
       <c r="O20" s="45"/>
       <c r="P20" s="42"/>
       <c r="Q20" s="47"/>
       <c r="R20" s="48"/>
       <c r="S20" s="48"/>
       <c r="T20" s="48"/>
     </row>
     <row r="21" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B21" s="11" t="s">
         <v>73</v>
       </c>
       <c r="C21" s="12" t="s">
         <v>28</v>
       </c>
       <c r="D21" s="13"/>
       <c r="E21" s="22">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="22">
-        <v>3.9533580389681917E-2</v>
+        <v>4.2485348098398386E-2</v>
       </c>
       <c r="H21" s="22">
-        <v>-0.68538595914149703</v>
+        <v>-0.70989033705364202</v>
       </c>
       <c r="I21" s="21"/>
       <c r="J21" s="23">
-        <v>0.52017868933792</v>
+        <v>0.55901773813682087</v>
       </c>
       <c r="K21" s="43"/>
       <c r="L21" s="44"/>
       <c r="M21" s="45"/>
       <c r="N21" s="45"/>
       <c r="O21" s="45"/>
       <c r="P21" s="42"/>
       <c r="Q21" s="47"/>
       <c r="R21" s="48"/>
       <c r="S21" s="48"/>
       <c r="T21" s="48"/>
     </row>
     <row r="22" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B22" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="12" t="s">
         <v>54</v>
       </c>
       <c r="D22" s="13"/>
       <c r="E22" s="22">
         <v>2.9000000000000001E-2</v>
       </c>
       <c r="F22" s="21"/>
       <c r="G22" s="22">
-        <v>2.9163011581885112E-2</v>
+        <v>2.9313370122553795E-2</v>
       </c>
       <c r="H22" s="22">
-        <v>1.7729034751055008E-2</v>
+        <v>1.8003873345809239E-2</v>
       </c>
       <c r="I22" s="21"/>
       <c r="J22" s="23">
-        <v>1.0056210890305211</v>
+        <v>1.0108058662949584</v>
       </c>
       <c r="K22" s="43"/>
       <c r="L22" s="44"/>
       <c r="M22" s="45"/>
       <c r="N22" s="45"/>
       <c r="O22" s="45"/>
       <c r="P22" s="42"/>
       <c r="Q22" s="47"/>
       <c r="R22" s="48"/>
       <c r="S22" s="48"/>
       <c r="T22" s="48"/>
     </row>
     <row r="23" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B23" s="51" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="52"/>
       <c r="D23" s="52"/>
       <c r="E23" s="52"/>
       <c r="F23" s="52"/>
       <c r="G23" s="52"/>
       <c r="H23" s="52"/>
       <c r="I23" s="52"/>
       <c r="J23" s="40"/>
       <c r="K23" s="43"/>
       <c r="L23" s="44"/>
       <c r="M23" s="45"/>
       <c r="N23" s="45"/>
       <c r="P23" s="47"/>
       <c r="Q23" s="47"/>
       <c r="R23" s="48"/>
       <c r="S23" s="48"/>
       <c r="T23" s="48"/>
     </row>
     <row r="24" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B24" s="19" t="s">
         <v>70</v>
       </c>
       <c r="C24" s="20" t="s">
         <v>29</v>
       </c>
       <c r="D24" s="21"/>
       <c r="E24" s="22">
         <v>7.1999999999999995E-2</v>
       </c>
       <c r="F24" s="21"/>
       <c r="G24" s="22">
-        <v>3.9627804035573248E-2</v>
+        <v>4.2221648624986591E-2</v>
       </c>
       <c r="H24" s="22">
-        <v>-0.641163515825668</v>
+        <v>-0.66816588550840395</v>
       </c>
       <c r="I24" s="21"/>
       <c r="J24" s="23">
-        <v>0.55038616716073963</v>
+        <v>0.58641178645814718</v>
       </c>
       <c r="K24" s="43"/>
       <c r="L24" s="44"/>
       <c r="M24" s="45"/>
       <c r="N24" s="45"/>
       <c r="O24" s="45"/>
       <c r="P24" s="42"/>
       <c r="Q24" s="47"/>
       <c r="R24" s="48"/>
       <c r="S24" s="48"/>
       <c r="T24" s="48"/>
     </row>
     <row r="25" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B25" s="11" t="s">
         <v>74</v>
       </c>
       <c r="C25" s="12" t="s">
         <v>30</v>
       </c>
       <c r="D25" s="13"/>
       <c r="E25" s="22">
         <v>6.9000000000000006E-2</v>
       </c>
       <c r="F25" s="21"/>
       <c r="G25" s="22">
-        <v>3.7247660389571675E-2</v>
+        <v>4.0615020491759177E-2</v>
       </c>
       <c r="H25" s="22">
-        <v>-0.6397552438149311</v>
+        <v>-0.66749866231968757</v>
       </c>
       <c r="I25" s="21"/>
       <c r="J25" s="23">
-        <v>0.5398211650662561</v>
+        <v>0.58862348538781406</v>
       </c>
       <c r="K25" s="43"/>
       <c r="L25" s="44"/>
       <c r="M25" s="45"/>
       <c r="N25" s="45"/>
       <c r="O25" s="45"/>
       <c r="P25" s="42"/>
       <c r="Q25" s="47"/>
       <c r="R25" s="48"/>
       <c r="S25" s="48"/>
       <c r="T25" s="48"/>
     </row>
     <row r="26" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B26" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="12" t="s">
         <v>56</v>
       </c>
       <c r="D26" s="13"/>
       <c r="E26" s="22">
         <v>2.9499999999999998E-2</v>
       </c>
       <c r="F26" s="21"/>
       <c r="G26" s="22">
-        <v>2.9254146427405325E-2</v>
+        <v>2.9172093986351372E-2</v>
       </c>
       <c r="H26" s="22">
-        <v>1.7672031916576212E-2</v>
+        <v>1.7276596879366415E-2</v>
       </c>
       <c r="I26" s="21"/>
       <c r="J26" s="23">
-        <v>0.9916659805900111</v>
+        <v>0.98888454191021602</v>
       </c>
       <c r="K26" s="43"/>
       <c r="L26" s="44"/>
       <c r="M26" s="45"/>
       <c r="N26" s="45"/>
       <c r="O26" s="45"/>
       <c r="P26" s="42"/>
       <c r="Q26" s="47"/>
       <c r="R26" s="48"/>
       <c r="S26" s="48"/>
       <c r="T26" s="48"/>
     </row>
     <row r="27" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B27" s="51" t="s">
         <v>22</v>
       </c>
       <c r="C27" s="52"/>
       <c r="D27" s="52"/>
       <c r="E27" s="52"/>
       <c r="F27" s="52"/>
       <c r="G27" s="52"/>
       <c r="H27" s="52"/>
       <c r="I27" s="52"/>
       <c r="J27" s="40"/>
       <c r="K27" s="43"/>
       <c r="L27" s="44"/>
       <c r="M27" s="45"/>
       <c r="N27" s="45"/>
       <c r="P27" s="47"/>
       <c r="Q27" s="47"/>
       <c r="R27" s="48"/>
       <c r="S27" s="48"/>
       <c r="T27" s="48"/>
     </row>
     <row r="28" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B28" s="19" t="s">
         <v>68</v>
       </c>
       <c r="C28" s="20" t="s">
         <v>31</v>
       </c>
       <c r="D28" s="21"/>
       <c r="E28" s="22">
         <v>6.5500000000000003E-2</v>
       </c>
       <c r="F28" s="21"/>
       <c r="G28" s="22">
-        <v>3.2941592759004414E-2</v>
+        <v>3.4505714069511161E-2</v>
       </c>
       <c r="H28" s="22">
-        <v>-0.7869277100048907</v>
+        <v>-0.81050472202510615</v>
       </c>
       <c r="I28" s="21"/>
       <c r="J28" s="23">
-        <v>0.50292508029014371</v>
+        <v>0.52680479495436883</v>
       </c>
       <c r="K28" s="43"/>
       <c r="L28" s="44"/>
       <c r="M28" s="45"/>
       <c r="N28" s="45"/>
       <c r="O28" s="45"/>
       <c r="P28" s="42"/>
       <c r="Q28" s="47"/>
       <c r="R28" s="48"/>
       <c r="S28" s="48"/>
       <c r="T28" s="48"/>
     </row>
     <row r="29" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B29" s="11" t="s">
         <v>71</v>
       </c>
       <c r="C29" s="12" t="s">
         <v>32</v>
       </c>
       <c r="D29" s="13"/>
       <c r="E29" s="22">
         <v>6.4000000000000001E-2</v>
       </c>
       <c r="F29" s="21"/>
       <c r="G29" s="22">
-        <v>3.1411529627691115E-2</v>
+        <v>3.3876074959313773E-2</v>
       </c>
       <c r="H29" s="22">
-        <v>-0.73511070817905022</v>
+        <v>-0.75735727088534244</v>
       </c>
       <c r="I29" s="21"/>
       <c r="J29" s="23">
-        <v>0.49080515043267364</v>
+        <v>0.52931367123927775</v>
       </c>
       <c r="K29" s="43"/>
       <c r="L29" s="44"/>
       <c r="M29" s="45"/>
       <c r="N29" s="45"/>
       <c r="O29" s="45"/>
       <c r="P29" s="42"/>
       <c r="Q29" s="47"/>
       <c r="R29" s="48"/>
       <c r="S29" s="48"/>
       <c r="T29" s="48"/>
     </row>
     <row r="30" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B30" s="11" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="12" t="s">
         <v>33</v>
       </c>
       <c r="D30" s="13"/>
       <c r="E30" s="22">
         <v>6.6500000000000004E-2</v>
       </c>
       <c r="F30" s="21"/>
       <c r="G30" s="22">
-        <v>3.4721730431434346E-2</v>
+        <v>3.6836390313483187E-2</v>
       </c>
       <c r="H30" s="22">
-        <v>-0.74667129908796992</v>
+        <v>-0.77384995729179396</v>
       </c>
       <c r="I30" s="21"/>
       <c r="J30" s="23">
-        <v>0.52213128468322323</v>
+        <v>0.55393068140576218</v>
       </c>
       <c r="K30" s="43"/>
       <c r="L30" s="44"/>
       <c r="M30" s="45"/>
       <c r="N30" s="45"/>
       <c r="O30" s="45"/>
       <c r="P30" s="42"/>
       <c r="Q30" s="47"/>
       <c r="R30" s="48"/>
       <c r="S30" s="48"/>
       <c r="T30" s="48"/>
     </row>
     <row r="31" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="11" t="s">
         <v>75</v>
       </c>
       <c r="C31" s="12" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="13"/>
       <c r="E31" s="22">
         <v>6.0999999999999999E-2</v>
       </c>
       <c r="F31" s="21"/>
       <c r="G31" s="22">
-        <v>2.8160112967433499E-2</v>
+        <v>3.0782042152918576E-2</v>
       </c>
       <c r="H31" s="22">
-        <v>-0.82376154663693946</v>
+        <v>-0.86234012334214061</v>
       </c>
       <c r="I31" s="21"/>
       <c r="J31" s="23">
-        <v>0.46164119618743443</v>
+        <v>0.50462364185112418</v>
       </c>
       <c r="K31" s="43"/>
       <c r="L31" s="44"/>
       <c r="M31" s="45"/>
       <c r="N31" s="45"/>
       <c r="O31" s="45"/>
       <c r="P31" s="42"/>
       <c r="Q31" s="47"/>
       <c r="R31" s="48"/>
       <c r="S31" s="48"/>
       <c r="T31" s="48"/>
     </row>
     <row r="32" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="11" t="s">
         <v>64</v>
       </c>
       <c r="C32" s="12" t="s">
         <v>35</v>
       </c>
       <c r="D32" s="13"/>
       <c r="E32" s="22">
         <v>7.85E-2</v>
       </c>
       <c r="F32" s="21"/>
       <c r="G32" s="22">
-        <v>3.2666438827620305E-2</v>
+        <v>3.5121107306340653E-2</v>
       </c>
       <c r="H32" s="22">
-        <v>-0.93737494781025121</v>
+        <v>-0.98952628521928432</v>
       </c>
       <c r="I32" s="21"/>
       <c r="J32" s="23">
-        <v>0.41613297869580007</v>
+        <v>0.44740264084510384</v>
       </c>
       <c r="K32" s="43"/>
       <c r="L32" s="44"/>
       <c r="M32" s="45"/>
       <c r="N32" s="45"/>
       <c r="O32" s="45"/>
       <c r="P32" s="42"/>
       <c r="Q32" s="47"/>
       <c r="R32" s="48"/>
       <c r="S32" s="48"/>
       <c r="T32" s="48"/>
     </row>
     <row r="33" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B33" s="11" t="s">
         <v>65</v>
       </c>
       <c r="C33" s="12" t="s">
         <v>36</v>
       </c>
       <c r="D33" s="13"/>
       <c r="E33" s="22">
         <v>7.8E-2</v>
       </c>
       <c r="F33" s="21"/>
       <c r="G33" s="22">
-        <v>3.6021731202228992E-2</v>
+        <v>3.7946121771520382E-2</v>
       </c>
       <c r="H33" s="22">
-        <v>-0.70716267942883737</v>
+        <v>-0.6490448165812136</v>
       </c>
       <c r="I33" s="21"/>
       <c r="J33" s="23">
-        <v>0.46181706669524347</v>
+        <v>0.48648874066051773</v>
       </c>
       <c r="K33" s="43"/>
       <c r="L33" s="44"/>
       <c r="M33" s="45"/>
       <c r="N33" s="45"/>
       <c r="O33" s="45"/>
       <c r="P33" s="42"/>
       <c r="Q33" s="47"/>
       <c r="R33" s="48"/>
       <c r="S33" s="48"/>
       <c r="T33" s="48"/>
     </row>
     <row r="34" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B34" s="11" t="s">
         <v>69</v>
       </c>
       <c r="C34" s="12" t="s">
         <v>37</v>
       </c>
       <c r="D34" s="13"/>
       <c r="E34" s="22">
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="F34" s="21"/>
       <c r="G34" s="22">
-        <v>3.5260323158035942E-2</v>
+        <v>3.7241959691074605E-2</v>
       </c>
       <c r="H34" s="22">
-        <v>-0.69802874023213801</v>
+        <v>-0.72574591986395143</v>
       </c>
       <c r="I34" s="21"/>
       <c r="J34" s="23">
-        <v>0.5424665101236299</v>
+        <v>0.57295322601653242</v>
       </c>
       <c r="K34" s="43"/>
       <c r="L34" s="44"/>
       <c r="M34" s="45"/>
       <c r="N34" s="45"/>
       <c r="O34" s="45"/>
       <c r="P34" s="42"/>
       <c r="Q34" s="47"/>
       <c r="R34" s="48"/>
       <c r="S34" s="48"/>
       <c r="T34" s="48"/>
     </row>
     <row r="35" spans="2:20" s="46" customFormat="1" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B35" s="28"/>
       <c r="C35" s="29"/>
       <c r="D35" s="30"/>
       <c r="E35" s="31"/>
       <c r="F35" s="30"/>
       <c r="G35" s="31"/>
       <c r="H35" s="31"/>
       <c r="I35" s="30"/>
       <c r="J35" s="32"/>
       <c r="K35" s="43"/>
       <c r="L35" s="44"/>
       <c r="M35" s="45"/>
@@ -3681,138 +3678,138 @@
       <c r="C41" s="15"/>
       <c r="D41" s="16"/>
       <c r="E41" s="17"/>
       <c r="F41" s="16"/>
       <c r="G41" s="17"/>
       <c r="H41" s="17"/>
       <c r="I41" s="17"/>
       <c r="J41" s="18"/>
       <c r="K41" s="10"/>
       <c r="L41" s="44"/>
       <c r="M41" s="45"/>
     </row>
     <row r="42" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B42" s="11" t="s">
         <v>81</v>
       </c>
       <c r="C42" s="12" t="s">
         <v>38</v>
       </c>
       <c r="D42" s="13"/>
       <c r="E42" s="22">
         <v>6.25E-2</v>
       </c>
       <c r="F42" s="21"/>
       <c r="G42" s="22">
-        <v>4.4876545711886408E-2</v>
+        <v>4.4955248429545118E-2</v>
       </c>
       <c r="H42" s="22">
-        <v>-0.11341468466752602</v>
+        <v>-0.1312350172050937</v>
       </c>
       <c r="I42" s="22"/>
       <c r="J42" s="23">
-        <v>0.71802473139018252</v>
+        <v>0.71928397487272189</v>
       </c>
       <c r="K42" s="10"/>
       <c r="L42" s="44"/>
       <c r="M42" s="45"/>
       <c r="N42" s="45"/>
       <c r="O42" s="45"/>
       <c r="P42" s="42"/>
       <c r="Q42" s="47"/>
       <c r="R42" s="48"/>
       <c r="S42" s="48"/>
     </row>
     <row r="43" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B43" s="28" t="s">
         <v>78</v>
       </c>
       <c r="C43" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D43" s="30"/>
       <c r="E43" s="89">
         <v>0.1565</v>
       </c>
       <c r="F43" s="30"/>
       <c r="G43" s="89">
-        <v>0.10456624246095352</v>
+        <v>0.10497614999018584</v>
       </c>
       <c r="H43" s="31">
-        <v>-0.32246455081243458</v>
+        <v>-0.38132173958373555</v>
       </c>
       <c r="I43" s="31"/>
       <c r="J43" s="32">
-        <v>0.66815490390385635</v>
+        <v>0.67077412134304049</v>
       </c>
       <c r="K43" s="10"/>
       <c r="L43" s="44"/>
       <c r="M43" s="45"/>
       <c r="N43" s="45"/>
       <c r="O43" s="45"/>
       <c r="P43" s="42"/>
       <c r="Q43" s="47"/>
       <c r="R43" s="48"/>
       <c r="S43" s="48"/>
     </row>
     <row r="44" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B44" s="14" t="s">
         <v>40</v>
       </c>
       <c r="C44" s="15"/>
       <c r="D44" s="16"/>
       <c r="E44" s="17"/>
       <c r="F44" s="16"/>
       <c r="G44" s="17"/>
       <c r="H44" s="17"/>
       <c r="I44" s="17"/>
       <c r="J44" s="18"/>
       <c r="K44" s="10"/>
       <c r="L44" s="44"/>
       <c r="M44" s="45"/>
     </row>
     <row r="45" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B45" s="28" t="s">
         <v>79</v>
       </c>
       <c r="C45" s="29" t="s">
         <v>52</v>
       </c>
       <c r="D45" s="30"/>
       <c r="E45" s="26">
         <v>9.6500000000000002E-2</v>
       </c>
       <c r="F45" s="24"/>
       <c r="G45" s="26">
-        <v>8.3197334717303437E-2</v>
+        <v>8.4874981124693272E-2</v>
       </c>
       <c r="H45" s="25">
-        <v>-0.22390894600960864</v>
+        <v>-0.23553396478675151</v>
       </c>
       <c r="I45" s="25"/>
       <c r="J45" s="27">
-        <v>0.86214854629329984</v>
+        <v>0.87953348315744317</v>
       </c>
       <c r="K45" s="10"/>
       <c r="L45" s="44"/>
       <c r="M45" s="45"/>
       <c r="N45" s="45"/>
       <c r="O45" s="45"/>
       <c r="P45" s="42"/>
       <c r="Q45" s="47"/>
       <c r="R45" s="48"/>
       <c r="S45" s="48"/>
     </row>
     <row r="46" spans="2:20" x14ac:dyDescent="0.2">
       <c r="B46" s="56"/>
       <c r="C46" s="56"/>
       <c r="D46" s="57"/>
       <c r="E46" s="86"/>
       <c r="F46" s="57"/>
       <c r="G46" s="57"/>
       <c r="H46" s="57"/>
       <c r="I46" s="57"/>
       <c r="J46" s="57"/>
       <c r="K46" s="10"/>
     </row>
     <row r="47" spans="2:20" s="61" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="94" t="s">
@@ -4142,51 +4139,51 @@
       <c r="H64" s="80"/>
       <c r="I64" s="80"/>
       <c r="J64" s="80"/>
       <c r="K64" s="64"/>
       <c r="L64" s="65"/>
       <c r="M64" s="66"/>
       <c r="N64" s="66"/>
     </row>
     <row r="65" spans="2:14" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B65" s="76"/>
       <c r="C65" s="79"/>
       <c r="D65" s="79"/>
       <c r="E65" s="79"/>
       <c r="F65" s="80"/>
       <c r="G65" s="80"/>
       <c r="H65" s="80"/>
       <c r="I65" s="80"/>
       <c r="J65" s="80"/>
       <c r="K65" s="64"/>
       <c r="L65" s="65"/>
       <c r="M65" s="66"/>
       <c r="N65" s="66"/>
     </row>
     <row r="66" spans="2:14" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="B66" s="91">
-        <v>5133406</v>
+        <v>5229454</v>
       </c>
       <c r="C66" s="71"/>
       <c r="D66" s="71"/>
       <c r="E66" s="71"/>
       <c r="F66" s="71"/>
       <c r="G66" s="71"/>
       <c r="H66" s="71"/>
       <c r="I66" s="71"/>
       <c r="J66" s="71"/>
       <c r="K66" s="68"/>
     </row>
     <row r="67" spans="2:14" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="69"/>
       <c r="C67" s="69"/>
       <c r="D67" s="69"/>
       <c r="E67" s="69"/>
       <c r="F67" s="69"/>
       <c r="G67" s="69"/>
       <c r="H67" s="69"/>
       <c r="I67" s="69"/>
       <c r="J67" s="69"/>
       <c r="K67" s="70"/>
     </row>
     <row r="68" spans="2:14" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="69"/>
@@ -4206,50 +4203,1800 @@
     <mergeCell ref="G1:J2"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="G38:J38"/>
     <mergeCell ref="G39:H39"/>
     <mergeCell ref="B60:J62"/>
     <mergeCell ref="B48:J48"/>
     <mergeCell ref="B49:J49"/>
     <mergeCell ref="B50:J50"/>
     <mergeCell ref="B51:J51"/>
     <mergeCell ref="B52:J52"/>
     <mergeCell ref="B55:J58"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="10" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E065E502-84E5-42FA-96E3-B4E6A58F0562}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="B1:T71"/>
+  <sheetViews>
+    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B69" sqref="B69"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
+    <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
+    <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
+    <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
+    <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
+    <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
+    <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
+    <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
+    <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
+    <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
+    <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
+    <col min="13" max="13" width="16" style="10" customWidth="1"/>
+    <col min="14" max="14" width="11.85546875" style="10" customWidth="1"/>
+    <col min="15" max="15" width="26.28515625" style="10" customWidth="1"/>
+    <col min="16" max="16" width="9.28515625" style="10" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="9.7109375" style="10" customWidth="1"/>
+    <col min="18" max="18" width="9.140625" style="10"/>
+    <col min="19" max="19" width="7.140625" style="10" bestFit="1" customWidth="1"/>
+    <col min="20" max="16384" width="9.140625" style="10"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:20" ht="40.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B1" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="C1" s="35"/>
+      <c r="D1" s="36"/>
+      <c r="E1" s="35"/>
+      <c r="F1" s="73"/>
+      <c r="G1" s="95"/>
+      <c r="H1" s="96"/>
+      <c r="I1" s="96"/>
+      <c r="J1" s="97"/>
+    </row>
+    <row r="2" spans="2:20" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="101">
+        <v>45777</v>
+      </c>
+      <c r="C2" s="102"/>
+      <c r="D2" s="102"/>
+      <c r="E2" s="102"/>
+      <c r="F2" s="103"/>
+      <c r="G2" s="98"/>
+      <c r="H2" s="99"/>
+      <c r="I2" s="99"/>
+      <c r="J2" s="100"/>
+    </row>
+    <row r="3" spans="2:20" x14ac:dyDescent="0.2">
+      <c r="E3" s="34"/>
+      <c r="G3" s="34"/>
+      <c r="H3" s="34"/>
+      <c r="J3" s="34"/>
+      <c r="L3" s="34"/>
+      <c r="M3" s="34"/>
+      <c r="N3" s="34"/>
+      <c r="O3" s="34"/>
+    </row>
+    <row r="4" spans="2:20" ht="18" x14ac:dyDescent="0.25">
+      <c r="B4" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="E4"/>
+      <c r="G4" s="34"/>
+      <c r="H4" s="34"/>
+      <c r="J4" s="34"/>
+      <c r="L4" s="34"/>
+      <c r="M4" s="34"/>
+      <c r="N4" s="34"/>
+      <c r="O4" s="34"/>
+    </row>
+    <row r="5" spans="2:20" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="C5" s="82"/>
+      <c r="D5" s="30"/>
+      <c r="E5" s="83"/>
+      <c r="F5" s="84"/>
+      <c r="G5" s="104"/>
+      <c r="H5" s="104"/>
+      <c r="I5" s="84"/>
+      <c r="J5" s="85"/>
+      <c r="L5" s="34"/>
+      <c r="M5" s="34"/>
+      <c r="N5" s="34"/>
+      <c r="O5" s="34"/>
+    </row>
+    <row r="6" spans="2:20" ht="73.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="81"/>
+      <c r="C6" s="3"/>
+      <c r="D6" s="4"/>
+      <c r="E6" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" s="6"/>
+      <c r="G6" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="I6" s="6"/>
+      <c r="J6" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="L6" s="34"/>
+      <c r="M6" s="34"/>
+      <c r="N6" s="34"/>
+      <c r="O6" s="34"/>
+    </row>
+    <row r="7" spans="2:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="C7" s="38"/>
+      <c r="D7" s="38"/>
+      <c r="E7" s="39"/>
+      <c r="F7" s="39"/>
+      <c r="G7" s="39"/>
+      <c r="H7" s="39"/>
+      <c r="I7" s="39"/>
+      <c r="J7" s="40"/>
+      <c r="L7" s="41"/>
+      <c r="M7" s="34"/>
+      <c r="N7" s="34"/>
+      <c r="O7" s="34"/>
+      <c r="P7" s="42"/>
+    </row>
+    <row r="8" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B8" s="87" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" s="21"/>
+      <c r="E8" s="22">
+        <v>7.5499999999999998E-2</v>
+      </c>
+      <c r="F8" s="21"/>
+      <c r="G8" s="22">
+        <v>4.2002520865197686E-2</v>
+      </c>
+      <c r="H8" s="22">
+        <v>-0.40194070356697548</v>
+      </c>
+      <c r="I8" s="22"/>
+      <c r="J8" s="23">
+        <v>0.55632477967149252</v>
+      </c>
+      <c r="K8" s="43"/>
+      <c r="L8" s="44"/>
+      <c r="M8" s="45"/>
+      <c r="N8" s="45"/>
+      <c r="O8" s="45"/>
+      <c r="P8" s="47"/>
+      <c r="Q8" s="47"/>
+      <c r="R8" s="48"/>
+      <c r="S8" s="48"/>
+      <c r="T8" s="48"/>
+    </row>
+    <row r="9" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B9" s="88" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" s="13"/>
+      <c r="E9" s="22">
+        <v>7.9500000000000001E-2</v>
+      </c>
+      <c r="F9" s="21"/>
+      <c r="G9" s="22">
+        <v>4.9203388623864419E-2</v>
+      </c>
+      <c r="H9" s="22">
+        <v>-0.37006609369060489</v>
+      </c>
+      <c r="I9" s="21"/>
+      <c r="J9" s="23">
+        <v>0.61891054872785434</v>
+      </c>
+      <c r="K9" s="43"/>
+      <c r="L9" s="44"/>
+      <c r="M9" s="45"/>
+      <c r="N9" s="45"/>
+      <c r="O9" s="45"/>
+      <c r="P9" s="42"/>
+      <c r="Q9" s="47"/>
+      <c r="R9" s="48"/>
+      <c r="S9" s="48"/>
+      <c r="T9" s="48"/>
+    </row>
+    <row r="10" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B10" s="88" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="D10" s="13"/>
+      <c r="E10" s="22">
+        <v>6.5500000000000003E-2</v>
+      </c>
+      <c r="F10" s="21"/>
+      <c r="G10" s="22">
+        <v>4.5865204761309758E-2</v>
+      </c>
+      <c r="H10" s="22">
+        <v>-0.15903008076890496</v>
+      </c>
+      <c r="I10" s="21"/>
+      <c r="J10" s="23">
+        <v>0.70023213376045434</v>
+      </c>
+      <c r="K10" s="43"/>
+      <c r="L10" s="44"/>
+      <c r="M10" s="45"/>
+      <c r="N10" s="45"/>
+      <c r="O10" s="45"/>
+      <c r="P10" s="47"/>
+      <c r="Q10" s="47"/>
+      <c r="R10" s="48"/>
+      <c r="S10" s="48"/>
+      <c r="T10" s="48"/>
+    </row>
+    <row r="11" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B11" s="88" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" s="50" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" s="13"/>
+      <c r="E11" s="22">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="F11" s="21"/>
+      <c r="G11" s="22">
+        <v>4.6297018824919572E-2</v>
+      </c>
+      <c r="H11" s="22">
+        <v>-0.42419014856195592</v>
+      </c>
+      <c r="I11" s="21"/>
+      <c r="J11" s="23">
+        <v>0.58603821297366543</v>
+      </c>
+      <c r="K11" s="43"/>
+      <c r="L11" s="44"/>
+      <c r="M11" s="45"/>
+      <c r="N11" s="45"/>
+      <c r="O11" s="45"/>
+      <c r="P11" s="42"/>
+      <c r="Q11" s="47"/>
+      <c r="R11" s="48"/>
+      <c r="S11" s="48"/>
+      <c r="T11" s="48"/>
+    </row>
+    <row r="12" spans="2:20" s="49" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="88" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="D12" s="13"/>
+      <c r="E12" s="22">
+        <v>7.2999999999999995E-2</v>
+      </c>
+      <c r="F12" s="21"/>
+      <c r="G12" s="22">
+        <v>3.8211444586180567E-2</v>
+      </c>
+      <c r="H12" s="22">
+        <v>-0.4386749215635623</v>
+      </c>
+      <c r="I12" s="21"/>
+      <c r="J12" s="23">
+        <v>0.52344444638603516</v>
+      </c>
+      <c r="K12" s="43"/>
+      <c r="L12" s="44"/>
+      <c r="M12" s="45"/>
+      <c r="N12" s="45"/>
+      <c r="O12" s="45"/>
+      <c r="P12" s="47"/>
+      <c r="Q12" s="47"/>
+      <c r="R12" s="48"/>
+      <c r="S12" s="48"/>
+      <c r="T12" s="48"/>
+    </row>
+    <row r="13" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="88" t="s">
+        <v>3</v>
+      </c>
+      <c r="C13" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" s="13"/>
+      <c r="E13" s="22">
+        <v>3.2500000000000001E-2</v>
+      </c>
+      <c r="F13" s="21"/>
+      <c r="G13" s="22">
+        <v>3.0486303271720857E-2</v>
+      </c>
+      <c r="H13" s="22">
+        <v>3.2940154317820818E-3</v>
+      </c>
+      <c r="I13" s="21"/>
+      <c r="J13" s="23">
+        <v>0.93804010066833399</v>
+      </c>
+      <c r="K13" s="43"/>
+      <c r="L13" s="44"/>
+      <c r="M13" s="45"/>
+      <c r="N13" s="45"/>
+      <c r="O13" s="45"/>
+      <c r="P13" s="42"/>
+      <c r="Q13" s="47"/>
+      <c r="R13" s="48"/>
+      <c r="S13" s="48"/>
+      <c r="T13" s="48"/>
+    </row>
+    <row r="14" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="88" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="D14" s="13"/>
+      <c r="E14" s="22">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="F14" s="21"/>
+      <c r="G14" s="22">
+        <v>3.7911456267547133E-2</v>
+      </c>
+      <c r="H14" s="22">
+        <v>1.4273656673584509E-2</v>
+      </c>
+      <c r="I14" s="21"/>
+      <c r="J14" s="23">
+        <v>0.99766990177755621</v>
+      </c>
+      <c r="K14" s="43"/>
+      <c r="L14" s="44"/>
+      <c r="M14" s="45"/>
+      <c r="N14" s="45"/>
+      <c r="O14" s="45"/>
+      <c r="P14" s="47"/>
+      <c r="Q14" s="47"/>
+      <c r="R14" s="48"/>
+      <c r="S14" s="48"/>
+      <c r="T14" s="48"/>
+    </row>
+    <row r="15" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="88" t="s">
+        <v>5</v>
+      </c>
+      <c r="C15" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="D15" s="13"/>
+      <c r="E15" s="22">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="F15" s="21"/>
+      <c r="G15" s="22">
+        <v>5.1520075881176103E-2</v>
+      </c>
+      <c r="H15" s="22">
+        <v>8.8712276592660511E-2</v>
+      </c>
+      <c r="I15" s="21"/>
+      <c r="J15" s="23">
+        <v>0.99077069002261742</v>
+      </c>
+      <c r="K15" s="43"/>
+      <c r="L15" s="44"/>
+      <c r="M15" s="45"/>
+      <c r="N15" s="45"/>
+      <c r="O15" s="45"/>
+      <c r="P15" s="42"/>
+      <c r="Q15" s="47"/>
+      <c r="R15" s="48"/>
+      <c r="S15" s="48"/>
+      <c r="T15" s="48"/>
+    </row>
+    <row r="16" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="88" t="s">
+        <v>7</v>
+      </c>
+      <c r="C16" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="13"/>
+      <c r="E16" s="22">
+        <v>2.75E-2</v>
+      </c>
+      <c r="F16" s="21"/>
+      <c r="G16" s="22">
+        <v>2.8041252828651334E-2</v>
+      </c>
+      <c r="H16" s="22">
+        <v>2.0244596441367264E-4</v>
+      </c>
+      <c r="I16" s="21"/>
+      <c r="J16" s="23">
+        <v>1.0196819210418666</v>
+      </c>
+      <c r="K16" s="43"/>
+      <c r="L16" s="44"/>
+      <c r="M16" s="45"/>
+      <c r="N16" s="45"/>
+      <c r="O16" s="45"/>
+      <c r="P16" s="47"/>
+      <c r="Q16" s="47"/>
+      <c r="R16" s="48"/>
+      <c r="S16" s="48"/>
+      <c r="T16" s="48"/>
+    </row>
+    <row r="17" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="88" t="s">
+        <v>17</v>
+      </c>
+      <c r="C17" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" s="13"/>
+      <c r="E17" s="22">
+        <v>4.8500000000000001E-2</v>
+      </c>
+      <c r="F17" s="21"/>
+      <c r="G17" s="22">
+        <v>4.7217504749559373E-2</v>
+      </c>
+      <c r="H17" s="22">
+        <v>-1.3599860242397915E-3</v>
+      </c>
+      <c r="I17" s="21"/>
+      <c r="J17" s="23">
+        <v>0.97355679895998704</v>
+      </c>
+      <c r="K17" s="43"/>
+      <c r="L17" s="44"/>
+      <c r="M17" s="45"/>
+      <c r="N17" s="45"/>
+      <c r="O17" s="45"/>
+      <c r="P17" s="42"/>
+      <c r="Q17" s="47"/>
+      <c r="R17" s="48"/>
+      <c r="S17" s="48"/>
+      <c r="T17" s="48"/>
+    </row>
+    <row r="18" spans="2:20" s="49" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="28" t="s">
+        <v>83</v>
+      </c>
+      <c r="C18" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" s="30"/>
+      <c r="E18" s="89">
+        <v>6.8500000000000005E-2</v>
+      </c>
+      <c r="F18" s="30"/>
+      <c r="G18" s="89">
+        <v>4.2997336831509525E-2</v>
+      </c>
+      <c r="H18" s="31">
+        <v>-0.16069710466798379</v>
+      </c>
+      <c r="I18" s="31"/>
+      <c r="J18" s="32">
+        <v>0.62769834790524848</v>
+      </c>
+      <c r="K18" s="43"/>
+      <c r="L18" s="44"/>
+      <c r="M18" s="45"/>
+      <c r="N18" s="45"/>
+      <c r="O18" s="45"/>
+      <c r="P18" s="47"/>
+      <c r="Q18" s="47"/>
+      <c r="R18" s="48"/>
+      <c r="S18" s="48"/>
+      <c r="T18" s="48"/>
+    </row>
+    <row r="19" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" s="52"/>
+      <c r="D19" s="52"/>
+      <c r="E19" s="52"/>
+      <c r="F19" s="52"/>
+      <c r="G19" s="52"/>
+      <c r="H19" s="52"/>
+      <c r="I19" s="52"/>
+      <c r="J19" s="40"/>
+      <c r="K19" s="43"/>
+      <c r="L19" s="44"/>
+      <c r="M19" s="45"/>
+      <c r="N19" s="45"/>
+      <c r="P19" s="47"/>
+      <c r="Q19" s="47"/>
+      <c r="R19" s="48"/>
+      <c r="S19" s="48"/>
+      <c r="T19" s="48"/>
+    </row>
+    <row r="20" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B20" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C20" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="D20" s="21"/>
+      <c r="E20" s="22">
+        <v>7.3499999999999996E-2</v>
+      </c>
+      <c r="F20" s="21"/>
+      <c r="G20" s="22">
+        <v>3.9811936395172678E-2</v>
+      </c>
+      <c r="H20" s="22">
+        <v>-0.45432355272221803</v>
+      </c>
+      <c r="I20" s="22"/>
+      <c r="J20" s="23">
+        <v>0.54165899857377797</v>
+      </c>
+      <c r="K20" s="43"/>
+      <c r="L20" s="44"/>
+      <c r="M20" s="45"/>
+      <c r="N20" s="45"/>
+      <c r="O20" s="45"/>
+      <c r="P20" s="42"/>
+      <c r="Q20" s="47"/>
+      <c r="R20" s="48"/>
+      <c r="S20" s="48"/>
+      <c r="T20" s="48"/>
+    </row>
+    <row r="21" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B21" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C21" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="D21" s="13"/>
+      <c r="E21" s="22">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="F21" s="21"/>
+      <c r="G21" s="22">
+        <v>4.0774171944665386E-2</v>
+      </c>
+      <c r="H21" s="22">
+        <v>-0.4596127413858257</v>
+      </c>
+      <c r="I21" s="21"/>
+      <c r="J21" s="23">
+        <v>0.5365022624298077</v>
+      </c>
+      <c r="K21" s="43"/>
+      <c r="L21" s="44"/>
+      <c r="M21" s="45"/>
+      <c r="N21" s="45"/>
+      <c r="O21" s="45"/>
+      <c r="P21" s="42"/>
+      <c r="Q21" s="47"/>
+      <c r="R21" s="48"/>
+      <c r="S21" s="48"/>
+      <c r="T21" s="48"/>
+    </row>
+    <row r="22" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C22" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D22" s="13"/>
+      <c r="E22" s="22">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="F22" s="21"/>
+      <c r="G22" s="22">
+        <v>2.9353875299661301E-2</v>
+      </c>
+      <c r="H22" s="22">
+        <v>1.7273431146479942E-2</v>
+      </c>
+      <c r="I22" s="21"/>
+      <c r="J22" s="23">
+        <v>1.0122025965400447</v>
+      </c>
+      <c r="K22" s="43"/>
+      <c r="L22" s="44"/>
+      <c r="M22" s="45"/>
+      <c r="N22" s="45"/>
+      <c r="O22" s="45"/>
+      <c r="P22" s="42"/>
+      <c r="Q22" s="47"/>
+      <c r="R22" s="48"/>
+      <c r="S22" s="48"/>
+      <c r="T22" s="48"/>
+    </row>
+    <row r="23" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="C23" s="29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" s="30"/>
+      <c r="E23" s="89">
+        <v>4.5499999999999999E-2</v>
+      </c>
+      <c r="F23" s="30"/>
+      <c r="G23" s="89">
+        <v>4.3845515918180387E-2</v>
+      </c>
+      <c r="H23" s="31">
+        <v>-8.2972416375112438E-3</v>
+      </c>
+      <c r="I23" s="31"/>
+      <c r="J23" s="32">
+        <v>0.96363771248748109</v>
+      </c>
+      <c r="K23" s="43"/>
+      <c r="L23" s="44"/>
+      <c r="M23" s="45"/>
+      <c r="N23" s="45"/>
+      <c r="O23" s="45"/>
+      <c r="P23" s="42"/>
+      <c r="Q23" s="47"/>
+      <c r="R23" s="48"/>
+      <c r="S23" s="48"/>
+      <c r="T23" s="48"/>
+    </row>
+    <row r="24" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="51" t="s">
+        <v>13</v>
+      </c>
+      <c r="C24" s="52"/>
+      <c r="D24" s="52"/>
+      <c r="E24" s="52"/>
+      <c r="F24" s="52"/>
+      <c r="G24" s="52"/>
+      <c r="H24" s="52"/>
+      <c r="I24" s="52"/>
+      <c r="J24" s="40"/>
+      <c r="K24" s="43"/>
+      <c r="L24" s="44"/>
+      <c r="M24" s="45"/>
+      <c r="N24" s="45"/>
+      <c r="P24" s="47"/>
+      <c r="Q24" s="47"/>
+      <c r="R24" s="48"/>
+      <c r="S24" s="48"/>
+      <c r="T24" s="48"/>
+    </row>
+    <row r="25" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B25" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="C25" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="D25" s="21"/>
+      <c r="E25" s="22">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="F25" s="21"/>
+      <c r="G25" s="22">
+        <v>3.9572943917641774E-2</v>
+      </c>
+      <c r="H25" s="22">
+        <v>-0.41105034693700332</v>
+      </c>
+      <c r="I25" s="21"/>
+      <c r="J25" s="23">
+        <v>0.54962422107835807</v>
+      </c>
+      <c r="K25" s="43"/>
+      <c r="L25" s="44"/>
+      <c r="M25" s="45"/>
+      <c r="N25" s="45"/>
+      <c r="O25" s="45"/>
+      <c r="P25" s="42"/>
+      <c r="Q25" s="47"/>
+      <c r="R25" s="48"/>
+      <c r="S25" s="48"/>
+      <c r="T25" s="48"/>
+    </row>
+    <row r="26" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B26" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C26" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D26" s="13"/>
+      <c r="E26" s="22">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="F26" s="21"/>
+      <c r="G26" s="22">
+        <v>3.8198036470618958E-2</v>
+      </c>
+      <c r="H26" s="22">
+        <v>-0.40487586458589925</v>
+      </c>
+      <c r="I26" s="21"/>
+      <c r="J26" s="23">
+        <v>0.55359473145824567</v>
+      </c>
+      <c r="K26" s="43"/>
+      <c r="L26" s="44"/>
+      <c r="M26" s="45"/>
+      <c r="N26" s="45"/>
+      <c r="O26" s="45"/>
+      <c r="P26" s="42"/>
+      <c r="Q26" s="47"/>
+      <c r="R26" s="48"/>
+      <c r="S26" s="48"/>
+      <c r="T26" s="48"/>
+    </row>
+    <row r="27" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="C27" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="D27" s="13"/>
+      <c r="E27" s="22">
+        <v>2.9499999999999998E-2</v>
+      </c>
+      <c r="F27" s="21"/>
+      <c r="G27" s="22">
+        <v>2.9044857229680417E-2</v>
+      </c>
+      <c r="H27" s="22">
+        <v>1.9018676168268387E-2</v>
+      </c>
+      <c r="I27" s="21"/>
+      <c r="J27" s="23">
+        <v>0.98457143151459048</v>
+      </c>
+      <c r="K27" s="43"/>
+      <c r="L27" s="44"/>
+      <c r="M27" s="45"/>
+      <c r="N27" s="45"/>
+      <c r="O27" s="45"/>
+      <c r="P27" s="42"/>
+      <c r="Q27" s="47"/>
+      <c r="R27" s="48"/>
+      <c r="S27" s="48"/>
+      <c r="T27" s="48"/>
+    </row>
+    <row r="28" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="28" t="s">
+        <v>15</v>
+      </c>
+      <c r="C28" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="D28" s="30"/>
+      <c r="E28" s="89">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="F28" s="30"/>
+      <c r="G28" s="89">
+        <v>4.1846697006339549E-2</v>
+      </c>
+      <c r="H28" s="31">
+        <v>9.1371834925138545E-3</v>
+      </c>
+      <c r="I28" s="31"/>
+      <c r="J28" s="32">
+        <v>0.99634992872237016</v>
+      </c>
+      <c r="K28" s="43"/>
+      <c r="L28" s="44"/>
+      <c r="M28" s="45"/>
+      <c r="N28" s="45"/>
+      <c r="O28" s="45"/>
+      <c r="P28" s="42"/>
+      <c r="Q28" s="47"/>
+      <c r="R28" s="48"/>
+      <c r="S28" s="48"/>
+      <c r="T28" s="48"/>
+    </row>
+    <row r="29" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="51" t="s">
+        <v>22</v>
+      </c>
+      <c r="C29" s="52"/>
+      <c r="D29" s="52"/>
+      <c r="E29" s="52"/>
+      <c r="F29" s="52"/>
+      <c r="G29" s="52"/>
+      <c r="H29" s="52"/>
+      <c r="I29" s="52"/>
+      <c r="J29" s="40"/>
+      <c r="K29" s="43"/>
+      <c r="L29" s="44"/>
+      <c r="M29" s="45"/>
+      <c r="N29" s="45"/>
+      <c r="P29" s="47"/>
+      <c r="Q29" s="47"/>
+      <c r="R29" s="48"/>
+      <c r="S29" s="48"/>
+      <c r="T29" s="48"/>
+    </row>
+    <row r="30" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B30" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="C30" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="D30" s="21"/>
+      <c r="E30" s="22">
+        <v>7.2499999999999995E-2</v>
+      </c>
+      <c r="F30" s="21"/>
+      <c r="G30" s="22">
+        <v>3.2126170762661978E-2</v>
+      </c>
+      <c r="H30" s="22">
+        <v>-0.54666559162456718</v>
+      </c>
+      <c r="I30" s="21"/>
+      <c r="J30" s="23">
+        <v>0.44311959672637213</v>
+      </c>
+      <c r="K30" s="43"/>
+      <c r="L30" s="44"/>
+      <c r="M30" s="45"/>
+      <c r="N30" s="45"/>
+      <c r="O30" s="45"/>
+      <c r="P30" s="42"/>
+      <c r="Q30" s="47"/>
+      <c r="R30" s="48"/>
+      <c r="S30" s="48"/>
+      <c r="T30" s="48"/>
+    </row>
+    <row r="31" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B31" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C31" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D31" s="13"/>
+      <c r="E31" s="22">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="F31" s="21"/>
+      <c r="G31" s="22">
+        <v>3.0357575652579887E-2</v>
+      </c>
+      <c r="H31" s="22">
+        <v>-0.49062852340418406</v>
+      </c>
+      <c r="I31" s="21"/>
+      <c r="J31" s="23">
+        <v>0.42757148806450551</v>
+      </c>
+      <c r="K31" s="43"/>
+      <c r="L31" s="44"/>
+      <c r="M31" s="45"/>
+      <c r="N31" s="45"/>
+      <c r="O31" s="45"/>
+      <c r="P31" s="42"/>
+      <c r="Q31" s="47"/>
+      <c r="R31" s="48"/>
+      <c r="S31" s="48"/>
+      <c r="T31" s="48"/>
+    </row>
+    <row r="32" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B32" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="C32" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D32" s="13"/>
+      <c r="E32" s="22">
+        <v>7.3499999999999996E-2</v>
+      </c>
+      <c r="F32" s="21"/>
+      <c r="G32" s="22">
+        <v>3.3755722062263169E-2</v>
+      </c>
+      <c r="H32" s="22">
+        <v>-0.49527098975612444</v>
+      </c>
+      <c r="I32" s="21"/>
+      <c r="J32" s="23">
+        <v>0.45926152465664177</v>
+      </c>
+      <c r="K32" s="43"/>
+      <c r="L32" s="44"/>
+      <c r="M32" s="45"/>
+      <c r="N32" s="45"/>
+      <c r="O32" s="45"/>
+      <c r="P32" s="42"/>
+      <c r="Q32" s="47"/>
+      <c r="R32" s="48"/>
+      <c r="S32" s="48"/>
+      <c r="T32" s="48"/>
+    </row>
+    <row r="33" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C33" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="13"/>
+      <c r="E33" s="22">
+        <v>6.7500000000000004E-2</v>
+      </c>
+      <c r="F33" s="21"/>
+      <c r="G33" s="22">
+        <v>2.453557369365103E-2</v>
+      </c>
+      <c r="H33" s="22">
+        <v>-0.53036132229967203</v>
+      </c>
+      <c r="I33" s="21"/>
+      <c r="J33" s="23">
+        <v>0.36348998064668192</v>
+      </c>
+      <c r="K33" s="43"/>
+      <c r="L33" s="44"/>
+      <c r="M33" s="45"/>
+      <c r="N33" s="45"/>
+      <c r="O33" s="45"/>
+      <c r="P33" s="42"/>
+      <c r="Q33" s="47"/>
+      <c r="R33" s="48"/>
+      <c r="S33" s="48"/>
+      <c r="T33" s="48"/>
+    </row>
+    <row r="34" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C34" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="D34" s="13"/>
+      <c r="E34" s="22">
+        <v>7.85E-2</v>
+      </c>
+      <c r="F34" s="21"/>
+      <c r="G34" s="22">
+        <v>3.3931610133889026E-2</v>
+      </c>
+      <c r="H34" s="22">
+        <v>-0.58399973801338068</v>
+      </c>
+      <c r="I34" s="21"/>
+      <c r="J34" s="23">
+        <v>0.43224981062279011</v>
+      </c>
+      <c r="K34" s="43"/>
+      <c r="L34" s="44"/>
+      <c r="M34" s="45"/>
+      <c r="N34" s="45"/>
+      <c r="O34" s="45"/>
+      <c r="P34" s="42"/>
+      <c r="Q34" s="47"/>
+      <c r="R34" s="48"/>
+      <c r="S34" s="48"/>
+      <c r="T34" s="48"/>
+    </row>
+    <row r="35" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B35" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="C35" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="D35" s="13"/>
+      <c r="E35" s="22">
+        <v>7.8E-2</v>
+      </c>
+      <c r="F35" s="21"/>
+      <c r="G35" s="22">
+        <v>3.5266303368681029E-2</v>
+      </c>
+      <c r="H35" s="22">
+        <v>-0.59588523636723112</v>
+      </c>
+      <c r="I35" s="21"/>
+      <c r="J35" s="23">
+        <v>0.45213209447026959</v>
+      </c>
+      <c r="K35" s="43"/>
+      <c r="L35" s="44"/>
+      <c r="M35" s="45"/>
+      <c r="N35" s="45"/>
+      <c r="O35" s="45"/>
+      <c r="P35" s="42"/>
+      <c r="Q35" s="47"/>
+      <c r="R35" s="48"/>
+      <c r="S35" s="48"/>
+      <c r="T35" s="48"/>
+    </row>
+    <row r="36" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B36" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C36" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D36" s="13"/>
+      <c r="E36" s="22">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="F36" s="21"/>
+      <c r="G36" s="22">
+        <v>3.5352703313692647E-2</v>
+      </c>
+      <c r="H36" s="22">
+        <v>-0.46466198403126047</v>
+      </c>
+      <c r="I36" s="21"/>
+      <c r="J36" s="23">
+        <v>0.49100976824573123</v>
+      </c>
+      <c r="K36" s="43"/>
+      <c r="L36" s="44"/>
+      <c r="M36" s="45"/>
+      <c r="N36" s="45"/>
+      <c r="O36" s="45"/>
+      <c r="P36" s="42"/>
+      <c r="Q36" s="47"/>
+      <c r="R36" s="48"/>
+      <c r="S36" s="48"/>
+      <c r="T36" s="48"/>
+    </row>
+    <row r="37" spans="2:20" s="46" customFormat="1" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B37" s="28"/>
+      <c r="C37" s="29"/>
+      <c r="D37" s="30"/>
+      <c r="E37" s="31"/>
+      <c r="F37" s="30"/>
+      <c r="G37" s="31"/>
+      <c r="H37" s="31"/>
+      <c r="I37" s="30"/>
+      <c r="J37" s="32"/>
+      <c r="K37" s="43"/>
+      <c r="L37" s="44"/>
+      <c r="M37" s="45"/>
+      <c r="N37" s="45"/>
+      <c r="Q37" s="47"/>
+      <c r="R37" s="48"/>
+      <c r="S37" s="48"/>
+      <c r="T37" s="48"/>
+    </row>
+    <row r="38" spans="2:20" s="46" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="53"/>
+      <c r="C38" s="53"/>
+      <c r="E38" s="54"/>
+      <c r="G38" s="54"/>
+      <c r="H38" s="54"/>
+      <c r="J38" s="55"/>
+      <c r="K38" s="43"/>
+      <c r="L38" s="44"/>
+      <c r="M38" s="45"/>
+      <c r="N38" s="45"/>
+      <c r="Q38" s="47"/>
+      <c r="R38" s="48"/>
+      <c r="S38" s="48"/>
+      <c r="T38" s="48"/>
+    </row>
+    <row r="39" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="56"/>
+      <c r="C39" s="56"/>
+      <c r="D39" s="56"/>
+      <c r="E39" s="57"/>
+      <c r="F39" s="56"/>
+      <c r="G39" s="57"/>
+      <c r="H39" s="56"/>
+      <c r="I39" s="56"/>
+      <c r="J39" s="56"/>
+      <c r="K39" s="58"/>
+      <c r="L39" s="44"/>
+      <c r="M39" s="45"/>
+    </row>
+    <row r="40" spans="2:20" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B40" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C40" s="56"/>
+      <c r="D40" s="57"/>
+      <c r="E40" s="56"/>
+      <c r="F40" s="57"/>
+      <c r="G40" s="105"/>
+      <c r="H40" s="105"/>
+      <c r="I40" s="105"/>
+      <c r="J40" s="105"/>
+      <c r="K40" s="10"/>
+      <c r="L40" s="44"/>
+      <c r="M40" s="45"/>
+    </row>
+    <row r="41" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B41" s="56"/>
+      <c r="C41" s="56"/>
+      <c r="D41" s="57"/>
+      <c r="E41" s="59"/>
+      <c r="F41" s="57"/>
+      <c r="G41" s="106"/>
+      <c r="H41" s="106"/>
+      <c r="I41" s="56"/>
+      <c r="J41" s="58"/>
+      <c r="K41" s="10"/>
+      <c r="L41" s="44"/>
+      <c r="M41" s="45"/>
+    </row>
+    <row r="42" spans="2:20" ht="45" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B42" s="2"/>
+      <c r="C42" s="3"/>
+      <c r="D42" s="4"/>
+      <c r="E42" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F42" s="6"/>
+      <c r="G42" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H42" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="I42" s="8"/>
+      <c r="J42" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="K42" s="10"/>
+      <c r="L42" s="44"/>
+      <c r="M42" s="45"/>
+    </row>
+    <row r="43" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="C43" s="15"/>
+      <c r="D43" s="16"/>
+      <c r="E43" s="17"/>
+      <c r="F43" s="16"/>
+      <c r="G43" s="17"/>
+      <c r="H43" s="17"/>
+      <c r="I43" s="17"/>
+      <c r="J43" s="18"/>
+      <c r="K43" s="10"/>
+      <c r="L43" s="44"/>
+      <c r="M43" s="45"/>
+    </row>
+    <row r="44" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B44" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C44" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="D44" s="13"/>
+      <c r="E44" s="22">
+        <v>6.6500000000000004E-2</v>
+      </c>
+      <c r="F44" s="21"/>
+      <c r="G44" s="22">
+        <v>4.789060010050869E-2</v>
+      </c>
+      <c r="H44" s="22">
+        <v>-0.1690622287856508</v>
+      </c>
+      <c r="I44" s="22"/>
+      <c r="J44" s="23">
+        <v>0.72015940000764944</v>
+      </c>
+      <c r="K44" s="10"/>
+      <c r="L44" s="44"/>
+      <c r="M44" s="45"/>
+      <c r="N44" s="45"/>
+      <c r="O44" s="45"/>
+      <c r="P44" s="42"/>
+      <c r="Q44" s="47"/>
+      <c r="R44" s="48"/>
+      <c r="S44" s="48"/>
+    </row>
+    <row r="45" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B45" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C45" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="D45" s="13"/>
+      <c r="E45" s="22">
+        <v>0.16600000000000001</v>
+      </c>
+      <c r="F45" s="21"/>
+      <c r="G45" s="22">
+        <v>0.10955754417241303</v>
+      </c>
+      <c r="H45" s="22">
+        <v>-0.45119499012233844</v>
+      </c>
+      <c r="I45" s="22"/>
+      <c r="J45" s="23">
+        <v>0.65998520585790976</v>
+      </c>
+      <c r="K45" s="10"/>
+      <c r="L45" s="44"/>
+      <c r="M45" s="45"/>
+      <c r="N45" s="45"/>
+      <c r="O45" s="45"/>
+      <c r="P45" s="42"/>
+      <c r="Q45" s="47"/>
+      <c r="R45" s="48"/>
+      <c r="S45" s="48"/>
+    </row>
+    <row r="46" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B46" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="C46" s="29" t="s">
+        <v>59</v>
+      </c>
+      <c r="D46" s="30"/>
+      <c r="E46" s="89">
+        <v>0.16750000000000001</v>
+      </c>
+      <c r="F46" s="30"/>
+      <c r="G46" s="89">
+        <v>9.8760292989516982E-2</v>
+      </c>
+      <c r="H46" s="31">
+        <v>-0.64711642980949879</v>
+      </c>
+      <c r="I46" s="31"/>
+      <c r="J46" s="32">
+        <v>0.58961368948965354</v>
+      </c>
+      <c r="K46" s="10"/>
+      <c r="L46" s="44"/>
+      <c r="M46" s="45"/>
+      <c r="N46" s="45"/>
+      <c r="O46" s="45"/>
+      <c r="P46" s="42"/>
+      <c r="Q46" s="47"/>
+      <c r="R46" s="48"/>
+      <c r="S46" s="48"/>
+    </row>
+    <row r="47" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B47" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C47" s="15"/>
+      <c r="D47" s="16"/>
+      <c r="E47" s="17"/>
+      <c r="F47" s="16"/>
+      <c r="G47" s="17"/>
+      <c r="H47" s="17"/>
+      <c r="I47" s="17"/>
+      <c r="J47" s="18"/>
+      <c r="K47" s="10"/>
+      <c r="L47" s="44"/>
+      <c r="M47" s="45"/>
+    </row>
+    <row r="48" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B48" s="28" t="s">
+        <v>79</v>
+      </c>
+      <c r="C48" s="29" t="s">
+        <v>52</v>
+      </c>
+      <c r="D48" s="30"/>
+      <c r="E48" s="26">
+        <v>9.6500000000000002E-2</v>
+      </c>
+      <c r="F48" s="24"/>
+      <c r="G48" s="26">
+        <v>7.8646949547375736E-2</v>
+      </c>
+      <c r="H48" s="25">
+        <v>-0.33289123154738282</v>
+      </c>
+      <c r="I48" s="25"/>
+      <c r="J48" s="27">
+        <v>0.81499429582772787</v>
+      </c>
+      <c r="K48" s="10"/>
+      <c r="L48" s="44"/>
+      <c r="M48" s="45"/>
+      <c r="N48" s="45"/>
+      <c r="O48" s="45"/>
+      <c r="P48" s="42"/>
+      <c r="Q48" s="47"/>
+      <c r="R48" s="48"/>
+      <c r="S48" s="48"/>
+    </row>
+    <row r="49" spans="2:20" x14ac:dyDescent="0.2">
+      <c r="B49" s="56"/>
+      <c r="C49" s="56"/>
+      <c r="D49" s="57"/>
+      <c r="E49" s="86"/>
+      <c r="F49" s="57"/>
+      <c r="G49" s="57"/>
+      <c r="H49" s="57"/>
+      <c r="I49" s="57"/>
+      <c r="J49" s="57"/>
+      <c r="K49" s="10"/>
+    </row>
+    <row r="50" spans="2:20" s="61" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="94" t="s">
+        <v>63</v>
+      </c>
+      <c r="C50" s="94"/>
+      <c r="D50" s="94"/>
+      <c r="E50" s="94"/>
+      <c r="F50" s="94"/>
+      <c r="G50" s="94"/>
+      <c r="H50" s="94"/>
+      <c r="I50" s="94"/>
+      <c r="J50" s="94"/>
+      <c r="K50" s="64"/>
+      <c r="L50" s="65"/>
+      <c r="M50" s="66"/>
+      <c r="N50" s="66"/>
+      <c r="Q50" s="67"/>
+      <c r="R50" s="66"/>
+      <c r="S50" s="66"/>
+      <c r="T50" s="66"/>
+    </row>
+    <row r="51" spans="2:20" s="61" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="93" t="s">
+        <v>57</v>
+      </c>
+      <c r="C51" s="93"/>
+      <c r="D51" s="93"/>
+      <c r="E51" s="93"/>
+      <c r="F51" s="93"/>
+      <c r="G51" s="93"/>
+      <c r="H51" s="93"/>
+      <c r="I51" s="93"/>
+      <c r="J51" s="93"/>
+      <c r="K51" s="64"/>
+      <c r="L51" s="65"/>
+      <c r="M51" s="66"/>
+      <c r="N51" s="66"/>
+      <c r="Q51" s="67"/>
+      <c r="R51" s="66"/>
+      <c r="S51" s="66"/>
+      <c r="T51" s="66"/>
+    </row>
+    <row r="52" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="93" t="s">
+        <v>49</v>
+      </c>
+      <c r="C52" s="93"/>
+      <c r="D52" s="93"/>
+      <c r="E52" s="93"/>
+      <c r="F52" s="93"/>
+      <c r="G52" s="93"/>
+      <c r="H52" s="93"/>
+      <c r="I52" s="93"/>
+      <c r="J52" s="93"/>
+      <c r="K52" s="64"/>
+      <c r="L52" s="65"/>
+      <c r="M52" s="66"/>
+      <c r="N52" s="66"/>
+      <c r="Q52" s="67"/>
+      <c r="R52" s="66"/>
+      <c r="S52" s="66"/>
+      <c r="T52" s="66"/>
+    </row>
+    <row r="53" spans="2:20" s="61" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="94" t="s">
+        <v>66</v>
+      </c>
+      <c r="C53" s="94"/>
+      <c r="D53" s="94"/>
+      <c r="E53" s="94"/>
+      <c r="F53" s="94"/>
+      <c r="G53" s="94"/>
+      <c r="H53" s="94"/>
+      <c r="I53" s="94"/>
+      <c r="J53" s="94"/>
+      <c r="K53" s="64"/>
+      <c r="L53" s="65"/>
+      <c r="M53" s="66"/>
+      <c r="N53" s="66"/>
+      <c r="Q53" s="67"/>
+      <c r="R53" s="66"/>
+      <c r="S53" s="66"/>
+      <c r="T53" s="66"/>
+    </row>
+    <row r="54" spans="2:20" s="61" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B54" s="94"/>
+      <c r="C54" s="94"/>
+      <c r="D54" s="94"/>
+      <c r="E54" s="94"/>
+      <c r="F54" s="94"/>
+      <c r="G54" s="94"/>
+      <c r="H54" s="94"/>
+      <c r="I54" s="94"/>
+      <c r="J54" s="94"/>
+      <c r="K54" s="64"/>
+      <c r="L54" s="65"/>
+      <c r="M54" s="66"/>
+      <c r="N54" s="66"/>
+      <c r="Q54" s="67"/>
+      <c r="R54" s="66"/>
+      <c r="S54" s="66"/>
+      <c r="T54" s="66"/>
+    </row>
+    <row r="55" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B55" s="94"/>
+      <c r="C55" s="94"/>
+      <c r="D55" s="94"/>
+      <c r="E55" s="94"/>
+      <c r="F55" s="94"/>
+      <c r="G55" s="94"/>
+      <c r="H55" s="94"/>
+      <c r="I55" s="94"/>
+      <c r="J55" s="94"/>
+      <c r="K55" s="64"/>
+      <c r="L55" s="65"/>
+      <c r="M55" s="66"/>
+      <c r="N55" s="66"/>
+      <c r="Q55" s="67"/>
+      <c r="R55" s="66"/>
+      <c r="S55" s="66"/>
+      <c r="T55" s="66"/>
+    </row>
+    <row r="56" spans="2:20" x14ac:dyDescent="0.2">
+      <c r="B56" s="60" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="57" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B57" s="60"/>
+      <c r="C57" s="60"/>
+      <c r="E57" s="62"/>
+      <c r="G57" s="62"/>
+      <c r="H57" s="62"/>
+      <c r="J57" s="63"/>
+      <c r="K57" s="64"/>
+      <c r="L57" s="65"/>
+      <c r="M57" s="66"/>
+      <c r="N57" s="66"/>
+      <c r="Q57" s="67"/>
+      <c r="R57" s="66"/>
+      <c r="S57" s="66"/>
+      <c r="T57" s="66"/>
+    </row>
+    <row r="58" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B58" s="92" t="s">
+        <v>53</v>
+      </c>
+      <c r="C58" s="92"/>
+      <c r="D58" s="92"/>
+      <c r="E58" s="92"/>
+      <c r="F58" s="92"/>
+      <c r="G58" s="92"/>
+      <c r="H58" s="92"/>
+      <c r="I58" s="92"/>
+      <c r="J58" s="92"/>
+      <c r="K58" s="64"/>
+      <c r="L58" s="65"/>
+      <c r="M58" s="66"/>
+      <c r="N58" s="66"/>
+      <c r="Q58" s="67"/>
+      <c r="R58" s="66"/>
+      <c r="S58" s="66"/>
+      <c r="T58" s="66"/>
+    </row>
+    <row r="59" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B59" s="92"/>
+      <c r="C59" s="92"/>
+      <c r="D59" s="92"/>
+      <c r="E59" s="92"/>
+      <c r="F59" s="92"/>
+      <c r="G59" s="92"/>
+      <c r="H59" s="92"/>
+      <c r="I59" s="92"/>
+      <c r="J59" s="92"/>
+      <c r="K59" s="64"/>
+      <c r="L59" s="65"/>
+      <c r="M59" s="66"/>
+      <c r="N59" s="66"/>
+      <c r="Q59" s="67"/>
+      <c r="R59" s="66"/>
+      <c r="S59" s="66"/>
+      <c r="T59" s="66"/>
+    </row>
+    <row r="60" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B60" s="92"/>
+      <c r="C60" s="92"/>
+      <c r="D60" s="92"/>
+      <c r="E60" s="92"/>
+      <c r="F60" s="92"/>
+      <c r="G60" s="92"/>
+      <c r="H60" s="92"/>
+      <c r="I60" s="92"/>
+      <c r="J60" s="92"/>
+      <c r="K60" s="64"/>
+      <c r="L60" s="65"/>
+      <c r="M60" s="66"/>
+      <c r="N60" s="66"/>
+      <c r="Q60" s="67"/>
+      <c r="R60" s="66"/>
+      <c r="S60" s="66"/>
+      <c r="T60" s="66"/>
+    </row>
+    <row r="61" spans="2:20" s="61" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B61" s="92"/>
+      <c r="C61" s="92"/>
+      <c r="D61" s="92"/>
+      <c r="E61" s="92"/>
+      <c r="F61" s="92"/>
+      <c r="G61" s="92"/>
+      <c r="H61" s="92"/>
+      <c r="I61" s="92"/>
+      <c r="J61" s="92"/>
+      <c r="K61" s="64"/>
+      <c r="L61" s="65"/>
+      <c r="M61" s="66"/>
+      <c r="N61" s="66"/>
+      <c r="Q61" s="67"/>
+      <c r="R61" s="66"/>
+      <c r="S61" s="66"/>
+      <c r="T61" s="66"/>
+    </row>
+    <row r="62" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B62" s="74" t="s">
+        <v>46</v>
+      </c>
+      <c r="C62" s="77"/>
+      <c r="D62" s="77"/>
+      <c r="E62" s="77"/>
+      <c r="F62" s="77"/>
+      <c r="G62" s="77"/>
+      <c r="H62" s="77"/>
+      <c r="I62" s="77"/>
+      <c r="J62" s="77"/>
+      <c r="K62" s="64"/>
+      <c r="L62" s="65"/>
+      <c r="M62" s="66"/>
+      <c r="N62" s="66"/>
+      <c r="Q62" s="67"/>
+      <c r="R62" s="66"/>
+      <c r="S62" s="66"/>
+      <c r="T62" s="66"/>
+    </row>
+    <row r="63" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B63" s="92" t="s">
+        <v>50</v>
+      </c>
+      <c r="C63" s="92"/>
+      <c r="D63" s="92"/>
+      <c r="E63" s="92"/>
+      <c r="F63" s="92"/>
+      <c r="G63" s="92"/>
+      <c r="H63" s="92"/>
+      <c r="I63" s="92"/>
+      <c r="J63" s="92"/>
+      <c r="K63" s="64"/>
+      <c r="L63" s="65"/>
+      <c r="M63" s="66"/>
+      <c r="N63" s="66"/>
+      <c r="Q63" s="67"/>
+      <c r="R63" s="66"/>
+      <c r="S63" s="66"/>
+      <c r="T63" s="66"/>
+    </row>
+    <row r="64" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B64" s="92"/>
+      <c r="C64" s="92"/>
+      <c r="D64" s="92"/>
+      <c r="E64" s="92"/>
+      <c r="F64" s="92"/>
+      <c r="G64" s="92"/>
+      <c r="H64" s="92"/>
+      <c r="I64" s="92"/>
+      <c r="J64" s="92"/>
+      <c r="K64" s="64"/>
+      <c r="L64" s="65"/>
+      <c r="M64" s="66"/>
+      <c r="N64" s="66"/>
+      <c r="Q64" s="67"/>
+      <c r="R64" s="66"/>
+      <c r="S64" s="66"/>
+      <c r="T64" s="66"/>
+    </row>
+    <row r="65" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B65" s="92"/>
+      <c r="C65" s="92"/>
+      <c r="D65" s="92"/>
+      <c r="E65" s="92"/>
+      <c r="F65" s="92"/>
+      <c r="G65" s="92"/>
+      <c r="H65" s="92"/>
+      <c r="I65" s="92"/>
+      <c r="J65" s="92"/>
+      <c r="K65" s="64"/>
+      <c r="L65" s="65"/>
+      <c r="M65" s="66"/>
+      <c r="N65" s="66"/>
+      <c r="Q65" s="67"/>
+      <c r="R65" s="66"/>
+      <c r="S65" s="66"/>
+      <c r="T65" s="66"/>
+    </row>
+    <row r="66" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B66" s="75"/>
+      <c r="C66" s="78"/>
+      <c r="D66" s="78"/>
+      <c r="E66" s="78"/>
+      <c r="F66" s="78"/>
+      <c r="G66" s="78"/>
+      <c r="H66" s="78"/>
+      <c r="I66" s="78"/>
+      <c r="J66" s="78"/>
+      <c r="K66" s="64"/>
+      <c r="L66" s="65"/>
+      <c r="M66" s="66"/>
+      <c r="N66" s="66"/>
+    </row>
+    <row r="67" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B67" s="76" t="s">
+        <v>42</v>
+      </c>
+      <c r="C67" s="79"/>
+      <c r="D67" s="79"/>
+      <c r="E67" s="79"/>
+      <c r="F67" s="80"/>
+      <c r="G67" s="80"/>
+      <c r="H67" s="80"/>
+      <c r="I67" s="80"/>
+      <c r="J67" s="80"/>
+      <c r="K67" s="64"/>
+      <c r="L67" s="65"/>
+      <c r="M67" s="66"/>
+      <c r="N67" s="66"/>
+    </row>
+    <row r="68" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B68" s="76"/>
+      <c r="C68" s="79"/>
+      <c r="D68" s="79"/>
+      <c r="E68" s="79"/>
+      <c r="F68" s="80"/>
+      <c r="G68" s="80"/>
+      <c r="H68" s="80"/>
+      <c r="I68" s="80"/>
+      <c r="J68" s="80"/>
+      <c r="K68" s="64"/>
+      <c r="L68" s="65"/>
+      <c r="M68" s="66"/>
+      <c r="N68" s="66"/>
+    </row>
+    <row r="69" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B69" s="90" t="s">
+        <v>86</v>
+      </c>
+      <c r="C69" s="71"/>
+      <c r="D69" s="71"/>
+      <c r="E69" s="71"/>
+      <c r="F69" s="71"/>
+      <c r="G69" s="71"/>
+      <c r="H69" s="71"/>
+      <c r="I69" s="71"/>
+      <c r="J69" s="71"/>
+      <c r="K69" s="68"/>
+    </row>
+    <row r="70" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B70" s="69"/>
+      <c r="C70" s="69"/>
+      <c r="D70" s="69"/>
+      <c r="E70" s="69"/>
+      <c r="F70" s="69"/>
+      <c r="G70" s="69"/>
+      <c r="H70" s="69"/>
+      <c r="I70" s="69"/>
+      <c r="J70" s="69"/>
+      <c r="K70" s="70"/>
+    </row>
+    <row r="71" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B71" s="69"/>
+      <c r="C71" s="69"/>
+      <c r="D71" s="69"/>
+      <c r="E71" s="69"/>
+      <c r="F71" s="69"/>
+      <c r="G71" s="69"/>
+      <c r="H71" s="69"/>
+      <c r="I71" s="69"/>
+      <c r="J71" s="69"/>
+      <c r="K71" s="70"/>
+    </row>
+  </sheetData>
+  <mergeCells count="13">
+    <mergeCell ref="B63:J65"/>
+    <mergeCell ref="B51:J51"/>
+    <mergeCell ref="B52:J52"/>
+    <mergeCell ref="B53:J53"/>
+    <mergeCell ref="B54:J54"/>
+    <mergeCell ref="B55:J55"/>
+    <mergeCell ref="B58:J61"/>
+    <mergeCell ref="B50:J50"/>
+    <mergeCell ref="G1:J2"/>
+    <mergeCell ref="B2:F2"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="G40:J40"/>
+    <mergeCell ref="G41:H41"/>
+  </mergeCells>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="38" max="10" man="1"/>
+  </rowBreaks>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{74F8C734-4AF8-4D57-B625-7182B25F18F0}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:T71"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B28" sqref="B28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
     <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
     <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
     <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
     <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
     <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
     <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
@@ -5892,114 +7639,114 @@
       <c r="H67" s="80"/>
       <c r="I67" s="80"/>
       <c r="J67" s="80"/>
       <c r="K67" s="64"/>
       <c r="L67" s="65"/>
       <c r="M67" s="66"/>
       <c r="N67" s="66"/>
     </row>
     <row r="68" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B68" s="76"/>
       <c r="C68" s="79"/>
       <c r="D68" s="79"/>
       <c r="E68" s="79"/>
       <c r="F68" s="80"/>
       <c r="G68" s="80"/>
       <c r="H68" s="80"/>
       <c r="I68" s="80"/>
       <c r="J68" s="80"/>
       <c r="K68" s="64"/>
       <c r="L68" s="65"/>
       <c r="M68" s="66"/>
       <c r="N68" s="66"/>
     </row>
     <row r="69" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="B69" s="90" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C69" s="71"/>
       <c r="D69" s="71"/>
       <c r="E69" s="71"/>
       <c r="F69" s="71"/>
       <c r="G69" s="71"/>
       <c r="H69" s="71"/>
       <c r="I69" s="71"/>
       <c r="J69" s="71"/>
       <c r="K69" s="68"/>
     </row>
     <row r="70" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="69"/>
       <c r="C70" s="69"/>
       <c r="D70" s="69"/>
       <c r="E70" s="69"/>
       <c r="F70" s="69"/>
       <c r="G70" s="69"/>
       <c r="H70" s="69"/>
       <c r="I70" s="69"/>
       <c r="J70" s="69"/>
       <c r="K70" s="70"/>
     </row>
     <row r="71" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="69"/>
       <c r="C71" s="69"/>
       <c r="D71" s="69"/>
       <c r="E71" s="69"/>
       <c r="F71" s="69"/>
       <c r="G71" s="69"/>
       <c r="H71" s="69"/>
       <c r="I71" s="69"/>
       <c r="J71" s="69"/>
       <c r="K71" s="70"/>
     </row>
   </sheetData>
   <mergeCells count="13">
+    <mergeCell ref="B50:J50"/>
+    <mergeCell ref="G1:J2"/>
+    <mergeCell ref="B2:F2"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="G40:J40"/>
+    <mergeCell ref="G41:H41"/>
     <mergeCell ref="B63:J65"/>
     <mergeCell ref="B51:J51"/>
     <mergeCell ref="B52:J52"/>
     <mergeCell ref="B53:J53"/>
     <mergeCell ref="B54:J54"/>
     <mergeCell ref="B55:J55"/>
     <mergeCell ref="B58:J61"/>
-    <mergeCell ref="B50:J50"/>
-[...4 lines deleted...]
-    <mergeCell ref="G41:H41"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="38" max="10" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7DFEB80D-CB55-4196-8D6D-0073C88EB09F}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:T71"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A46" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B69" sqref="B69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
     <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
     <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
     <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
     <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
     <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
     <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
@@ -7269,1800 +9016,50 @@
       <c r="K47" s="10"/>
       <c r="L47" s="44"/>
       <c r="M47" s="45"/>
     </row>
     <row r="48" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B48" s="28" t="s">
         <v>79</v>
       </c>
       <c r="C48" s="29" t="s">
         <v>52</v>
       </c>
       <c r="D48" s="30"/>
       <c r="E48" s="26">
         <v>9.6500000000000002E-2</v>
       </c>
       <c r="F48" s="24"/>
       <c r="G48" s="26">
         <v>7.7700986810379721E-2</v>
       </c>
       <c r="H48" s="25">
         <v>-0.29812460454782314</v>
       </c>
       <c r="I48" s="25"/>
       <c r="J48" s="27">
         <v>0.8051915731645567</v>
-      </c>
-[...1748 lines deleted...]
-        <v>0.78215988678264325</v>
       </c>
       <c r="K48" s="10"/>
       <c r="L48" s="44"/>
       <c r="M48" s="45"/>
       <c r="N48" s="45"/>
       <c r="O48" s="45"/>
       <c r="P48" s="42"/>
       <c r="Q48" s="47"/>
       <c r="R48" s="48"/>
       <c r="S48" s="48"/>
     </row>
     <row r="49" spans="2:20" x14ac:dyDescent="0.2">
       <c r="B49" s="56"/>
       <c r="C49" s="56"/>
       <c r="D49" s="57"/>
       <c r="E49" s="86"/>
       <c r="F49" s="57"/>
       <c r="G49" s="57"/>
       <c r="H49" s="57"/>
       <c r="I49" s="57"/>
       <c r="J49" s="57"/>
       <c r="K49" s="10"/>
     </row>
     <row r="50" spans="2:20" s="61" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="94" t="s">
@@ -9481,58 +9478,1710 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <sheetPr codeName="Sheet6"/>
   <dimension ref="A1:A2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0BFABB48-3271-4CB3-912F-B52436A45E8D}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="B1:T68"/>
+  <sheetViews>
+    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A50" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C100" sqref="C100"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
+    <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
+    <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
+    <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
+    <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
+    <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
+    <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
+    <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
+    <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
+    <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
+    <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
+    <col min="13" max="13" width="16" style="10" customWidth="1"/>
+    <col min="14" max="14" width="11.85546875" style="10" customWidth="1"/>
+    <col min="15" max="15" width="26.28515625" style="10" customWidth="1"/>
+    <col min="16" max="16" width="9.28515625" style="10" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="9.7109375" style="10" customWidth="1"/>
+    <col min="18" max="18" width="9.140625" style="10"/>
+    <col min="19" max="19" width="7.140625" style="10" bestFit="1" customWidth="1"/>
+    <col min="20" max="16384" width="9.140625" style="10"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:20" ht="40.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B1" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="C1" s="35"/>
+      <c r="D1" s="36"/>
+      <c r="E1" s="35"/>
+      <c r="F1" s="73"/>
+      <c r="G1" s="95"/>
+      <c r="H1" s="96"/>
+      <c r="I1" s="96"/>
+      <c r="J1" s="97"/>
+    </row>
+    <row r="2" spans="2:20" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="101">
+        <v>46022</v>
+      </c>
+      <c r="C2" s="102"/>
+      <c r="D2" s="102"/>
+      <c r="E2" s="102"/>
+      <c r="F2" s="103"/>
+      <c r="G2" s="98"/>
+      <c r="H2" s="99"/>
+      <c r="I2" s="99"/>
+      <c r="J2" s="100"/>
+    </row>
+    <row r="3" spans="2:20" x14ac:dyDescent="0.2">
+      <c r="E3" s="34"/>
+      <c r="G3" s="34"/>
+      <c r="H3" s="34"/>
+      <c r="J3" s="34"/>
+      <c r="L3" s="34"/>
+      <c r="M3" s="34"/>
+      <c r="N3" s="34"/>
+      <c r="O3" s="34"/>
+    </row>
+    <row r="4" spans="2:20" ht="18" x14ac:dyDescent="0.25">
+      <c r="B4" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="E4"/>
+      <c r="G4" s="34"/>
+      <c r="H4" s="34"/>
+      <c r="J4" s="34"/>
+      <c r="L4" s="34"/>
+      <c r="M4" s="34"/>
+      <c r="N4" s="34"/>
+      <c r="O4" s="34"/>
+    </row>
+    <row r="5" spans="2:20" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="C5" s="82"/>
+      <c r="D5" s="30"/>
+      <c r="E5" s="83"/>
+      <c r="F5" s="84"/>
+      <c r="G5" s="104"/>
+      <c r="H5" s="104"/>
+      <c r="I5" s="84"/>
+      <c r="J5" s="85"/>
+      <c r="L5" s="34"/>
+      <c r="M5" s="34"/>
+      <c r="N5" s="34"/>
+      <c r="O5" s="34"/>
+    </row>
+    <row r="6" spans="2:20" ht="73.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="81"/>
+      <c r="C6" s="3"/>
+      <c r="D6" s="4"/>
+      <c r="E6" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" s="6"/>
+      <c r="G6" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="I6" s="6"/>
+      <c r="J6" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="L6" s="34"/>
+      <c r="M6" s="34"/>
+      <c r="N6" s="34"/>
+      <c r="O6" s="34"/>
+    </row>
+    <row r="7" spans="2:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="C7" s="38"/>
+      <c r="D7" s="38"/>
+      <c r="E7" s="39"/>
+      <c r="F7" s="39"/>
+      <c r="G7" s="39"/>
+      <c r="H7" s="39"/>
+      <c r="I7" s="39"/>
+      <c r="J7" s="40"/>
+      <c r="L7" s="41"/>
+      <c r="M7" s="34"/>
+      <c r="N7" s="34"/>
+      <c r="O7" s="34"/>
+      <c r="P7" s="42"/>
+    </row>
+    <row r="8" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B8" s="87" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" s="21"/>
+      <c r="E8" s="22">
+        <v>7.0499999999999993E-2</v>
+      </c>
+      <c r="F8" s="21"/>
+      <c r="G8" s="22">
+        <v>4.3571147261159383E-2</v>
+      </c>
+      <c r="H8" s="22">
+        <v>-0.63424484184733987</v>
+      </c>
+      <c r="I8" s="22"/>
+      <c r="J8" s="23">
+        <v>0.61803045760509767</v>
+      </c>
+      <c r="K8" s="43"/>
+      <c r="L8" s="44"/>
+      <c r="M8" s="45"/>
+      <c r="N8" s="45"/>
+      <c r="O8" s="45"/>
+      <c r="P8" s="47"/>
+      <c r="Q8" s="47"/>
+      <c r="R8" s="48"/>
+      <c r="S8" s="48"/>
+      <c r="T8" s="48"/>
+    </row>
+    <row r="9" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B9" s="88" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" s="13"/>
+      <c r="E9" s="22">
+        <v>7.9500000000000001E-2</v>
+      </c>
+      <c r="F9" s="21"/>
+      <c r="G9" s="22">
+        <v>4.9791046660245419E-2</v>
+      </c>
+      <c r="H9" s="22">
+        <v>-0.59526142997196496</v>
+      </c>
+      <c r="I9" s="21"/>
+      <c r="J9" s="23">
+        <v>0.6263024737137789</v>
+      </c>
+      <c r="K9" s="43"/>
+      <c r="L9" s="44"/>
+      <c r="M9" s="45"/>
+      <c r="N9" s="45"/>
+      <c r="O9" s="45"/>
+      <c r="P9" s="42"/>
+      <c r="Q9" s="47"/>
+      <c r="R9" s="48"/>
+      <c r="S9" s="48"/>
+      <c r="T9" s="48"/>
+    </row>
+    <row r="10" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B10" s="88" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="D10" s="13"/>
+      <c r="E10" s="22">
+        <v>6.5500000000000003E-2</v>
+      </c>
+      <c r="F10" s="21"/>
+      <c r="G10" s="22">
+        <v>4.5352059846385594E-2</v>
+      </c>
+      <c r="H10" s="22">
+        <v>-0.21729906173285762</v>
+      </c>
+      <c r="I10" s="21"/>
+      <c r="J10" s="23">
+        <v>0.6923978602501617</v>
+      </c>
+      <c r="K10" s="43"/>
+      <c r="L10" s="44"/>
+      <c r="M10" s="45"/>
+      <c r="N10" s="45"/>
+      <c r="O10" s="45"/>
+      <c r="P10" s="47"/>
+      <c r="Q10" s="47"/>
+      <c r="R10" s="48"/>
+      <c r="S10" s="48"/>
+      <c r="T10" s="48"/>
+    </row>
+    <row r="11" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B11" s="88" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" s="50" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" s="13"/>
+      <c r="E11" s="22">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="F11" s="21"/>
+      <c r="G11" s="22">
+        <v>4.5340283937436582E-2</v>
+      </c>
+      <c r="H11" s="22">
+        <v>-0.66849063600810299</v>
+      </c>
+      <c r="I11" s="21"/>
+      <c r="J11" s="23">
+        <v>0.57392764477767821</v>
+      </c>
+      <c r="K11" s="43"/>
+      <c r="L11" s="44"/>
+      <c r="M11" s="45"/>
+      <c r="N11" s="45"/>
+      <c r="O11" s="45"/>
+      <c r="P11" s="42"/>
+      <c r="Q11" s="47"/>
+      <c r="R11" s="48"/>
+      <c r="S11" s="48"/>
+      <c r="T11" s="48"/>
+    </row>
+    <row r="12" spans="2:20" s="49" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="88" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="D12" s="13"/>
+      <c r="E12" s="22">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="F12" s="21"/>
+      <c r="G12" s="22">
+        <v>3.882190570499508E-2</v>
+      </c>
+      <c r="H12" s="22">
+        <v>-0.6807801527600148</v>
+      </c>
+      <c r="I12" s="21"/>
+      <c r="J12" s="23">
+        <v>0.57091037801463351</v>
+      </c>
+      <c r="K12" s="43"/>
+      <c r="L12" s="44"/>
+      <c r="M12" s="45"/>
+      <c r="N12" s="45"/>
+      <c r="O12" s="45"/>
+      <c r="P12" s="47"/>
+      <c r="Q12" s="47"/>
+      <c r="R12" s="48"/>
+      <c r="S12" s="48"/>
+      <c r="T12" s="48"/>
+    </row>
+    <row r="13" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="88" t="s">
+        <v>3</v>
+      </c>
+      <c r="C13" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" s="13"/>
+      <c r="E13" s="22">
+        <v>3.2500000000000001E-2</v>
+      </c>
+      <c r="F13" s="21"/>
+      <c r="G13" s="22">
+        <v>3.1821464302934893E-2</v>
+      </c>
+      <c r="H13" s="22">
+        <v>-1.1263976585834145E-3</v>
+      </c>
+      <c r="I13" s="21"/>
+      <c r="J13" s="23">
+        <v>0.9791219785518428</v>
+      </c>
+      <c r="K13" s="43"/>
+      <c r="L13" s="44"/>
+      <c r="M13" s="45"/>
+      <c r="N13" s="45"/>
+      <c r="O13" s="45"/>
+      <c r="P13" s="42"/>
+      <c r="Q13" s="47"/>
+      <c r="R13" s="48"/>
+      <c r="S13" s="48"/>
+      <c r="T13" s="48"/>
+    </row>
+    <row r="14" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="88" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="D14" s="13"/>
+      <c r="E14" s="22">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="F14" s="21"/>
+      <c r="G14" s="22">
+        <v>3.6448130923843247E-2</v>
+      </c>
+      <c r="H14" s="22">
+        <v>5.9141543729456861E-3</v>
+      </c>
+      <c r="I14" s="21"/>
+      <c r="J14" s="23">
+        <v>0.95916134010113807</v>
+      </c>
+      <c r="K14" s="43"/>
+      <c r="L14" s="44"/>
+      <c r="M14" s="45"/>
+      <c r="N14" s="45"/>
+      <c r="O14" s="45"/>
+      <c r="P14" s="47"/>
+      <c r="Q14" s="47"/>
+      <c r="R14" s="48"/>
+      <c r="S14" s="48"/>
+      <c r="T14" s="48"/>
+    </row>
+    <row r="15" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="88" t="s">
+        <v>5</v>
+      </c>
+      <c r="C15" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="D15" s="13"/>
+      <c r="E15" s="22">
+        <v>5.3499999999999999E-2</v>
+      </c>
+      <c r="F15" s="21"/>
+      <c r="G15" s="22">
+        <v>5.2175350302251733E-2</v>
+      </c>
+      <c r="H15" s="22">
+        <v>9.7061021681504892E-2</v>
+      </c>
+      <c r="I15" s="21"/>
+      <c r="J15" s="23">
+        <v>0.97524019256545302</v>
+      </c>
+      <c r="K15" s="43"/>
+      <c r="L15" s="44"/>
+      <c r="M15" s="45"/>
+      <c r="N15" s="45"/>
+      <c r="O15" s="45"/>
+      <c r="P15" s="42"/>
+      <c r="Q15" s="47"/>
+      <c r="R15" s="48"/>
+      <c r="S15" s="48"/>
+      <c r="T15" s="48"/>
+    </row>
+    <row r="16" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="88" t="s">
+        <v>7</v>
+      </c>
+      <c r="C16" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="13"/>
+      <c r="E16" s="22">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="F16" s="21"/>
+      <c r="G16" s="22">
+        <v>2.7857402576249021E-2</v>
+      </c>
+      <c r="H16" s="22">
+        <v>0.11320021796586917</v>
+      </c>
+      <c r="I16" s="21"/>
+      <c r="J16" s="23">
+        <v>0.96060008883617309</v>
+      </c>
+      <c r="K16" s="43"/>
+      <c r="L16" s="44"/>
+      <c r="M16" s="45"/>
+      <c r="N16" s="45"/>
+      <c r="O16" s="45"/>
+      <c r="P16" s="47"/>
+      <c r="Q16" s="47"/>
+      <c r="R16" s="48"/>
+      <c r="S16" s="48"/>
+      <c r="T16" s="48"/>
+    </row>
+    <row r="17" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="88" t="s">
+        <v>17</v>
+      </c>
+      <c r="C17" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" s="13"/>
+      <c r="E17" s="22">
+        <v>4.8500000000000001E-2</v>
+      </c>
+      <c r="F17" s="21"/>
+      <c r="G17" s="22">
+        <v>4.9448539199125202E-2</v>
+      </c>
+      <c r="H17" s="22">
+        <v>-6.2345959818358556E-3</v>
+      </c>
+      <c r="I17" s="21"/>
+      <c r="J17" s="23">
+        <v>1.0195575092603135</v>
+      </c>
+      <c r="K17" s="43"/>
+      <c r="L17" s="44"/>
+      <c r="M17" s="45"/>
+      <c r="N17" s="45"/>
+      <c r="O17" s="45"/>
+      <c r="P17" s="42"/>
+      <c r="Q17" s="47"/>
+      <c r="R17" s="48"/>
+      <c r="S17" s="48"/>
+      <c r="T17" s="48"/>
+    </row>
+    <row r="18" spans="2:20" s="49" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="28" t="s">
+        <v>83</v>
+      </c>
+      <c r="C18" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" s="30"/>
+      <c r="E18" s="89">
+        <v>6.8500000000000005E-2</v>
+      </c>
+      <c r="F18" s="30"/>
+      <c r="G18" s="89">
+        <v>4.816185335814397E-2</v>
+      </c>
+      <c r="H18" s="31">
+        <v>-0.14813606273484772</v>
+      </c>
+      <c r="I18" s="31"/>
+      <c r="J18" s="32">
+        <v>0.70309274975392655</v>
+      </c>
+      <c r="K18" s="43"/>
+      <c r="L18" s="44"/>
+      <c r="M18" s="45"/>
+      <c r="N18" s="45"/>
+      <c r="O18" s="45"/>
+      <c r="P18" s="47"/>
+      <c r="Q18" s="47"/>
+      <c r="R18" s="48"/>
+      <c r="S18" s="48"/>
+      <c r="T18" s="48"/>
+    </row>
+    <row r="19" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" s="52"/>
+      <c r="D19" s="52"/>
+      <c r="E19" s="52"/>
+      <c r="F19" s="52"/>
+      <c r="G19" s="52"/>
+      <c r="H19" s="52"/>
+      <c r="I19" s="52"/>
+      <c r="J19" s="40"/>
+      <c r="K19" s="43"/>
+      <c r="L19" s="44"/>
+      <c r="M19" s="45"/>
+      <c r="N19" s="45"/>
+      <c r="P19" s="47"/>
+      <c r="Q19" s="47"/>
+      <c r="R19" s="48"/>
+      <c r="S19" s="48"/>
+      <c r="T19" s="48"/>
+    </row>
+    <row r="20" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B20" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C20" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="D20" s="21"/>
+      <c r="E20" s="22">
+        <v>7.3499999999999996E-2</v>
+      </c>
+      <c r="F20" s="21"/>
+      <c r="G20" s="22">
+        <v>3.8656514394364051E-2</v>
+      </c>
+      <c r="H20" s="22">
+        <v>-0.69844284794422673</v>
+      </c>
+      <c r="I20" s="22"/>
+      <c r="J20" s="23">
+        <v>0.52593897135189194</v>
+      </c>
+      <c r="K20" s="43"/>
+      <c r="L20" s="44"/>
+      <c r="M20" s="45"/>
+      <c r="N20" s="45"/>
+      <c r="O20" s="45"/>
+      <c r="P20" s="42"/>
+      <c r="Q20" s="47"/>
+      <c r="R20" s="48"/>
+      <c r="S20" s="48"/>
+      <c r="T20" s="48"/>
+    </row>
+    <row r="21" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B21" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C21" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="D21" s="13"/>
+      <c r="E21" s="22">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="F21" s="21"/>
+      <c r="G21" s="22">
+        <v>3.9533580389681917E-2</v>
+      </c>
+      <c r="H21" s="22">
+        <v>-0.68538595914149703</v>
+      </c>
+      <c r="I21" s="21"/>
+      <c r="J21" s="23">
+        <v>0.52017868933792</v>
+      </c>
+      <c r="K21" s="43"/>
+      <c r="L21" s="44"/>
+      <c r="M21" s="45"/>
+      <c r="N21" s="45"/>
+      <c r="O21" s="45"/>
+      <c r="P21" s="42"/>
+      <c r="Q21" s="47"/>
+      <c r="R21" s="48"/>
+      <c r="S21" s="48"/>
+      <c r="T21" s="48"/>
+    </row>
+    <row r="22" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C22" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D22" s="13"/>
+      <c r="E22" s="22">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="F22" s="21"/>
+      <c r="G22" s="22">
+        <v>2.9163011581885112E-2</v>
+      </c>
+      <c r="H22" s="22">
+        <v>1.7729034751055008E-2</v>
+      </c>
+      <c r="I22" s="21"/>
+      <c r="J22" s="23">
+        <v>1.0056210890305211</v>
+      </c>
+      <c r="K22" s="43"/>
+      <c r="L22" s="44"/>
+      <c r="M22" s="45"/>
+      <c r="N22" s="45"/>
+      <c r="O22" s="45"/>
+      <c r="P22" s="42"/>
+      <c r="Q22" s="47"/>
+      <c r="R22" s="48"/>
+      <c r="S22" s="48"/>
+      <c r="T22" s="48"/>
+    </row>
+    <row r="23" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="51" t="s">
+        <v>13</v>
+      </c>
+      <c r="C23" s="52"/>
+      <c r="D23" s="52"/>
+      <c r="E23" s="52"/>
+      <c r="F23" s="52"/>
+      <c r="G23" s="52"/>
+      <c r="H23" s="52"/>
+      <c r="I23" s="52"/>
+      <c r="J23" s="40"/>
+      <c r="K23" s="43"/>
+      <c r="L23" s="44"/>
+      <c r="M23" s="45"/>
+      <c r="N23" s="45"/>
+      <c r="P23" s="47"/>
+      <c r="Q23" s="47"/>
+      <c r="R23" s="48"/>
+      <c r="S23" s="48"/>
+      <c r="T23" s="48"/>
+    </row>
+    <row r="24" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B24" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="D24" s="21"/>
+      <c r="E24" s="22">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="F24" s="21"/>
+      <c r="G24" s="22">
+        <v>3.9627804035573248E-2</v>
+      </c>
+      <c r="H24" s="22">
+        <v>-0.641163515825668</v>
+      </c>
+      <c r="I24" s="21"/>
+      <c r="J24" s="23">
+        <v>0.55038616716073963</v>
+      </c>
+      <c r="K24" s="43"/>
+      <c r="L24" s="44"/>
+      <c r="M24" s="45"/>
+      <c r="N24" s="45"/>
+      <c r="O24" s="45"/>
+      <c r="P24" s="42"/>
+      <c r="Q24" s="47"/>
+      <c r="R24" s="48"/>
+      <c r="S24" s="48"/>
+      <c r="T24" s="48"/>
+    </row>
+    <row r="25" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B25" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C25" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D25" s="13"/>
+      <c r="E25" s="22">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="F25" s="21"/>
+      <c r="G25" s="22">
+        <v>3.7247660389571675E-2</v>
+      </c>
+      <c r="H25" s="22">
+        <v>-0.6397552438149311</v>
+      </c>
+      <c r="I25" s="21"/>
+      <c r="J25" s="23">
+        <v>0.5398211650662561</v>
+      </c>
+      <c r="K25" s="43"/>
+      <c r="L25" s="44"/>
+      <c r="M25" s="45"/>
+      <c r="N25" s="45"/>
+      <c r="O25" s="45"/>
+      <c r="P25" s="42"/>
+      <c r="Q25" s="47"/>
+      <c r="R25" s="48"/>
+      <c r="S25" s="48"/>
+      <c r="T25" s="48"/>
+    </row>
+    <row r="26" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="C26" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="D26" s="13"/>
+      <c r="E26" s="22">
+        <v>2.9499999999999998E-2</v>
+      </c>
+      <c r="F26" s="21"/>
+      <c r="G26" s="22">
+        <v>2.9254146427405325E-2</v>
+      </c>
+      <c r="H26" s="22">
+        <v>1.7672031916576212E-2</v>
+      </c>
+      <c r="I26" s="21"/>
+      <c r="J26" s="23">
+        <v>0.9916659805900111</v>
+      </c>
+      <c r="K26" s="43"/>
+      <c r="L26" s="44"/>
+      <c r="M26" s="45"/>
+      <c r="N26" s="45"/>
+      <c r="O26" s="45"/>
+      <c r="P26" s="42"/>
+      <c r="Q26" s="47"/>
+      <c r="R26" s="48"/>
+      <c r="S26" s="48"/>
+      <c r="T26" s="48"/>
+    </row>
+    <row r="27" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="51" t="s">
+        <v>22</v>
+      </c>
+      <c r="C27" s="52"/>
+      <c r="D27" s="52"/>
+      <c r="E27" s="52"/>
+      <c r="F27" s="52"/>
+      <c r="G27" s="52"/>
+      <c r="H27" s="52"/>
+      <c r="I27" s="52"/>
+      <c r="J27" s="40"/>
+      <c r="K27" s="43"/>
+      <c r="L27" s="44"/>
+      <c r="M27" s="45"/>
+      <c r="N27" s="45"/>
+      <c r="P27" s="47"/>
+      <c r="Q27" s="47"/>
+      <c r="R27" s="48"/>
+      <c r="S27" s="48"/>
+      <c r="T27" s="48"/>
+    </row>
+    <row r="28" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B28" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="C28" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="D28" s="21"/>
+      <c r="E28" s="22">
+        <v>6.5500000000000003E-2</v>
+      </c>
+      <c r="F28" s="21"/>
+      <c r="G28" s="22">
+        <v>3.2941592759004414E-2</v>
+      </c>
+      <c r="H28" s="22">
+        <v>-0.7869277100048907</v>
+      </c>
+      <c r="I28" s="21"/>
+      <c r="J28" s="23">
+        <v>0.50292508029014371</v>
+      </c>
+      <c r="K28" s="43"/>
+      <c r="L28" s="44"/>
+      <c r="M28" s="45"/>
+      <c r="N28" s="45"/>
+      <c r="O28" s="45"/>
+      <c r="P28" s="42"/>
+      <c r="Q28" s="47"/>
+      <c r="R28" s="48"/>
+      <c r="S28" s="48"/>
+      <c r="T28" s="48"/>
+    </row>
+    <row r="29" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B29" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C29" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D29" s="13"/>
+      <c r="E29" s="22">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="F29" s="21"/>
+      <c r="G29" s="22">
+        <v>3.1411529627691115E-2</v>
+      </c>
+      <c r="H29" s="22">
+        <v>-0.73511070817905022</v>
+      </c>
+      <c r="I29" s="21"/>
+      <c r="J29" s="23">
+        <v>0.49080515043267364</v>
+      </c>
+      <c r="K29" s="43"/>
+      <c r="L29" s="44"/>
+      <c r="M29" s="45"/>
+      <c r="N29" s="45"/>
+      <c r="O29" s="45"/>
+      <c r="P29" s="42"/>
+      <c r="Q29" s="47"/>
+      <c r="R29" s="48"/>
+      <c r="S29" s="48"/>
+      <c r="T29" s="48"/>
+    </row>
+    <row r="30" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B30" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D30" s="13"/>
+      <c r="E30" s="22">
+        <v>6.6500000000000004E-2</v>
+      </c>
+      <c r="F30" s="21"/>
+      <c r="G30" s="22">
+        <v>3.4721730431434346E-2</v>
+      </c>
+      <c r="H30" s="22">
+        <v>-0.74667129908796992</v>
+      </c>
+      <c r="I30" s="21"/>
+      <c r="J30" s="23">
+        <v>0.52213128468322323</v>
+      </c>
+      <c r="K30" s="43"/>
+      <c r="L30" s="44"/>
+      <c r="M30" s="45"/>
+      <c r="N30" s="45"/>
+      <c r="O30" s="45"/>
+      <c r="P30" s="42"/>
+      <c r="Q30" s="47"/>
+      <c r="R30" s="48"/>
+      <c r="S30" s="48"/>
+      <c r="T30" s="48"/>
+    </row>
+    <row r="31" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C31" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="D31" s="13"/>
+      <c r="E31" s="22">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="F31" s="21"/>
+      <c r="G31" s="22">
+        <v>2.8160112967433499E-2</v>
+      </c>
+      <c r="H31" s="22">
+        <v>-0.82376154663693946</v>
+      </c>
+      <c r="I31" s="21"/>
+      <c r="J31" s="23">
+        <v>0.46164119618743443</v>
+      </c>
+      <c r="K31" s="43"/>
+      <c r="L31" s="44"/>
+      <c r="M31" s="45"/>
+      <c r="N31" s="45"/>
+      <c r="O31" s="45"/>
+      <c r="P31" s="42"/>
+      <c r="Q31" s="47"/>
+      <c r="R31" s="48"/>
+      <c r="S31" s="48"/>
+      <c r="T31" s="48"/>
+    </row>
+    <row r="32" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C32" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="D32" s="13"/>
+      <c r="E32" s="22">
+        <v>7.85E-2</v>
+      </c>
+      <c r="F32" s="21"/>
+      <c r="G32" s="22">
+        <v>3.2666438827620305E-2</v>
+      </c>
+      <c r="H32" s="22">
+        <v>-0.93737494781025121</v>
+      </c>
+      <c r="I32" s="21"/>
+      <c r="J32" s="23">
+        <v>0.41613297869580007</v>
+      </c>
+      <c r="K32" s="43"/>
+      <c r="L32" s="44"/>
+      <c r="M32" s="45"/>
+      <c r="N32" s="45"/>
+      <c r="O32" s="45"/>
+      <c r="P32" s="42"/>
+      <c r="Q32" s="47"/>
+      <c r="R32" s="48"/>
+      <c r="S32" s="48"/>
+      <c r="T32" s="48"/>
+    </row>
+    <row r="33" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B33" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="C33" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="D33" s="13"/>
+      <c r="E33" s="22">
+        <v>7.8E-2</v>
+      </c>
+      <c r="F33" s="21"/>
+      <c r="G33" s="22">
+        <v>3.6021731202228992E-2</v>
+      </c>
+      <c r="H33" s="22">
+        <v>-0.70716267942883737</v>
+      </c>
+      <c r="I33" s="21"/>
+      <c r="J33" s="23">
+        <v>0.46181706669524347</v>
+      </c>
+      <c r="K33" s="43"/>
+      <c r="L33" s="44"/>
+      <c r="M33" s="45"/>
+      <c r="N33" s="45"/>
+      <c r="O33" s="45"/>
+      <c r="P33" s="42"/>
+      <c r="Q33" s="47"/>
+      <c r="R33" s="48"/>
+      <c r="S33" s="48"/>
+      <c r="T33" s="48"/>
+    </row>
+    <row r="34" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B34" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C34" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D34" s="13"/>
+      <c r="E34" s="22">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="F34" s="21"/>
+      <c r="G34" s="22">
+        <v>3.5260323158035942E-2</v>
+      </c>
+      <c r="H34" s="22">
+        <v>-0.69802874023213801</v>
+      </c>
+      <c r="I34" s="21"/>
+      <c r="J34" s="23">
+        <v>0.5424665101236299</v>
+      </c>
+      <c r="K34" s="43"/>
+      <c r="L34" s="44"/>
+      <c r="M34" s="45"/>
+      <c r="N34" s="45"/>
+      <c r="O34" s="45"/>
+      <c r="P34" s="42"/>
+      <c r="Q34" s="47"/>
+      <c r="R34" s="48"/>
+      <c r="S34" s="48"/>
+      <c r="T34" s="48"/>
+    </row>
+    <row r="35" spans="2:20" s="46" customFormat="1" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="28"/>
+      <c r="C35" s="29"/>
+      <c r="D35" s="30"/>
+      <c r="E35" s="31"/>
+      <c r="F35" s="30"/>
+      <c r="G35" s="31"/>
+      <c r="H35" s="31"/>
+      <c r="I35" s="30"/>
+      <c r="J35" s="32"/>
+      <c r="K35" s="43"/>
+      <c r="L35" s="44"/>
+      <c r="M35" s="45"/>
+      <c r="N35" s="45"/>
+      <c r="Q35" s="47"/>
+      <c r="R35" s="48"/>
+      <c r="S35" s="48"/>
+      <c r="T35" s="48"/>
+    </row>
+    <row r="36" spans="2:20" s="46" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B36" s="53"/>
+      <c r="C36" s="53"/>
+      <c r="E36" s="54"/>
+      <c r="G36" s="54"/>
+      <c r="H36" s="54"/>
+      <c r="J36" s="55"/>
+      <c r="K36" s="43"/>
+      <c r="L36" s="44"/>
+      <c r="M36" s="45"/>
+      <c r="N36" s="45"/>
+      <c r="Q36" s="47"/>
+      <c r="R36" s="48"/>
+      <c r="S36" s="48"/>
+      <c r="T36" s="48"/>
+    </row>
+    <row r="37" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B37" s="56"/>
+      <c r="C37" s="56"/>
+      <c r="D37" s="56"/>
+      <c r="E37" s="57"/>
+      <c r="F37" s="56"/>
+      <c r="G37" s="57"/>
+      <c r="H37" s="56"/>
+      <c r="I37" s="56"/>
+      <c r="J37" s="56"/>
+      <c r="K37" s="58"/>
+      <c r="L37" s="44"/>
+      <c r="M37" s="45"/>
+    </row>
+    <row r="38" spans="2:20" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B38" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C38" s="56"/>
+      <c r="D38" s="57"/>
+      <c r="E38" s="56"/>
+      <c r="F38" s="57"/>
+      <c r="G38" s="105"/>
+      <c r="H38" s="105"/>
+      <c r="I38" s="105"/>
+      <c r="J38" s="105"/>
+      <c r="K38" s="10"/>
+      <c r="L38" s="44"/>
+      <c r="M38" s="45"/>
+    </row>
+    <row r="39" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B39" s="56"/>
+      <c r="C39" s="56"/>
+      <c r="D39" s="57"/>
+      <c r="E39" s="59"/>
+      <c r="F39" s="57"/>
+      <c r="G39" s="106"/>
+      <c r="H39" s="106"/>
+      <c r="I39" s="56"/>
+      <c r="J39" s="58"/>
+      <c r="K39" s="10"/>
+      <c r="L39" s="44"/>
+      <c r="M39" s="45"/>
+    </row>
+    <row r="40" spans="2:20" ht="45" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B40" s="2"/>
+      <c r="C40" s="3"/>
+      <c r="D40" s="4"/>
+      <c r="E40" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F40" s="6"/>
+      <c r="G40" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H40" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="I40" s="8"/>
+      <c r="J40" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="K40" s="10"/>
+      <c r="L40" s="44"/>
+      <c r="M40" s="45"/>
+    </row>
+    <row r="41" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B41" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="C41" s="15"/>
+      <c r="D41" s="16"/>
+      <c r="E41" s="17"/>
+      <c r="F41" s="16"/>
+      <c r="G41" s="17"/>
+      <c r="H41" s="17"/>
+      <c r="I41" s="17"/>
+      <c r="J41" s="18"/>
+      <c r="K41" s="10"/>
+      <c r="L41" s="44"/>
+      <c r="M41" s="45"/>
+    </row>
+    <row r="42" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B42" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C42" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="D42" s="13"/>
+      <c r="E42" s="22">
+        <v>6.25E-2</v>
+      </c>
+      <c r="F42" s="21"/>
+      <c r="G42" s="22">
+        <v>4.4876545711886408E-2</v>
+      </c>
+      <c r="H42" s="22">
+        <v>-0.11341468466752602</v>
+      </c>
+      <c r="I42" s="22"/>
+      <c r="J42" s="23">
+        <v>0.71802473139018252</v>
+      </c>
+      <c r="K42" s="10"/>
+      <c r="L42" s="44"/>
+      <c r="M42" s="45"/>
+      <c r="N42" s="45"/>
+      <c r="O42" s="45"/>
+      <c r="P42" s="42"/>
+      <c r="Q42" s="47"/>
+      <c r="R42" s="48"/>
+      <c r="S42" s="48"/>
+    </row>
+    <row r="43" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="C43" s="29" t="s">
+        <v>59</v>
+      </c>
+      <c r="D43" s="30"/>
+      <c r="E43" s="89">
+        <v>0.1565</v>
+      </c>
+      <c r="F43" s="30"/>
+      <c r="G43" s="89">
+        <v>0.10456624246095352</v>
+      </c>
+      <c r="H43" s="31">
+        <v>-0.32246455081243458</v>
+      </c>
+      <c r="I43" s="31"/>
+      <c r="J43" s="32">
+        <v>0.66815490390385635</v>
+      </c>
+      <c r="K43" s="10"/>
+      <c r="L43" s="44"/>
+      <c r="M43" s="45"/>
+      <c r="N43" s="45"/>
+      <c r="O43" s="45"/>
+      <c r="P43" s="42"/>
+      <c r="Q43" s="47"/>
+      <c r="R43" s="48"/>
+      <c r="S43" s="48"/>
+    </row>
+    <row r="44" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B44" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C44" s="15"/>
+      <c r="D44" s="16"/>
+      <c r="E44" s="17"/>
+      <c r="F44" s="16"/>
+      <c r="G44" s="17"/>
+      <c r="H44" s="17"/>
+      <c r="I44" s="17"/>
+      <c r="J44" s="18"/>
+      <c r="K44" s="10"/>
+      <c r="L44" s="44"/>
+      <c r="M44" s="45"/>
+    </row>
+    <row r="45" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B45" s="28" t="s">
+        <v>79</v>
+      </c>
+      <c r="C45" s="29" t="s">
+        <v>52</v>
+      </c>
+      <c r="D45" s="30"/>
+      <c r="E45" s="26">
+        <v>9.6500000000000002E-2</v>
+      </c>
+      <c r="F45" s="24"/>
+      <c r="G45" s="26">
+        <v>8.3197334717303437E-2</v>
+      </c>
+      <c r="H45" s="25">
+        <v>-0.22390894600960864</v>
+      </c>
+      <c r="I45" s="25"/>
+      <c r="J45" s="27">
+        <v>0.86214854629329984</v>
+      </c>
+      <c r="K45" s="10"/>
+      <c r="L45" s="44"/>
+      <c r="M45" s="45"/>
+      <c r="N45" s="45"/>
+      <c r="O45" s="45"/>
+      <c r="P45" s="42"/>
+      <c r="Q45" s="47"/>
+      <c r="R45" s="48"/>
+      <c r="S45" s="48"/>
+    </row>
+    <row r="46" spans="2:20" x14ac:dyDescent="0.2">
+      <c r="B46" s="56"/>
+      <c r="C46" s="56"/>
+      <c r="D46" s="57"/>
+      <c r="E46" s="86"/>
+      <c r="F46" s="57"/>
+      <c r="G46" s="57"/>
+      <c r="H46" s="57"/>
+      <c r="I46" s="57"/>
+      <c r="J46" s="57"/>
+      <c r="K46" s="10"/>
+    </row>
+    <row r="47" spans="2:20" s="61" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="94" t="s">
+        <v>63</v>
+      </c>
+      <c r="C47" s="94"/>
+      <c r="D47" s="94"/>
+      <c r="E47" s="94"/>
+      <c r="F47" s="94"/>
+      <c r="G47" s="94"/>
+      <c r="H47" s="94"/>
+      <c r="I47" s="94"/>
+      <c r="J47" s="94"/>
+      <c r="K47" s="64"/>
+      <c r="L47" s="65"/>
+      <c r="M47" s="66"/>
+      <c r="N47" s="66"/>
+      <c r="Q47" s="67"/>
+      <c r="R47" s="66"/>
+      <c r="S47" s="66"/>
+      <c r="T47" s="66"/>
+    </row>
+    <row r="48" spans="2:20" s="61" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="93" t="s">
+        <v>57</v>
+      </c>
+      <c r="C48" s="93"/>
+      <c r="D48" s="93"/>
+      <c r="E48" s="93"/>
+      <c r="F48" s="93"/>
+      <c r="G48" s="93"/>
+      <c r="H48" s="93"/>
+      <c r="I48" s="93"/>
+      <c r="J48" s="93"/>
+      <c r="K48" s="64"/>
+      <c r="L48" s="65"/>
+      <c r="M48" s="66"/>
+      <c r="N48" s="66"/>
+      <c r="Q48" s="67"/>
+      <c r="R48" s="66"/>
+      <c r="S48" s="66"/>
+      <c r="T48" s="66"/>
+    </row>
+    <row r="49" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B49" s="93" t="s">
+        <v>49</v>
+      </c>
+      <c r="C49" s="93"/>
+      <c r="D49" s="93"/>
+      <c r="E49" s="93"/>
+      <c r="F49" s="93"/>
+      <c r="G49" s="93"/>
+      <c r="H49" s="93"/>
+      <c r="I49" s="93"/>
+      <c r="J49" s="93"/>
+      <c r="K49" s="64"/>
+      <c r="L49" s="65"/>
+      <c r="M49" s="66"/>
+      <c r="N49" s="66"/>
+      <c r="Q49" s="67"/>
+      <c r="R49" s="66"/>
+      <c r="S49" s="66"/>
+      <c r="T49" s="66"/>
+    </row>
+    <row r="50" spans="2:20" s="61" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="94" t="s">
+        <v>66</v>
+      </c>
+      <c r="C50" s="94"/>
+      <c r="D50" s="94"/>
+      <c r="E50" s="94"/>
+      <c r="F50" s="94"/>
+      <c r="G50" s="94"/>
+      <c r="H50" s="94"/>
+      <c r="I50" s="94"/>
+      <c r="J50" s="94"/>
+      <c r="K50" s="64"/>
+      <c r="L50" s="65"/>
+      <c r="M50" s="66"/>
+      <c r="N50" s="66"/>
+      <c r="Q50" s="67"/>
+      <c r="R50" s="66"/>
+      <c r="S50" s="66"/>
+      <c r="T50" s="66"/>
+    </row>
+    <row r="51" spans="2:20" s="61" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="94"/>
+      <c r="C51" s="94"/>
+      <c r="D51" s="94"/>
+      <c r="E51" s="94"/>
+      <c r="F51" s="94"/>
+      <c r="G51" s="94"/>
+      <c r="H51" s="94"/>
+      <c r="I51" s="94"/>
+      <c r="J51" s="94"/>
+      <c r="K51" s="64"/>
+      <c r="L51" s="65"/>
+      <c r="M51" s="66"/>
+      <c r="N51" s="66"/>
+      <c r="Q51" s="67"/>
+      <c r="R51" s="66"/>
+      <c r="S51" s="66"/>
+      <c r="T51" s="66"/>
+    </row>
+    <row r="52" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B52" s="94"/>
+      <c r="C52" s="94"/>
+      <c r="D52" s="94"/>
+      <c r="E52" s="94"/>
+      <c r="F52" s="94"/>
+      <c r="G52" s="94"/>
+      <c r="H52" s="94"/>
+      <c r="I52" s="94"/>
+      <c r="J52" s="94"/>
+      <c r="K52" s="64"/>
+      <c r="L52" s="65"/>
+      <c r="M52" s="66"/>
+      <c r="N52" s="66"/>
+      <c r="Q52" s="67"/>
+      <c r="R52" s="66"/>
+      <c r="S52" s="66"/>
+      <c r="T52" s="66"/>
+    </row>
+    <row r="53" spans="2:20" x14ac:dyDescent="0.2">
+      <c r="B53" s="60" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="54" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B54" s="60"/>
+      <c r="C54" s="60"/>
+      <c r="E54" s="62"/>
+      <c r="G54" s="62"/>
+      <c r="H54" s="62"/>
+      <c r="J54" s="63"/>
+      <c r="K54" s="64"/>
+      <c r="L54" s="65"/>
+      <c r="M54" s="66"/>
+      <c r="N54" s="66"/>
+      <c r="Q54" s="67"/>
+      <c r="R54" s="66"/>
+      <c r="S54" s="66"/>
+      <c r="T54" s="66"/>
+    </row>
+    <row r="55" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B55" s="92" t="s">
+        <v>53</v>
+      </c>
+      <c r="C55" s="92"/>
+      <c r="D55" s="92"/>
+      <c r="E55" s="92"/>
+      <c r="F55" s="92"/>
+      <c r="G55" s="92"/>
+      <c r="H55" s="92"/>
+      <c r="I55" s="92"/>
+      <c r="J55" s="92"/>
+      <c r="K55" s="64"/>
+      <c r="L55" s="65"/>
+      <c r="M55" s="66"/>
+      <c r="N55" s="66"/>
+      <c r="Q55" s="67"/>
+      <c r="R55" s="66"/>
+      <c r="S55" s="66"/>
+      <c r="T55" s="66"/>
+    </row>
+    <row r="56" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B56" s="92"/>
+      <c r="C56" s="92"/>
+      <c r="D56" s="92"/>
+      <c r="E56" s="92"/>
+      <c r="F56" s="92"/>
+      <c r="G56" s="92"/>
+      <c r="H56" s="92"/>
+      <c r="I56" s="92"/>
+      <c r="J56" s="92"/>
+      <c r="K56" s="64"/>
+      <c r="L56" s="65"/>
+      <c r="M56" s="66"/>
+      <c r="N56" s="66"/>
+      <c r="Q56" s="67"/>
+      <c r="R56" s="66"/>
+      <c r="S56" s="66"/>
+      <c r="T56" s="66"/>
+    </row>
+    <row r="57" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B57" s="92"/>
+      <c r="C57" s="92"/>
+      <c r="D57" s="92"/>
+      <c r="E57" s="92"/>
+      <c r="F57" s="92"/>
+      <c r="G57" s="92"/>
+      <c r="H57" s="92"/>
+      <c r="I57" s="92"/>
+      <c r="J57" s="92"/>
+      <c r="K57" s="64"/>
+      <c r="L57" s="65"/>
+      <c r="M57" s="66"/>
+      <c r="N57" s="66"/>
+      <c r="Q57" s="67"/>
+      <c r="R57" s="66"/>
+      <c r="S57" s="66"/>
+      <c r="T57" s="66"/>
+    </row>
+    <row r="58" spans="2:20" s="61" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B58" s="92"/>
+      <c r="C58" s="92"/>
+      <c r="D58" s="92"/>
+      <c r="E58" s="92"/>
+      <c r="F58" s="92"/>
+      <c r="G58" s="92"/>
+      <c r="H58" s="92"/>
+      <c r="I58" s="92"/>
+      <c r="J58" s="92"/>
+      <c r="K58" s="64"/>
+      <c r="L58" s="65"/>
+      <c r="M58" s="66"/>
+      <c r="N58" s="66"/>
+      <c r="Q58" s="67"/>
+      <c r="R58" s="66"/>
+      <c r="S58" s="66"/>
+      <c r="T58" s="66"/>
+    </row>
+    <row r="59" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B59" s="74" t="s">
+        <v>46</v>
+      </c>
+      <c r="C59" s="77"/>
+      <c r="D59" s="77"/>
+      <c r="E59" s="77"/>
+      <c r="F59" s="77"/>
+      <c r="G59" s="77"/>
+      <c r="H59" s="77"/>
+      <c r="I59" s="77"/>
+      <c r="J59" s="77"/>
+      <c r="K59" s="64"/>
+      <c r="L59" s="65"/>
+      <c r="M59" s="66"/>
+      <c r="N59" s="66"/>
+      <c r="Q59" s="67"/>
+      <c r="R59" s="66"/>
+      <c r="S59" s="66"/>
+      <c r="T59" s="66"/>
+    </row>
+    <row r="60" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B60" s="92" t="s">
+        <v>50</v>
+      </c>
+      <c r="C60" s="92"/>
+      <c r="D60" s="92"/>
+      <c r="E60" s="92"/>
+      <c r="F60" s="92"/>
+      <c r="G60" s="92"/>
+      <c r="H60" s="92"/>
+      <c r="I60" s="92"/>
+      <c r="J60" s="92"/>
+      <c r="K60" s="64"/>
+      <c r="L60" s="65"/>
+      <c r="M60" s="66"/>
+      <c r="N60" s="66"/>
+      <c r="Q60" s="67"/>
+      <c r="R60" s="66"/>
+      <c r="S60" s="66"/>
+      <c r="T60" s="66"/>
+    </row>
+    <row r="61" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B61" s="92"/>
+      <c r="C61" s="92"/>
+      <c r="D61" s="92"/>
+      <c r="E61" s="92"/>
+      <c r="F61" s="92"/>
+      <c r="G61" s="92"/>
+      <c r="H61" s="92"/>
+      <c r="I61" s="92"/>
+      <c r="J61" s="92"/>
+      <c r="K61" s="64"/>
+      <c r="L61" s="65"/>
+      <c r="M61" s="66"/>
+      <c r="N61" s="66"/>
+      <c r="Q61" s="67"/>
+      <c r="R61" s="66"/>
+      <c r="S61" s="66"/>
+      <c r="T61" s="66"/>
+    </row>
+    <row r="62" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B62" s="92"/>
+      <c r="C62" s="92"/>
+      <c r="D62" s="92"/>
+      <c r="E62" s="92"/>
+      <c r="F62" s="92"/>
+      <c r="G62" s="92"/>
+      <c r="H62" s="92"/>
+      <c r="I62" s="92"/>
+      <c r="J62" s="92"/>
+      <c r="K62" s="64"/>
+      <c r="L62" s="65"/>
+      <c r="M62" s="66"/>
+      <c r="N62" s="66"/>
+      <c r="Q62" s="67"/>
+      <c r="R62" s="66"/>
+      <c r="S62" s="66"/>
+      <c r="T62" s="66"/>
+    </row>
+    <row r="63" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B63" s="75"/>
+      <c r="C63" s="78"/>
+      <c r="D63" s="78"/>
+      <c r="E63" s="78"/>
+      <c r="F63" s="78"/>
+      <c r="G63" s="78"/>
+      <c r="H63" s="78"/>
+      <c r="I63" s="78"/>
+      <c r="J63" s="78"/>
+      <c r="K63" s="64"/>
+      <c r="L63" s="65"/>
+      <c r="M63" s="66"/>
+      <c r="N63" s="66"/>
+    </row>
+    <row r="64" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B64" s="76" t="s">
+        <v>42</v>
+      </c>
+      <c r="C64" s="79"/>
+      <c r="D64" s="79"/>
+      <c r="E64" s="79"/>
+      <c r="F64" s="80"/>
+      <c r="G64" s="80"/>
+      <c r="H64" s="80"/>
+      <c r="I64" s="80"/>
+      <c r="J64" s="80"/>
+      <c r="K64" s="64"/>
+      <c r="L64" s="65"/>
+      <c r="M64" s="66"/>
+      <c r="N64" s="66"/>
+    </row>
+    <row r="65" spans="2:14" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B65" s="76"/>
+      <c r="C65" s="79"/>
+      <c r="D65" s="79"/>
+      <c r="E65" s="79"/>
+      <c r="F65" s="80"/>
+      <c r="G65" s="80"/>
+      <c r="H65" s="80"/>
+      <c r="I65" s="80"/>
+      <c r="J65" s="80"/>
+      <c r="K65" s="64"/>
+      <c r="L65" s="65"/>
+      <c r="M65" s="66"/>
+      <c r="N65" s="66"/>
+    </row>
+    <row r="66" spans="2:14" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B66" s="91">
+        <v>5133406</v>
+      </c>
+      <c r="C66" s="71"/>
+      <c r="D66" s="71"/>
+      <c r="E66" s="71"/>
+      <c r="F66" s="71"/>
+      <c r="G66" s="71"/>
+      <c r="H66" s="71"/>
+      <c r="I66" s="71"/>
+      <c r="J66" s="71"/>
+      <c r="K66" s="68"/>
+    </row>
+    <row r="67" spans="2:14" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B67" s="69"/>
+      <c r="C67" s="69"/>
+      <c r="D67" s="69"/>
+      <c r="E67" s="69"/>
+      <c r="F67" s="69"/>
+      <c r="G67" s="69"/>
+      <c r="H67" s="69"/>
+      <c r="I67" s="69"/>
+      <c r="J67" s="69"/>
+      <c r="K67" s="70"/>
+    </row>
+    <row r="68" spans="2:14" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B68" s="69"/>
+      <c r="C68" s="69"/>
+      <c r="D68" s="69"/>
+      <c r="E68" s="69"/>
+      <c r="F68" s="69"/>
+      <c r="G68" s="69"/>
+      <c r="H68" s="69"/>
+      <c r="I68" s="69"/>
+      <c r="J68" s="69"/>
+      <c r="K68" s="70"/>
+    </row>
+  </sheetData>
+  <mergeCells count="13">
+    <mergeCell ref="B60:J62"/>
+    <mergeCell ref="B48:J48"/>
+    <mergeCell ref="B49:J49"/>
+    <mergeCell ref="B50:J50"/>
+    <mergeCell ref="B51:J51"/>
+    <mergeCell ref="B52:J52"/>
+    <mergeCell ref="B55:J58"/>
+    <mergeCell ref="B47:J47"/>
+    <mergeCell ref="G1:J2"/>
+    <mergeCell ref="B2:F2"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="G38:J38"/>
+    <mergeCell ref="G39:H39"/>
+  </mergeCells>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="36" max="10" man="1"/>
+  </rowBreaks>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{20D160D0-49F9-4500-84C6-B1D4EB9214C6}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:T70"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A36" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B68" sqref="B68"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
     <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
     <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
     <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
     <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
     <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
     <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
     <col min="13" max="13" width="16" style="10" customWidth="1"/>
     <col min="14" max="14" width="11.85546875" style="10" customWidth="1"/>
     <col min="15" max="15" width="26.28515625" style="10" customWidth="1"/>
     <col min="16" max="16" width="9.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="10" customWidth="1"/>
     <col min="18" max="18" width="9.140625" style="10"/>
     <col min="19" max="19" width="7.140625" style="10" bestFit="1" customWidth="1"/>
     <col min="20" max="16384" width="9.140625" style="10"/>
@@ -11173,84 +12822,84 @@
       <c r="B69" s="69"/>
       <c r="C69" s="69"/>
       <c r="D69" s="69"/>
       <c r="E69" s="69"/>
       <c r="F69" s="69"/>
       <c r="G69" s="69"/>
       <c r="H69" s="69"/>
       <c r="I69" s="69"/>
       <c r="J69" s="69"/>
       <c r="K69" s="70"/>
     </row>
     <row r="70" spans="2:14" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="69"/>
       <c r="C70" s="69"/>
       <c r="D70" s="69"/>
       <c r="E70" s="69"/>
       <c r="F70" s="69"/>
       <c r="G70" s="69"/>
       <c r="H70" s="69"/>
       <c r="I70" s="69"/>
       <c r="J70" s="69"/>
       <c r="K70" s="70"/>
     </row>
   </sheetData>
   <mergeCells count="13">
+    <mergeCell ref="B49:J49"/>
+    <mergeCell ref="G1:J2"/>
+    <mergeCell ref="B2:F2"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="G40:J40"/>
+    <mergeCell ref="G41:H41"/>
     <mergeCell ref="B62:J64"/>
     <mergeCell ref="B50:J50"/>
     <mergeCell ref="B51:J51"/>
     <mergeCell ref="B52:J52"/>
     <mergeCell ref="B53:J53"/>
     <mergeCell ref="B54:J54"/>
     <mergeCell ref="B57:J60"/>
-    <mergeCell ref="B49:J49"/>
-[...4 lines deleted...]
-    <mergeCell ref="G41:H41"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="38" max="10" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{87E0E567-3F24-45C1-9762-D2F53516E147}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:T70"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A33" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
     <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
     <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
     <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
     <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
     <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
     <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
     <col min="13" max="13" width="16" style="10" customWidth="1"/>
     <col min="14" max="14" width="11.85546875" style="10" customWidth="1"/>
     <col min="15" max="15" width="26.28515625" style="10" customWidth="1"/>
     <col min="16" max="16" width="9.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="10" customWidth="1"/>
     <col min="18" max="18" width="9.140625" style="10"/>
     <col min="19" max="19" width="7.140625" style="10" bestFit="1" customWidth="1"/>
     <col min="20" max="16384" width="9.140625" style="10"/>
@@ -12891,76 +14540,76 @@
       <c r="B69" s="69"/>
       <c r="C69" s="69"/>
       <c r="D69" s="69"/>
       <c r="E69" s="69"/>
       <c r="F69" s="69"/>
       <c r="G69" s="69"/>
       <c r="H69" s="69"/>
       <c r="I69" s="69"/>
       <c r="J69" s="69"/>
       <c r="K69" s="70"/>
     </row>
     <row r="70" spans="2:14" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="69"/>
       <c r="C70" s="69"/>
       <c r="D70" s="69"/>
       <c r="E70" s="69"/>
       <c r="F70" s="69"/>
       <c r="G70" s="69"/>
       <c r="H70" s="69"/>
       <c r="I70" s="69"/>
       <c r="J70" s="69"/>
       <c r="K70" s="70"/>
     </row>
   </sheetData>
   <mergeCells count="13">
-    <mergeCell ref="B49:J49"/>
-[...4 lines deleted...]
-    <mergeCell ref="G41:H41"/>
     <mergeCell ref="B62:J64"/>
     <mergeCell ref="B50:J50"/>
     <mergeCell ref="B51:J51"/>
     <mergeCell ref="B52:J52"/>
     <mergeCell ref="B53:J53"/>
     <mergeCell ref="B54:J54"/>
     <mergeCell ref="B57:J60"/>
+    <mergeCell ref="B49:J49"/>
+    <mergeCell ref="G1:J2"/>
+    <mergeCell ref="B2:F2"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="G40:J40"/>
+    <mergeCell ref="G41:H41"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="38" max="10" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8D5A802E-87D9-4E1D-9305-643976064BE1}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:T70"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
     <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
     <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
     <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
     <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
     <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
     <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
@@ -14609,76 +16258,76 @@
       <c r="B69" s="69"/>
       <c r="C69" s="69"/>
       <c r="D69" s="69"/>
       <c r="E69" s="69"/>
       <c r="F69" s="69"/>
       <c r="G69" s="69"/>
       <c r="H69" s="69"/>
       <c r="I69" s="69"/>
       <c r="J69" s="69"/>
       <c r="K69" s="70"/>
     </row>
     <row r="70" spans="2:14" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="69"/>
       <c r="C70" s="69"/>
       <c r="D70" s="69"/>
       <c r="E70" s="69"/>
       <c r="F70" s="69"/>
       <c r="G70" s="69"/>
       <c r="H70" s="69"/>
       <c r="I70" s="69"/>
       <c r="J70" s="69"/>
       <c r="K70" s="70"/>
     </row>
   </sheetData>
   <mergeCells count="13">
+    <mergeCell ref="B49:J49"/>
+    <mergeCell ref="G1:J2"/>
+    <mergeCell ref="B2:F2"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="G40:J40"/>
+    <mergeCell ref="G41:H41"/>
     <mergeCell ref="B62:J64"/>
     <mergeCell ref="B50:J50"/>
     <mergeCell ref="B51:J51"/>
     <mergeCell ref="B52:J52"/>
     <mergeCell ref="B53:J53"/>
     <mergeCell ref="B54:J54"/>
     <mergeCell ref="B57:J60"/>
-    <mergeCell ref="B49:J49"/>
-[...4 lines deleted...]
-    <mergeCell ref="G41:H41"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="38" max="10" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{07A0BF4C-5BE3-49CD-96D6-DECD27CA2736}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:T71"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B69" sqref="B69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
     <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
     <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
     <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
     <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
     <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
     <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
@@ -16359,76 +18008,76 @@
       <c r="B70" s="69"/>
       <c r="C70" s="69"/>
       <c r="D70" s="69"/>
       <c r="E70" s="69"/>
       <c r="F70" s="69"/>
       <c r="G70" s="69"/>
       <c r="H70" s="69"/>
       <c r="I70" s="69"/>
       <c r="J70" s="69"/>
       <c r="K70" s="70"/>
     </row>
     <row r="71" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="69"/>
       <c r="C71" s="69"/>
       <c r="D71" s="69"/>
       <c r="E71" s="69"/>
       <c r="F71" s="69"/>
       <c r="G71" s="69"/>
       <c r="H71" s="69"/>
       <c r="I71" s="69"/>
       <c r="J71" s="69"/>
       <c r="K71" s="70"/>
     </row>
   </sheetData>
   <mergeCells count="13">
-    <mergeCell ref="B50:J50"/>
-[...4 lines deleted...]
-    <mergeCell ref="G41:H41"/>
     <mergeCell ref="B63:J65"/>
     <mergeCell ref="B51:J51"/>
     <mergeCell ref="B52:J52"/>
     <mergeCell ref="B53:J53"/>
     <mergeCell ref="B54:J54"/>
     <mergeCell ref="B55:J55"/>
     <mergeCell ref="B58:J61"/>
+    <mergeCell ref="B50:J50"/>
+    <mergeCell ref="G1:J2"/>
+    <mergeCell ref="B2:F2"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="G40:J40"/>
+    <mergeCell ref="G41:H41"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="38" max="10" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2826CF34-19B8-411B-95FB-E14700CFE596}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:T71"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="S51" sqref="S51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
     <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
     <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
     <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
     <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
     <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
     <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
@@ -18109,76 +19758,76 @@
       <c r="B70" s="69"/>
       <c r="C70" s="69"/>
       <c r="D70" s="69"/>
       <c r="E70" s="69"/>
       <c r="F70" s="69"/>
       <c r="G70" s="69"/>
       <c r="H70" s="69"/>
       <c r="I70" s="69"/>
       <c r="J70" s="69"/>
       <c r="K70" s="70"/>
     </row>
     <row r="71" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="69"/>
       <c r="C71" s="69"/>
       <c r="D71" s="69"/>
       <c r="E71" s="69"/>
       <c r="F71" s="69"/>
       <c r="G71" s="69"/>
       <c r="H71" s="69"/>
       <c r="I71" s="69"/>
       <c r="J71" s="69"/>
       <c r="K71" s="70"/>
     </row>
   </sheetData>
   <mergeCells count="13">
+    <mergeCell ref="B50:J50"/>
+    <mergeCell ref="G1:J2"/>
+    <mergeCell ref="B2:F2"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="G40:J40"/>
+    <mergeCell ref="G41:H41"/>
     <mergeCell ref="B63:J65"/>
     <mergeCell ref="B51:J51"/>
     <mergeCell ref="B52:J52"/>
     <mergeCell ref="B53:J53"/>
     <mergeCell ref="B54:J54"/>
     <mergeCell ref="B55:J55"/>
     <mergeCell ref="B58:J61"/>
-    <mergeCell ref="B50:J50"/>
-[...4 lines deleted...]
-    <mergeCell ref="G41:H41"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="38" max="10" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2DAC6FE1-4170-4CD7-B6EB-9ADEB270F99F}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:T71"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A27" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B69" sqref="B69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
     <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
     <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
     <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
     <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
     <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
     <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
@@ -19859,76 +21508,76 @@
       <c r="B70" s="69"/>
       <c r="C70" s="69"/>
       <c r="D70" s="69"/>
       <c r="E70" s="69"/>
       <c r="F70" s="69"/>
       <c r="G70" s="69"/>
       <c r="H70" s="69"/>
       <c r="I70" s="69"/>
       <c r="J70" s="69"/>
       <c r="K70" s="70"/>
     </row>
     <row r="71" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="69"/>
       <c r="C71" s="69"/>
       <c r="D71" s="69"/>
       <c r="E71" s="69"/>
       <c r="F71" s="69"/>
       <c r="G71" s="69"/>
       <c r="H71" s="69"/>
       <c r="I71" s="69"/>
       <c r="J71" s="69"/>
       <c r="K71" s="70"/>
     </row>
   </sheetData>
   <mergeCells count="13">
-    <mergeCell ref="B50:J50"/>
-[...4 lines deleted...]
-    <mergeCell ref="G41:H41"/>
     <mergeCell ref="B63:J65"/>
     <mergeCell ref="B51:J51"/>
     <mergeCell ref="B52:J52"/>
     <mergeCell ref="B53:J53"/>
     <mergeCell ref="B54:J54"/>
     <mergeCell ref="B55:J55"/>
     <mergeCell ref="B58:J61"/>
+    <mergeCell ref="B50:J50"/>
+    <mergeCell ref="G1:J2"/>
+    <mergeCell ref="B2:F2"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="G40:J40"/>
+    <mergeCell ref="G41:H41"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="38" max="10" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2EE7AA4B-883B-44A6-B3C2-CDAE40EC17C6}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:T71"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B69" sqref="B69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
     <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
     <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
     <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
     <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
     <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
     <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
@@ -21198,1800 +22847,50 @@
       <c r="K47" s="10"/>
       <c r="L47" s="44"/>
       <c r="M47" s="45"/>
     </row>
     <row r="48" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B48" s="28" t="s">
         <v>79</v>
       </c>
       <c r="C48" s="29" t="s">
         <v>52</v>
       </c>
       <c r="D48" s="30"/>
       <c r="E48" s="26">
         <v>9.6500000000000002E-2</v>
       </c>
       <c r="F48" s="24"/>
       <c r="G48" s="26">
         <v>8.3063165869506739E-2</v>
       </c>
       <c r="H48" s="25">
         <v>-0.3448145790879667</v>
       </c>
       <c r="I48" s="25"/>
       <c r="J48" s="27">
         <v>0.86075819553892996</v>
-      </c>
-[...1748 lines deleted...]
-        <v>0.81499429582772787</v>
       </c>
       <c r="K48" s="10"/>
       <c r="L48" s="44"/>
       <c r="M48" s="45"/>
       <c r="N48" s="45"/>
       <c r="O48" s="45"/>
       <c r="P48" s="42"/>
       <c r="Q48" s="47"/>
       <c r="R48" s="48"/>
       <c r="S48" s="48"/>
     </row>
     <row r="49" spans="2:20" x14ac:dyDescent="0.2">
       <c r="B49" s="56"/>
       <c r="C49" s="56"/>
       <c r="D49" s="57"/>
       <c r="E49" s="86"/>
       <c r="F49" s="57"/>
       <c r="G49" s="57"/>
       <c r="H49" s="57"/>
       <c r="I49" s="57"/>
       <c r="J49" s="57"/>
       <c r="K49" s="10"/>
     </row>
     <row r="50" spans="2:20" s="61" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="94" t="s">
@@ -23407,79 +23306,79 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>24</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="36" baseType="lpstr">
+      <vt:lpstr>January 2026</vt:lpstr>
       <vt:lpstr>December 2025</vt:lpstr>
       <vt:lpstr>November 2025</vt:lpstr>
       <vt:lpstr>October 2025</vt:lpstr>
       <vt:lpstr>September 2025</vt:lpstr>
       <vt:lpstr>August 2025</vt:lpstr>
       <vt:lpstr>July 2025</vt:lpstr>
       <vt:lpstr>June 2025</vt:lpstr>
       <vt:lpstr>May 2025</vt:lpstr>
       <vt:lpstr>April 2025</vt:lpstr>
       <vt:lpstr>March 2025</vt:lpstr>
       <vt:lpstr>February 2025</vt:lpstr>
-      <vt:lpstr>January 2025</vt:lpstr>
       <vt:lpstr>'April 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'August 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'December 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'February 2025'!Print_Area</vt:lpstr>
-      <vt:lpstr>'January 2025'!Print_Area</vt:lpstr>
+      <vt:lpstr>'January 2026'!Print_Area</vt:lpstr>
       <vt:lpstr>'July 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'June 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'March 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'May 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'November 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'October 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'September 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'April 2025'!Print_Titles</vt:lpstr>
       <vt:lpstr>'August 2025'!Print_Titles</vt:lpstr>
       <vt:lpstr>'December 2025'!Print_Titles</vt:lpstr>
       <vt:lpstr>'February 2025'!Print_Titles</vt:lpstr>
-      <vt:lpstr>'January 2025'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'January 2026'!Print_Titles</vt:lpstr>
       <vt:lpstr>'July 2025'!Print_Titles</vt:lpstr>
       <vt:lpstr>'June 2025'!Print_Titles</vt:lpstr>
       <vt:lpstr>'March 2025'!Print_Titles</vt:lpstr>
       <vt:lpstr>'May 2025'!Print_Titles</vt:lpstr>
       <vt:lpstr>'November 2025'!Print_Titles</vt:lpstr>
       <vt:lpstr>'October 2025'!Print_Titles</vt:lpstr>
       <vt:lpstr>'September 2025'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Nuveen Investments</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>salefm</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>