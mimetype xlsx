--- v0 (2025-12-07)
+++ v1 (2026-02-28)
@@ -9,54 +9,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="/docProps/core.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="240" yWindow="120" windowWidth="18060" windowHeight="7050"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Equities - NDVG" sheetId="1" r:id="rId6"/>
     <x:sheet name="Equities - NWLG" sheetId="2" r:id="rId7"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:numFmts count="3">
+  <x:numFmts count="2">
     <x:numFmt numFmtId="82" formatCode="[$-010409]#,0.00;(#,0.00)"/>
-    <x:numFmt numFmtId="83" formatCode="[$-010409]#,###;(#,###)"/>
-    <x:numFmt numFmtId="84" formatCode="General"/>
+    <x:numFmt numFmtId="83" formatCode="General"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font/>
     <x:font>
       <x:b/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="14"/>
       <x:color rgb="FF000000"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="12"/>
@@ -156,78 +155,78 @@
       <x:left/>
       <x:right/>
       <x:top style="thin">
         <x:color rgb="FFD3D3D3"/>
       </x:top>
       <x:bottom style="thin">
         <x:color rgb="FFD3D3D3"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs count="15">
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <x:xf numFmtId="0" fontId="2" fillId="2" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="3" fillId="3" borderId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
-    <x:xf numFmtId="82" fontId="4" fillId="0" borderId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <x:xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
-    <x:xf numFmtId="83" fontId="4" fillId="0" borderId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <x:xf numFmtId="82" fontId="4" fillId="0" borderId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="3" fillId="3" borderId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="5" fillId="2" borderId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="5" fillId="2" borderId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="5" fillId="2" borderId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
-    <x:xf numFmtId="84" fontId="4" fillId="0" borderId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <x:xf numFmtId="83" fontId="4" fillId="0" borderId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="82" fontId="4" fillId="0" borderId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="6"/>
     <x:xf fontId="7"/>
     <x:xf fontId="8"/>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <x:colors>
     <x:indexedColors>
       <x:rgbColor rgb="00000000"/>
       <x:rgbColor rgb="00FFFFFF"/>
       <x:rgbColor rgb="00FF0000"/>
       <x:rgbColor rgb="0000FF00"/>
       <x:rgbColor rgb="000000FF"/>
       <x:rgbColor rgb="00FFFF00"/>
       <x:rgbColor rgb="00FF00FF"/>
       <x:rgbColor rgb="0000FFFF"/>
       <x:rgbColor rgb="00000000"/>
@@ -315,93 +314,87 @@
     <x:col min="10" max="10" width="18.7109375" customWidth="1"/>
     <x:col min="11" max="11" width="3.140625" customWidth="1"/>
     <x:col min="12" max="12" width="9.421875" customWidth="1"/>
     <x:col min="13" max="13" width="5.00390625" customWidth="1"/>
     <x:col min="14" max="14" width="19.7109375" customWidth="1"/>
     <x:col min="15" max="15" width="18.1328125" customWidth="1"/>
     <x:col min="16" max="16" width="0.0234375" customWidth="1"/>
     <x:col min="17" max="17" width="1.58203125" customWidth="1"/>
     <x:col min="18" max="18" width="0.0234375" customWidth="1"/>
     <x:col min="19" max="19" width="1.8515625" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="23.25" customHeight="1">
       <x:c r="A1" s="1" t="inlineStr">
         <x:is>
           <x:r>
             <x:rPr>
               <x:b/>
               <x:i val="0"/>
               <x:strike val="0"/>
               <x:u val="none"/>
               <x:sz val="14"/>
               <x:color rgb="FF000000"/>
               <x:rFont val="Arial"/>
             </x:rPr>
-            <x:t xml:space="preserve">Nuveen Dividend Growth ETF - (Equities - NDVG) - 10/31/2025</x:t>
+            <x:t xml:space="preserve">Nuveen Dividend Growth ETF - (Equities - NDVG) - 1/31/2026</x:t>
           </x:r>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="2" ht="3.85" customHeight="1"/>
     <x:row r="3" ht="18" customHeight="0">
       <x:c r="B3" s="2" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">Total Net Assets:</x:t>
         </x:is>
       </x:c>
       <x:c r="C3" s="3" t="str"/>
-      <x:c r="D3" s="4">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="D3" s="4" t="str"/>
       <x:c r="E3" s="2" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">Shares Outstanding:</x:t>
         </x:is>
       </x:c>
       <x:c r="F3" s="5" t="str"/>
       <x:c r="G3" s="3" t="str"/>
-      <x:c r="H3" s="6">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H3" s="4" t="str"/>
       <x:c r="I3" s="3" t="str"/>
       <x:c r="J3" s="2" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">NAV per Share:</x:t>
         </x:is>
       </x:c>
-      <x:c r="K3" s="4">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K3" s="4" t="str"/>
       <x:c r="L3" s="3" t="str"/>
       <x:c r="M3" s="2" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">Cash &amp; Equivalents:</x:t>
         </x:is>
       </x:c>
       <x:c r="N3" s="3" t="str"/>
-      <x:c r="O3" s="4">
+      <x:c r="O3" s="6">
         <x:v>0.000000</x:v>
       </x:c>
     </x:row>
     <x:row r="4" ht="5" customHeight="1"/>
     <x:row r="5" ht="21.6" customHeight="1">
       <x:c r="B5" s="7" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">Holdings</x:t>
         </x:is>
       </x:c>
       <x:c r="C5" s="5" t="str"/>
       <x:c r="D5" s="5" t="str"/>
       <x:c r="E5" s="5" t="str"/>
       <x:c r="F5" s="5" t="str"/>
       <x:c r="G5" s="5" t="str"/>
       <x:c r="H5" s="5" t="str"/>
       <x:c r="I5" s="5" t="str"/>
       <x:c r="J5" s="5" t="str"/>
       <x:c r="K5" s="5" t="str"/>
       <x:c r="L5" s="5" t="str"/>
       <x:c r="M5" s="5" t="str"/>
       <x:c r="N5" s="5" t="str"/>
       <x:c r="O5" s="3" t="str"/>
     </x:row>
     <x:row r="6" ht="18" customHeight="0">
@@ -440,1616 +433,1616 @@
           <x:t xml:space="preserve">% Weighting</x:t>
         </x:is>
       </x:c>
       <x:c r="M6" s="3" t="str"/>
       <x:c r="N6" s="8" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">Sector</x:t>
         </x:is>
       </x:c>
       <x:c r="O6" s="3" t="str"/>
     </x:row>
     <x:row r="7" ht="18" customHeight="0">
       <x:c r="B7" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">MSFT US</x:t>
         </x:is>
       </x:c>
       <x:c r="C7" s="12" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">MICROSOFT CORP</x:t>
         </x:is>
       </x:c>
       <x:c r="D7" s="5" t="str"/>
       <x:c r="E7" s="3" t="str"/>
       <x:c r="F7" s="13">
-        <x:v>2126.000000</x:v>
+        <x:v>2211.000000</x:v>
       </x:c>
       <x:c r="G7" s="14">
-        <x:v>517.810000</x:v>
+        <x:v>430.290000</x:v>
       </x:c>
       <x:c r="H7" s="3" t="str"/>
       <x:c r="I7" s="13">
-        <x:v>1100864.060000</x:v>
+        <x:v>951371.190000</x:v>
       </x:c>
       <x:c r="J7" s="5" t="str"/>
       <x:c r="K7" s="3" t="str"/>
       <x:c r="L7" s="13">
-        <x:v>8.403772</x:v>
+        <x:v>6.768134</x:v>
       </x:c>
       <x:c r="M7" s="3" t="str"/>
       <x:c r="N7" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">SOFTWARE</x:t>
         </x:is>
       </x:c>
       <x:c r="O7" s="3" t="str"/>
     </x:row>
     <x:row r="8" ht="18" customHeight="0">
       <x:c r="B8" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">AAPL US</x:t>
         </x:is>
       </x:c>
       <x:c r="C8" s="12" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">APPLE INC.</x:t>
         </x:is>
       </x:c>
       <x:c r="D8" s="5" t="str"/>
       <x:c r="E8" s="3" t="str"/>
       <x:c r="F8" s="13">
-        <x:v>3182.000000</x:v>
+        <x:v>3357.000000</x:v>
       </x:c>
       <x:c r="G8" s="14">
-        <x:v>270.370000</x:v>
+        <x:v>259.480000</x:v>
       </x:c>
       <x:c r="H8" s="3" t="str"/>
       <x:c r="I8" s="13">
-        <x:v>860317.340000</x:v>
+        <x:v>871074.360000</x:v>
       </x:c>
       <x:c r="J8" s="5" t="str"/>
       <x:c r="K8" s="3" t="str"/>
       <x:c r="L8" s="13">
-        <x:v>6.567487</x:v>
+        <x:v>6.196895</x:v>
       </x:c>
       <x:c r="M8" s="3" t="str"/>
       <x:c r="N8" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">TECHNOLOGY HARDWARE, STORAGE &amp; PERIPHERALS</x:t>
         </x:is>
       </x:c>
       <x:c r="O8" s="3" t="str"/>
     </x:row>
     <x:row r="9" ht="18" customHeight="0">
       <x:c r="B9" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">AVGO US</x:t>
         </x:is>
       </x:c>
       <x:c r="C9" s="12" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">BROADCOM INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D9" s="5" t="str"/>
       <x:c r="E9" s="3" t="str"/>
       <x:c r="F9" s="13">
-        <x:v>1923.000000</x:v>
+        <x:v>2011.000000</x:v>
       </x:c>
       <x:c r="G9" s="14">
-        <x:v>369.630000</x:v>
+        <x:v>331.300000</x:v>
       </x:c>
       <x:c r="H9" s="3" t="str"/>
       <x:c r="I9" s="13">
-        <x:v>710798.490000</x:v>
+        <x:v>666244.300000</x:v>
       </x:c>
       <x:c r="J9" s="5" t="str"/>
       <x:c r="K9" s="3" t="str"/>
       <x:c r="L9" s="13">
-        <x:v>5.426091</x:v>
+        <x:v>4.739717</x:v>
       </x:c>
       <x:c r="M9" s="3" t="str"/>
       <x:c r="N9" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">SEMICONDUCTORS &amp; SEMICONDUCTOR EQUIPMENT</x:t>
         </x:is>
       </x:c>
       <x:c r="O9" s="3" t="str"/>
     </x:row>
     <x:row r="10" ht="18" customHeight="0">
       <x:c r="B10" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">JPM US</x:t>
+          <x:t xml:space="preserve">TSM US</x:t>
         </x:is>
       </x:c>
       <x:c r="C10" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">JPMORGAN CHASE &amp; CO</x:t>
+          <x:t xml:space="preserve">TAIWAN SEMICONDUCTOR MANU</x:t>
         </x:is>
       </x:c>
       <x:c r="D10" s="5" t="str"/>
       <x:c r="E10" s="3" t="str"/>
       <x:c r="F10" s="13">
-        <x:v>1793.000000</x:v>
+        <x:v>1584.000000</x:v>
       </x:c>
       <x:c r="G10" s="14">
-        <x:v>311.120000</x:v>
+        <x:v>330.560000</x:v>
       </x:c>
       <x:c r="H10" s="3" t="str"/>
       <x:c r="I10" s="13">
-        <x:v>557838.160000</x:v>
+        <x:v>523607.040000</x:v>
       </x:c>
       <x:c r="J10" s="5" t="str"/>
       <x:c r="K10" s="3" t="str"/>
       <x:c r="L10" s="13">
-        <x:v>4.258423</x:v>
+        <x:v>3.724984</x:v>
       </x:c>
       <x:c r="M10" s="3" t="str"/>
       <x:c r="N10" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">BANKS</x:t>
+          <x:t xml:space="preserve">SEMICONDUCTORS &amp; SEMICONDUCTOR EQUIPMENT</x:t>
         </x:is>
       </x:c>
       <x:c r="O10" s="3" t="str"/>
     </x:row>
     <x:row r="11" ht="18" customHeight="0">
       <x:c r="B11" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">APH US</x:t>
         </x:is>
       </x:c>
       <x:c r="C11" s="12" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">AMPHENOL CORP CLASS A</x:t>
         </x:is>
       </x:c>
       <x:c r="D11" s="5" t="str"/>
       <x:c r="E11" s="3" t="str"/>
       <x:c r="F11" s="13">
-        <x:v>3384.000000</x:v>
+        <x:v>3530.000000</x:v>
       </x:c>
       <x:c r="G11" s="14">
-        <x:v>139.340000</x:v>
+        <x:v>144.080000</x:v>
       </x:c>
       <x:c r="H11" s="3" t="str"/>
       <x:c r="I11" s="13">
-        <x:v>471526.560000</x:v>
+        <x:v>508602.400000</x:v>
       </x:c>
       <x:c r="J11" s="5" t="str"/>
       <x:c r="K11" s="3" t="str"/>
       <x:c r="L11" s="13">
-        <x:v>3.599538</x:v>
+        <x:v>3.618240</x:v>
       </x:c>
       <x:c r="M11" s="3" t="str"/>
       <x:c r="N11" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">ELECTRONIC EQUIPMENT, INSTRUMENTS &amp; COMPONENTS</x:t>
         </x:is>
       </x:c>
       <x:c r="O11" s="3" t="str"/>
     </x:row>
     <x:row r="12" ht="18" customHeight="0">
       <x:c r="B12" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">TSM US</x:t>
+          <x:t xml:space="preserve">JPM US</x:t>
         </x:is>
       </x:c>
       <x:c r="C12" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">TAIWAN SEMICONDUCTOR MANU</x:t>
+          <x:t xml:space="preserve">JPMORGAN CHASE &amp; CO</x:t>
         </x:is>
       </x:c>
       <x:c r="D12" s="5" t="str"/>
       <x:c r="E12" s="3" t="str"/>
       <x:c r="F12" s="13">
-        <x:v>1502.000000</x:v>
+        <x:v>1641.000000</x:v>
       </x:c>
       <x:c r="G12" s="14">
-        <x:v>300.430000</x:v>
+        <x:v>305.890000</x:v>
       </x:c>
       <x:c r="H12" s="3" t="str"/>
       <x:c r="I12" s="13">
-        <x:v>451245.860000</x:v>
+        <x:v>501965.490000</x:v>
       </x:c>
       <x:c r="J12" s="5" t="str"/>
       <x:c r="K12" s="3" t="str"/>
       <x:c r="L12" s="13">
-        <x:v>3.444719</x:v>
+        <x:v>3.571024</x:v>
       </x:c>
       <x:c r="M12" s="3" t="str"/>
       <x:c r="N12" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">SEMICONDUCTORS &amp; SEMICONDUCTOR EQUIPMENT</x:t>
+          <x:t xml:space="preserve">BANKS</x:t>
         </x:is>
       </x:c>
       <x:c r="O12" s="3" t="str"/>
     </x:row>
     <x:row r="13" ht="18" customHeight="0">
       <x:c r="B13" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">AXP US</x:t>
+          <x:t xml:space="preserve">WMT US</x:t>
         </x:is>
       </x:c>
       <x:c r="C13" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">AMERICAN EXPRESS CO.</x:t>
+          <x:t xml:space="preserve">WALMART INC.</x:t>
         </x:is>
       </x:c>
       <x:c r="D13" s="5" t="str"/>
       <x:c r="E13" s="3" t="str"/>
       <x:c r="F13" s="13">
-        <x:v>1219.000000</x:v>
+        <x:v>3637.000000</x:v>
       </x:c>
       <x:c r="G13" s="14">
-        <x:v>360.730000</x:v>
+        <x:v>119.140000</x:v>
       </x:c>
       <x:c r="H13" s="3" t="str"/>
       <x:c r="I13" s="13">
-        <x:v>439729.870000</x:v>
+        <x:v>433312.180000</x:v>
       </x:c>
       <x:c r="J13" s="5" t="str"/>
       <x:c r="K13" s="3" t="str"/>
       <x:c r="L13" s="13">
-        <x:v>3.356808</x:v>
+        <x:v>3.082619</x:v>
       </x:c>
       <x:c r="M13" s="3" t="str"/>
       <x:c r="N13" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">CONSUMER FINANCE</x:t>
+          <x:t xml:space="preserve">FOOD &amp; STAPLES RETAILING</x:t>
         </x:is>
       </x:c>
       <x:c r="O13" s="3" t="str"/>
     </x:row>
     <x:row r="14" ht="18" customHeight="0">
       <x:c r="B14" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">MA US</x:t>
+          <x:t xml:space="preserve">AXP US</x:t>
         </x:is>
       </x:c>
       <x:c r="C14" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">MASTERCARD, INC - A</x:t>
+          <x:t xml:space="preserve">AMERICAN EXPRESS CO.</x:t>
         </x:is>
       </x:c>
       <x:c r="D14" s="5" t="str"/>
       <x:c r="E14" s="3" t="str"/>
       <x:c r="F14" s="13">
-        <x:v>663.000000</x:v>
+        <x:v>1106.000000</x:v>
       </x:c>
       <x:c r="G14" s="14">
-        <x:v>551.990000</x:v>
+        <x:v>352.170000</x:v>
       </x:c>
       <x:c r="H14" s="3" t="str"/>
       <x:c r="I14" s="13">
-        <x:v>365969.370000</x:v>
+        <x:v>389500.020000</x:v>
       </x:c>
       <x:c r="J14" s="5" t="str"/>
       <x:c r="K14" s="3" t="str"/>
       <x:c r="L14" s="13">
-        <x:v>2.793736</x:v>
+        <x:v>2.770935</x:v>
       </x:c>
       <x:c r="M14" s="3" t="str"/>
       <x:c r="N14" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">IT SERVICES</x:t>
+          <x:t xml:space="preserve">CONSUMER FINANCE</x:t>
         </x:is>
       </x:c>
       <x:c r="O14" s="3" t="str"/>
     </x:row>
     <x:row r="15" ht="18" customHeight="0">
       <x:c r="B15" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">WMT US</x:t>
+          <x:t xml:space="preserve">NEE US</x:t>
         </x:is>
       </x:c>
       <x:c r="C15" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">WALMART INC.</x:t>
+          <x:t xml:space="preserve">NEXTERA ENERGY INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D15" s="5" t="str"/>
       <x:c r="E15" s="3" t="str"/>
       <x:c r="F15" s="13">
-        <x:v>3493.000000</x:v>
+        <x:v>4343.000000</x:v>
       </x:c>
       <x:c r="G15" s="14">
-        <x:v>101.180000</x:v>
+        <x:v>87.900000</x:v>
       </x:c>
       <x:c r="H15" s="3" t="str"/>
       <x:c r="I15" s="13">
-        <x:v>353421.740000</x:v>
+        <x:v>381749.700000</x:v>
       </x:c>
       <x:c r="J15" s="5" t="str"/>
       <x:c r="K15" s="3" t="str"/>
       <x:c r="L15" s="13">
-        <x:v>2.697950</x:v>
+        <x:v>2.715799</x:v>
       </x:c>
       <x:c r="M15" s="3" t="str"/>
       <x:c r="N15" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">FOOD &amp; STAPLES RETAILING</x:t>
+          <x:t xml:space="preserve">ELECTRIC UTILITIES</x:t>
         </x:is>
       </x:c>
       <x:c r="O15" s="3" t="str"/>
     </x:row>
     <x:row r="16" ht="18" customHeight="0">
       <x:c r="B16" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">NEE US</x:t>
+          <x:t xml:space="preserve">MA US</x:t>
         </x:is>
       </x:c>
       <x:c r="C16" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">NEXTERA ENERGY INC</x:t>
+          <x:t xml:space="preserve">MASTERCARD, INC - A</x:t>
         </x:is>
       </x:c>
       <x:c r="D16" s="5" t="str"/>
       <x:c r="E16" s="3" t="str"/>
       <x:c r="F16" s="13">
-        <x:v>4117.000000</x:v>
+        <x:v>699.000000</x:v>
       </x:c>
       <x:c r="G16" s="14">
-        <x:v>81.400000</x:v>
+        <x:v>538.790000</x:v>
       </x:c>
       <x:c r="H16" s="3" t="str"/>
       <x:c r="I16" s="13">
-        <x:v>335123.800000</x:v>
+        <x:v>376614.210000</x:v>
       </x:c>
       <x:c r="J16" s="5" t="str"/>
       <x:c r="K16" s="3" t="str"/>
       <x:c r="L16" s="13">
-        <x:v>2.558267</x:v>
+        <x:v>2.679265</x:v>
       </x:c>
       <x:c r="M16" s="3" t="str"/>
       <x:c r="N16" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ELECTRIC UTILITIES</x:t>
+          <x:t xml:space="preserve">IT SERVICES</x:t>
         </x:is>
       </x:c>
       <x:c r="O16" s="3" t="str"/>
     </x:row>
     <x:row r="17" ht="18" customHeight="0">
       <x:c r="B17" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ABBV US</x:t>
+          <x:t xml:space="preserve">PM US</x:t>
         </x:is>
       </x:c>
       <x:c r="C17" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ABBVIE INC.</x:t>
+          <x:t xml:space="preserve">PHILIP MORRIS INTL</x:t>
         </x:is>
       </x:c>
       <x:c r="D17" s="5" t="str"/>
       <x:c r="E17" s="3" t="str"/>
       <x:c r="F17" s="13">
-        <x:v>1493.000000</x:v>
+        <x:v>1980.000000</x:v>
       </x:c>
       <x:c r="G17" s="14">
-        <x:v>218.040000</x:v>
+        <x:v>179.440000</x:v>
       </x:c>
       <x:c r="H17" s="3" t="str"/>
       <x:c r="I17" s="13">
-        <x:v>325533.720000</x:v>
+        <x:v>355291.200000</x:v>
       </x:c>
       <x:c r="J17" s="5" t="str"/>
       <x:c r="K17" s="3" t="str"/>
       <x:c r="L17" s="13">
-        <x:v>2.485058</x:v>
+        <x:v>2.527571</x:v>
       </x:c>
       <x:c r="M17" s="3" t="str"/>
       <x:c r="N17" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">PHARMACEUTICALS</x:t>
+          <x:t xml:space="preserve">TOBACCO</x:t>
         </x:is>
       </x:c>
       <x:c r="O17" s="3" t="str"/>
     </x:row>
     <x:row r="18" ht="18" customHeight="0">
       <x:c r="B18" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">MSI US</x:t>
+          <x:t xml:space="preserve">HON US</x:t>
         </x:is>
       </x:c>
       <x:c r="C18" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">MOTOROLA SOLUTIONS, INC.</x:t>
+          <x:t xml:space="preserve">HONEYWELL INTERNATIONAL</x:t>
         </x:is>
       </x:c>
       <x:c r="D18" s="5" t="str"/>
       <x:c r="E18" s="3" t="str"/>
       <x:c r="F18" s="13">
-        <x:v>782.000000</x:v>
+        <x:v>1464.000000</x:v>
       </x:c>
       <x:c r="G18" s="14">
-        <x:v>406.710000</x:v>
+        <x:v>227.520000</x:v>
       </x:c>
       <x:c r="H18" s="3" t="str"/>
       <x:c r="I18" s="13">
-        <x:v>318047.220000</x:v>
+        <x:v>333089.280000</x:v>
       </x:c>
       <x:c r="J18" s="5" t="str"/>
       <x:c r="K18" s="3" t="str"/>
       <x:c r="L18" s="13">
-        <x:v>2.427908</x:v>
+        <x:v>2.369625</x:v>
       </x:c>
       <x:c r="M18" s="3" t="str"/>
       <x:c r="N18" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">COMMUNICATIONS EQUIPMENT</x:t>
+          <x:t xml:space="preserve">AEROSPACE &amp; DEFENSE</x:t>
         </x:is>
       </x:c>
       <x:c r="O18" s="3" t="str"/>
     </x:row>
     <x:row r="19" ht="18" customHeight="0">
       <x:c r="B19" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ETN US</x:t>
+          <x:t xml:space="preserve">MSI US</x:t>
         </x:is>
       </x:c>
       <x:c r="C19" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">EATON CORP PLC</x:t>
+          <x:t xml:space="preserve">MOTOROLA SOLUTIONS, INC.</x:t>
         </x:is>
       </x:c>
       <x:c r="D19" s="5" t="str"/>
       <x:c r="E19" s="3" t="str"/>
       <x:c r="F19" s="13">
-        <x:v>788.000000</x:v>
+        <x:v>825.000000</x:v>
       </x:c>
       <x:c r="G19" s="14">
-        <x:v>381.560000</x:v>
+        <x:v>402.540000</x:v>
       </x:c>
       <x:c r="H19" s="3" t="str"/>
       <x:c r="I19" s="13">
-        <x:v>300669.280000</x:v>
+        <x:v>332095.500000</x:v>
       </x:c>
       <x:c r="J19" s="5" t="str"/>
       <x:c r="K19" s="3" t="str"/>
       <x:c r="L19" s="13">
-        <x:v>2.295248</x:v>
+        <x:v>2.362555</x:v>
       </x:c>
       <x:c r="M19" s="3" t="str"/>
       <x:c r="N19" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ELECTRICAL EQUIPMENT</x:t>
+          <x:t xml:space="preserve">COMMUNICATIONS EQUIPMENT</x:t>
         </x:is>
       </x:c>
       <x:c r="O19" s="3" t="str"/>
     </x:row>
     <x:row r="20" ht="18" customHeight="0">
       <x:c r="B20" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">MCD US</x:t>
+          <x:t xml:space="preserve">TJX US</x:t>
         </x:is>
       </x:c>
       <x:c r="C20" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">MCDONALD'S CORP.</x:t>
+          <x:t xml:space="preserve">TJX COMPANIES, INC.</x:t>
         </x:is>
       </x:c>
       <x:c r="D20" s="5" t="str"/>
       <x:c r="E20" s="3" t="str"/>
       <x:c r="F20" s="13">
-        <x:v>984.000000</x:v>
+        <x:v>2206.000000</x:v>
       </x:c>
       <x:c r="G20" s="14">
-        <x:v>298.430000</x:v>
+        <x:v>149.810000</x:v>
       </x:c>
       <x:c r="H20" s="3" t="str"/>
       <x:c r="I20" s="13">
-        <x:v>293655.120000</x:v>
+        <x:v>330480.860000</x:v>
       </x:c>
       <x:c r="J20" s="5" t="str"/>
       <x:c r="K20" s="3" t="str"/>
       <x:c r="L20" s="13">
-        <x:v>2.241703</x:v>
+        <x:v>2.351068</x:v>
       </x:c>
       <x:c r="M20" s="3" t="str"/>
       <x:c r="N20" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">SPECIALTY RETAIL</x:t>
         </x:is>
       </x:c>
       <x:c r="O20" s="3" t="str"/>
     </x:row>
     <x:row r="21" ht="18" customHeight="0">
       <x:c r="B21" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">TJX US</x:t>
+          <x:t xml:space="preserve">MCD US</x:t>
         </x:is>
       </x:c>
       <x:c r="C21" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">TJX COMPANIES, INC.</x:t>
+          <x:t xml:space="preserve">MCDONALD'S CORP.</x:t>
         </x:is>
       </x:c>
       <x:c r="D21" s="5" t="str"/>
       <x:c r="E21" s="3" t="str"/>
       <x:c r="F21" s="13">
-        <x:v>2091.000000</x:v>
+        <x:v>1021.000000</x:v>
       </x:c>
       <x:c r="G21" s="14">
-        <x:v>140.140000</x:v>
+        <x:v>315.000000</x:v>
       </x:c>
       <x:c r="H21" s="3" t="str"/>
       <x:c r="I21" s="13">
-        <x:v>293032.740000</x:v>
+        <x:v>321615.000000</x:v>
       </x:c>
       <x:c r="J21" s="5" t="str"/>
       <x:c r="K21" s="3" t="str"/>
       <x:c r="L21" s="13">
-        <x:v>2.236952</x:v>
+        <x:v>2.287996</x:v>
       </x:c>
       <x:c r="M21" s="3" t="str"/>
       <x:c r="N21" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">SPECIALTY RETAIL</x:t>
         </x:is>
       </x:c>
       <x:c r="O21" s="3" t="str"/>
     </x:row>
     <x:row r="22" ht="18" customHeight="0">
       <x:c r="B22" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">TT US</x:t>
+          <x:t xml:space="preserve">XOM US</x:t>
         </x:is>
       </x:c>
       <x:c r="C22" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">TRANE TECHNOLOGIES PLC</x:t>
+          <x:t xml:space="preserve">EXXON MOBIL CORP.</x:t>
         </x:is>
       </x:c>
       <x:c r="D22" s="5" t="str"/>
       <x:c r="E22" s="3" t="str"/>
       <x:c r="F22" s="13">
-        <x:v>618.000000</x:v>
+        <x:v>2263.000000</x:v>
       </x:c>
       <x:c r="G22" s="14">
-        <x:v>448.650000</x:v>
+        <x:v>141.400000</x:v>
       </x:c>
       <x:c r="H22" s="3" t="str"/>
       <x:c r="I22" s="13">
-        <x:v>277265.700000</x:v>
+        <x:v>319988.200000</x:v>
       </x:c>
       <x:c r="J22" s="5" t="str"/>
       <x:c r="K22" s="3" t="str"/>
       <x:c r="L22" s="13">
-        <x:v>2.116590</x:v>
+        <x:v>2.276423</x:v>
       </x:c>
       <x:c r="M22" s="3" t="str"/>
       <x:c r="N22" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">MACHINERY</x:t>
+          <x:t xml:space="preserve">OIL, GAS &amp; CONSUMABLE FUELS</x:t>
         </x:is>
       </x:c>
       <x:c r="O22" s="3" t="str"/>
     </x:row>
     <x:row r="23" ht="18" customHeight="0">
       <x:c r="B23" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ABT US</x:t>
+          <x:t xml:space="preserve">PLD US</x:t>
         </x:is>
       </x:c>
       <x:c r="C23" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ABBOTT LABORATORIES</x:t>
+          <x:t xml:space="preserve">PROLOGIS, INC.</x:t>
         </x:is>
       </x:c>
       <x:c r="D23" s="5" t="str"/>
       <x:c r="E23" s="3" t="str"/>
       <x:c r="F23" s="13">
-        <x:v>2240.000000</x:v>
+        <x:v>2311.000000</x:v>
       </x:c>
       <x:c r="G23" s="14">
-        <x:v>123.620000</x:v>
+        <x:v>130.560000</x:v>
       </x:c>
       <x:c r="H23" s="3" t="str"/>
       <x:c r="I23" s="13">
-        <x:v>276908.800000</x:v>
+        <x:v>301724.160000</x:v>
       </x:c>
       <x:c r="J23" s="5" t="str"/>
       <x:c r="K23" s="3" t="str"/>
       <x:c r="L23" s="13">
-        <x:v>2.113865</x:v>
+        <x:v>2.146491</x:v>
       </x:c>
       <x:c r="M23" s="3" t="str"/>
       <x:c r="N23" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">HEALTH CARE EQUIPMENT &amp; SUPPLIES</x:t>
+          <x:t xml:space="preserve">REAL ESTATE INVESTMENT TRUSTS (REITS)</x:t>
         </x:is>
       </x:c>
       <x:c r="O23" s="3" t="str"/>
     </x:row>
     <x:row r="24" ht="18" customHeight="0">
       <x:c r="B24" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">PLD US</x:t>
+          <x:t xml:space="preserve">ACN US</x:t>
         </x:is>
       </x:c>
       <x:c r="C24" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">PROLOGIS, INC.</x:t>
+          <x:t xml:space="preserve">ACCENTURE PLC</x:t>
         </x:is>
       </x:c>
       <x:c r="D24" s="5" t="str"/>
       <x:c r="E24" s="3" t="str"/>
       <x:c r="F24" s="13">
-        <x:v>2191.000000</x:v>
+        <x:v>1114.000000</x:v>
       </x:c>
       <x:c r="G24" s="14">
-        <x:v>124.090000</x:v>
+        <x:v>263.640000</x:v>
       </x:c>
       <x:c r="H24" s="3" t="str"/>
       <x:c r="I24" s="13">
-        <x:v>271881.190000</x:v>
+        <x:v>293694.960000</x:v>
       </x:c>
       <x:c r="J24" s="5" t="str"/>
       <x:c r="K24" s="3" t="str"/>
       <x:c r="L24" s="13">
-        <x:v>2.075486</x:v>
+        <x:v>2.089370</x:v>
       </x:c>
       <x:c r="M24" s="3" t="str"/>
       <x:c r="N24" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">REAL ESTATE INVESTMENT TRUSTS (REITS)</x:t>
+          <x:t xml:space="preserve">IT SERVICES</x:t>
         </x:is>
       </x:c>
       <x:c r="O24" s="3" t="str"/>
     </x:row>
     <x:row r="25" ht="18" customHeight="0">
       <x:c r="B25" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">PM US</x:t>
+          <x:t xml:space="preserve">ETN US</x:t>
         </x:is>
       </x:c>
       <x:c r="C25" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">PHILIP MORRIS INTL</x:t>
+          <x:t xml:space="preserve">EATON CORP PLC</x:t>
         </x:is>
       </x:c>
       <x:c r="D25" s="5" t="str"/>
       <x:c r="E25" s="3" t="str"/>
       <x:c r="F25" s="13">
-        <x:v>1877.000000</x:v>
+        <x:v>817.000000</x:v>
       </x:c>
       <x:c r="G25" s="14">
-        <x:v>144.330000</x:v>
+        <x:v>351.420000</x:v>
       </x:c>
       <x:c r="H25" s="3" t="str"/>
       <x:c r="I25" s="13">
-        <x:v>270907.410000</x:v>
+        <x:v>287110.140000</x:v>
       </x:c>
       <x:c r="J25" s="5" t="str"/>
       <x:c r="K25" s="3" t="str"/>
       <x:c r="L25" s="13">
-        <x:v>2.068052</x:v>
+        <x:v>2.042525</x:v>
       </x:c>
       <x:c r="M25" s="3" t="str"/>
       <x:c r="N25" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">TOBACCO</x:t>
+          <x:t xml:space="preserve">ELECTRICAL EQUIPMENT</x:t>
         </x:is>
       </x:c>
       <x:c r="O25" s="3" t="str"/>
     </x:row>
     <x:row r="26" ht="18" customHeight="0">
       <x:c r="B26" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve"/>
+          <x:t xml:space="preserve">ABBV US</x:t>
         </x:is>
       </x:c>
       <x:c r="C26" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">U.S. DOLLARS</x:t>
+          <x:t xml:space="preserve">ABBVIE INC.</x:t>
         </x:is>
       </x:c>
       <x:c r="D26" s="5" t="str"/>
       <x:c r="E26" s="3" t="str"/>
       <x:c r="F26" s="13">
-        <x:v>260269.100000</x:v>
+        <x:v>1247.000000</x:v>
       </x:c>
       <x:c r="G26" s="14">
-        <x:v>1.000000</x:v>
+        <x:v>223.010000</x:v>
       </x:c>
       <x:c r="H26" s="3" t="str"/>
       <x:c r="I26" s="13">
-        <x:v>260269.100000</x:v>
+        <x:v>278093.470000</x:v>
       </x:c>
       <x:c r="J26" s="5" t="str"/>
       <x:c r="K26" s="3" t="str"/>
       <x:c r="L26" s="13">
-        <x:v>1.986841</x:v>
+        <x:v>1.978380</x:v>
       </x:c>
       <x:c r="M26" s="3" t="str"/>
       <x:c r="N26" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">FOREIGN CURRENCY</x:t>
+          <x:t xml:space="preserve">PHARMACEUTICALS</x:t>
         </x:is>
       </x:c>
       <x:c r="O26" s="3" t="str"/>
     </x:row>
     <x:row r="27" ht="18" customHeight="0">
       <x:c r="B27" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">WEC US</x:t>
+          <x:t xml:space="preserve">CVX US</x:t>
         </x:is>
       </x:c>
       <x:c r="C27" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">WEC ENERGY GROUP</x:t>
+          <x:t xml:space="preserve">CHEVRON CORP.</x:t>
         </x:is>
       </x:c>
       <x:c r="D27" s="5" t="str"/>
       <x:c r="E27" s="3" t="str"/>
       <x:c r="F27" s="13">
-        <x:v>2253.000000</x:v>
+        <x:v>1552.000000</x:v>
       </x:c>
       <x:c r="G27" s="14">
-        <x:v>111.730000</x:v>
+        <x:v>176.900000</x:v>
       </x:c>
       <x:c r="H27" s="3" t="str"/>
       <x:c r="I27" s="13">
-        <x:v>251727.690000</x:v>
+        <x:v>274548.800000</x:v>
       </x:c>
       <x:c r="J27" s="5" t="str"/>
       <x:c r="K27" s="3" t="str"/>
       <x:c r="L27" s="13">
-        <x:v>1.921638</x:v>
+        <x:v>1.953163</x:v>
       </x:c>
       <x:c r="M27" s="3" t="str"/>
       <x:c r="N27" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ELECTRIC UTILITIES</x:t>
+          <x:t xml:space="preserve">OIL, GAS &amp; CONSUMABLE FUELS</x:t>
         </x:is>
       </x:c>
       <x:c r="O27" s="3" t="str"/>
     </x:row>
     <x:row r="28" ht="18" customHeight="0">
       <x:c r="B28" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">XOM US</x:t>
+          <x:t xml:space="preserve">NOC US</x:t>
         </x:is>
       </x:c>
       <x:c r="C28" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">EXXON MOBIL CORP.</x:t>
+          <x:t xml:space="preserve">NORTHROP GRUMMAN CORP.</x:t>
         </x:is>
       </x:c>
       <x:c r="D28" s="5" t="str"/>
       <x:c r="E28" s="3" t="str"/>
       <x:c r="F28" s="13">
-        <x:v>2174.000000</x:v>
+        <x:v>389.000000</x:v>
       </x:c>
       <x:c r="G28" s="14">
-        <x:v>114.360000</x:v>
+        <x:v>692.260000</x:v>
       </x:c>
       <x:c r="H28" s="3" t="str"/>
       <x:c r="I28" s="13">
-        <x:v>248618.640000</x:v>
+        <x:v>269289.140000</x:v>
       </x:c>
       <x:c r="J28" s="5" t="str"/>
       <x:c r="K28" s="3" t="str"/>
       <x:c r="L28" s="13">
-        <x:v>1.897904</x:v>
+        <x:v>1.915745</x:v>
       </x:c>
       <x:c r="M28" s="3" t="str"/>
       <x:c r="N28" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">OIL, GAS &amp; CONSUMABLE FUELS</x:t>
+          <x:t xml:space="preserve">AEROSPACE &amp; DEFENSE</x:t>
         </x:is>
       </x:c>
       <x:c r="O28" s="3" t="str"/>
     </x:row>
     <x:row r="29" ht="18" customHeight="0">
       <x:c r="B29" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">DHR US</x:t>
+          <x:t xml:space="preserve">SPGI US</x:t>
         </x:is>
       </x:c>
       <x:c r="C29" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">DANAHER CORP.</x:t>
+          <x:t xml:space="preserve">S&amp;P GLOBAL INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D29" s="5" t="str"/>
       <x:c r="E29" s="3" t="str"/>
       <x:c r="F29" s="13">
-        <x:v>1141.000000</x:v>
+        <x:v>508.000000</x:v>
       </x:c>
       <x:c r="G29" s="14">
-        <x:v>215.380000</x:v>
+        <x:v>527.790000</x:v>
       </x:c>
       <x:c r="H29" s="3" t="str"/>
       <x:c r="I29" s="13">
-        <x:v>245748.580000</x:v>
+        <x:v>268117.320000</x:v>
       </x:c>
       <x:c r="J29" s="5" t="str"/>
       <x:c r="K29" s="3" t="str"/>
       <x:c r="L29" s="13">
-        <x:v>1.875995</x:v>
+        <x:v>1.907409</x:v>
       </x:c>
       <x:c r="M29" s="3" t="str"/>
       <x:c r="N29" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">INDUSTRIAL CONGLOMERATES</x:t>
+          <x:t xml:space="preserve">MEDIA</x:t>
         </x:is>
       </x:c>
       <x:c r="O29" s="3" t="str"/>
     </x:row>
     <x:row r="30" ht="18" customHeight="0">
       <x:c r="B30" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">SPGI US</x:t>
+          <x:t xml:space="preserve">LIN US</x:t>
         </x:is>
       </x:c>
       <x:c r="C30" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">S&amp;P GLOBAL INC</x:t>
+          <x:t xml:space="preserve">NEW LINDE PLC</x:t>
         </x:is>
       </x:c>
       <x:c r="D30" s="5" t="str"/>
       <x:c r="E30" s="3" t="str"/>
       <x:c r="F30" s="13">
-        <x:v>482.000000</x:v>
+        <x:v>584.000000</x:v>
       </x:c>
       <x:c r="G30" s="14">
-        <x:v>487.210000</x:v>
+        <x:v>456.970000</x:v>
       </x:c>
       <x:c r="H30" s="3" t="str"/>
       <x:c r="I30" s="13">
-        <x:v>234835.220000</x:v>
+        <x:v>266870.480000</x:v>
       </x:c>
       <x:c r="J30" s="5" t="str"/>
       <x:c r="K30" s="3" t="str"/>
       <x:c r="L30" s="13">
-        <x:v>1.792684</x:v>
+        <x:v>1.898539</x:v>
       </x:c>
       <x:c r="M30" s="3" t="str"/>
       <x:c r="N30" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">MEDIA</x:t>
+          <x:t xml:space="preserve">CHEMICALS</x:t>
         </x:is>
       </x:c>
       <x:c r="O30" s="3" t="str"/>
     </x:row>
     <x:row r="31" ht="18" customHeight="0">
       <x:c r="B31" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ACN US</x:t>
+          <x:t xml:space="preserve">TT US</x:t>
         </x:is>
       </x:c>
       <x:c r="C31" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ACCENTURE PLC</x:t>
+          <x:t xml:space="preserve">TRANE TECHNOLOGIES PLC</x:t>
         </x:is>
       </x:c>
       <x:c r="D31" s="5" t="str"/>
       <x:c r="E31" s="3" t="str"/>
       <x:c r="F31" s="13">
-        <x:v>928.000000</x:v>
+        <x:v>634.000000</x:v>
       </x:c>
       <x:c r="G31" s="14">
-        <x:v>250.100000</x:v>
+        <x:v>420.580000</x:v>
       </x:c>
       <x:c r="H31" s="3" t="str"/>
       <x:c r="I31" s="13">
-        <x:v>232092.800000</x:v>
+        <x:v>266647.720000</x:v>
       </x:c>
       <x:c r="J31" s="5" t="str"/>
       <x:c r="K31" s="3" t="str"/>
       <x:c r="L31" s="13">
-        <x:v>1.771749</x:v>
+        <x:v>1.896954</x:v>
       </x:c>
       <x:c r="M31" s="3" t="str"/>
       <x:c r="N31" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">IT SERVICES</x:t>
+          <x:t xml:space="preserve">MACHINERY</x:t>
         </x:is>
       </x:c>
       <x:c r="O31" s="3" t="str"/>
     </x:row>
     <x:row r="32" ht="18" customHeight="0">
       <x:c r="B32" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">CVX US</x:t>
+          <x:t xml:space="preserve">DHR US</x:t>
         </x:is>
       </x:c>
       <x:c r="C32" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">CHEVRON CORP.</x:t>
+          <x:t xml:space="preserve">DANAHER CORP.</x:t>
         </x:is>
       </x:c>
       <x:c r="D32" s="5" t="str"/>
       <x:c r="E32" s="3" t="str"/>
       <x:c r="F32" s="13">
-        <x:v>1471.000000</x:v>
+        <x:v>1203.000000</x:v>
       </x:c>
       <x:c r="G32" s="14">
-        <x:v>157.720000</x:v>
+        <x:v>218.890000</x:v>
       </x:c>
       <x:c r="H32" s="3" t="str"/>
       <x:c r="I32" s="13">
-        <x:v>232006.120000</x:v>
+        <x:v>263324.670000</x:v>
       </x:c>
       <x:c r="J32" s="5" t="str"/>
       <x:c r="K32" s="3" t="str"/>
       <x:c r="L32" s="13">
-        <x:v>1.771087</x:v>
+        <x:v>1.873314</x:v>
       </x:c>
       <x:c r="M32" s="3" t="str"/>
       <x:c r="N32" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">OIL, GAS &amp; CONSUMABLE FUELS</x:t>
+          <x:t xml:space="preserve">INDUSTRIAL CONGLOMERATES</x:t>
         </x:is>
       </x:c>
       <x:c r="O32" s="3" t="str"/>
     </x:row>
     <x:row r="33" ht="18" customHeight="0">
       <x:c r="B33" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">LIN US</x:t>
+          <x:t xml:space="preserve">WEC US</x:t>
         </x:is>
       </x:c>
       <x:c r="C33" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">NEW LINDE PLC</x:t>
+          <x:t xml:space="preserve">WEC ENERGY GROUP</x:t>
         </x:is>
       </x:c>
       <x:c r="D33" s="5" t="str"/>
       <x:c r="E33" s="3" t="str"/>
       <x:c r="F33" s="13">
-        <x:v>554.000000</x:v>
+        <x:v>2377.000000</x:v>
       </x:c>
       <x:c r="G33" s="14">
-        <x:v>418.300000</x:v>
+        <x:v>110.670000</x:v>
       </x:c>
       <x:c r="H33" s="3" t="str"/>
       <x:c r="I33" s="13">
-        <x:v>231738.200000</x:v>
+        <x:v>263062.590000</x:v>
       </x:c>
       <x:c r="J33" s="5" t="str"/>
       <x:c r="K33" s="3" t="str"/>
       <x:c r="L33" s="13">
-        <x:v>1.769042</x:v>
+        <x:v>1.871449</x:v>
       </x:c>
       <x:c r="M33" s="3" t="str"/>
       <x:c r="N33" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">CHEMICALS</x:t>
+          <x:t xml:space="preserve">ELECTRIC UTILITIES</x:t>
         </x:is>
       </x:c>
       <x:c r="O33" s="3" t="str"/>
     </x:row>
     <x:row r="34" ht="18" customHeight="0">
       <x:c r="B34" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">LOW US</x:t>
+          <x:t xml:space="preserve">MRK US</x:t>
         </x:is>
       </x:c>
       <x:c r="C34" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">LOWE'S COS INC</x:t>
+          <x:t xml:space="preserve">MERCK &amp; COMPANY, INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D34" s="5" t="str"/>
       <x:c r="E34" s="3" t="str"/>
       <x:c r="F34" s="13">
-        <x:v>955.000000</x:v>
+        <x:v>2256.000000</x:v>
       </x:c>
       <x:c r="G34" s="14">
-        <x:v>238.130000</x:v>
+        <x:v>110.270000</x:v>
       </x:c>
       <x:c r="H34" s="3" t="str"/>
       <x:c r="I34" s="13">
-        <x:v>227414.150000</x:v>
+        <x:v>248769.120000</x:v>
       </x:c>
       <x:c r="J34" s="5" t="str"/>
       <x:c r="K34" s="3" t="str"/>
       <x:c r="L34" s="13">
-        <x:v>1.736033</x:v>
+        <x:v>1.769764</x:v>
       </x:c>
       <x:c r="M34" s="3" t="str"/>
       <x:c r="N34" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">SPECIALTY RETAIL</x:t>
+          <x:t xml:space="preserve">PHARMACEUTICALS</x:t>
         </x:is>
       </x:c>
       <x:c r="O34" s="3" t="str"/>
     </x:row>
     <x:row r="35" ht="18" customHeight="0">
       <x:c r="B35" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">AMT US</x:t>
+          <x:t xml:space="preserve">ARES US</x:t>
         </x:is>
       </x:c>
       <x:c r="C35" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">AMERICAN TOWER CORP. REIT</x:t>
+          <x:t xml:space="preserve">ARES MANAGEMENT CORP</x:t>
         </x:is>
       </x:c>
       <x:c r="D35" s="5" t="str"/>
       <x:c r="E35" s="3" t="str"/>
       <x:c r="F35" s="13">
-        <x:v>1206.000000</x:v>
+        <x:v>1612.000000</x:v>
       </x:c>
       <x:c r="G35" s="14">
-        <x:v>178.980000</x:v>
+        <x:v>149.670000</x:v>
       </x:c>
       <x:c r="H35" s="3" t="str"/>
       <x:c r="I35" s="13">
-        <x:v>215849.880000</x:v>
+        <x:v>241268.040000</x:v>
       </x:c>
       <x:c r="J35" s="5" t="str"/>
       <x:c r="K35" s="3" t="str"/>
       <x:c r="L35" s="13">
-        <x:v>1.647754</x:v>
+        <x:v>1.716401</x:v>
       </x:c>
       <x:c r="M35" s="3" t="str"/>
       <x:c r="N35" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">REAL ESTATE INVESTMENT TRUSTS (REITS)</x:t>
+          <x:t xml:space="preserve">DIVERSIFIED FINANCIAL SERVICES</x:t>
         </x:is>
       </x:c>
       <x:c r="O35" s="3" t="str"/>
     </x:row>
     <x:row r="36" ht="18" customHeight="0">
       <x:c r="B36" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">NOC US</x:t>
+          <x:t xml:space="preserve">META</x:t>
         </x:is>
       </x:c>
       <x:c r="C36" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">NORTHROP GRUMMAN CORP.</x:t>
+          <x:t xml:space="preserve">META PLATFORMS INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D36" s="5" t="str"/>
       <x:c r="E36" s="3" t="str"/>
       <x:c r="F36" s="13">
-        <x:v>369.000000</x:v>
+        <x:v>326.000000</x:v>
       </x:c>
       <x:c r="G36" s="14">
-        <x:v>583.450000</x:v>
+        <x:v>716.500000</x:v>
       </x:c>
       <x:c r="H36" s="3" t="str"/>
       <x:c r="I36" s="13">
-        <x:v>215293.050000</x:v>
+        <x:v>233579.000000</x:v>
       </x:c>
       <x:c r="J36" s="5" t="str"/>
       <x:c r="K36" s="3" t="str"/>
       <x:c r="L36" s="13">
-        <x:v>1.643503</x:v>
+        <x:v>1.661700</x:v>
       </x:c>
       <x:c r="M36" s="3" t="str"/>
       <x:c r="N36" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">AEROSPACE &amp; DEFENSE</x:t>
+          <x:t xml:space="preserve">INTERNET SOFTWARE &amp; SERVICES</x:t>
         </x:is>
       </x:c>
       <x:c r="O36" s="3" t="str"/>
     </x:row>
     <x:row r="37" ht="18" customHeight="0">
       <x:c r="B37" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">HON US</x:t>
+          <x:t xml:space="preserve">MRSH US</x:t>
         </x:is>
       </x:c>
       <x:c r="C37" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">HONEYWELL INTERNATIONAL</x:t>
+          <x:t xml:space="preserve">MARSH &amp; MCLENNAN COS, INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D37" s="5" t="str"/>
       <x:c r="E37" s="3" t="str"/>
       <x:c r="F37" s="13">
-        <x:v>1067.000000</x:v>
+        <x:v>1233.000000</x:v>
       </x:c>
       <x:c r="G37" s="14">
-        <x:v>201.330000</x:v>
+        <x:v>188.190000</x:v>
       </x:c>
       <x:c r="H37" s="3" t="str"/>
       <x:c r="I37" s="13">
-        <x:v>214819.110000</x:v>
+        <x:v>232038.270000</x:v>
       </x:c>
       <x:c r="J37" s="5" t="str"/>
       <x:c r="K37" s="3" t="str"/>
       <x:c r="L37" s="13">
-        <x:v>1.639885</x:v>
+        <x:v>1.650740</x:v>
       </x:c>
       <x:c r="M37" s="3" t="str"/>
       <x:c r="N37" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">AEROSPACE &amp; DEFENSE</x:t>
+          <x:t xml:space="preserve">INSURANCE</x:t>
         </x:is>
       </x:c>
       <x:c r="O37" s="3" t="str"/>
     </x:row>
     <x:row r="38" ht="18" customHeight="0">
       <x:c r="B38" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">MMC US</x:t>
+          <x:t xml:space="preserve">LOW US</x:t>
         </x:is>
       </x:c>
       <x:c r="C38" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">MARSH &amp; MCLENNAN COS, INC</x:t>
+          <x:t xml:space="preserve">LOWE'S COS INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D38" s="5" t="str"/>
       <x:c r="E38" s="3" t="str"/>
       <x:c r="F38" s="13">
-        <x:v>1169.000000</x:v>
+        <x:v>866.000000</x:v>
       </x:c>
       <x:c r="G38" s="14">
-        <x:v>178.150000</x:v>
+        <x:v>267.060000</x:v>
       </x:c>
       <x:c r="H38" s="3" t="str"/>
       <x:c r="I38" s="13">
-        <x:v>208257.350000</x:v>
+        <x:v>231273.960000</x:v>
       </x:c>
       <x:c r="J38" s="5" t="str"/>
       <x:c r="K38" s="3" t="str"/>
       <x:c r="L38" s="13">
-        <x:v>1.589794</x:v>
+        <x:v>1.645302</x:v>
       </x:c>
       <x:c r="M38" s="3" t="str"/>
       <x:c r="N38" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">INSURANCE</x:t>
+          <x:t xml:space="preserve">SPECIALTY RETAIL</x:t>
         </x:is>
       </x:c>
       <x:c r="O38" s="3" t="str"/>
     </x:row>
     <x:row r="39" ht="18" customHeight="0">
       <x:c r="B39" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">META</x:t>
+          <x:t xml:space="preserve">AMT US</x:t>
         </x:is>
       </x:c>
       <x:c r="C39" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">META PLATFORMS INC</x:t>
+          <x:t xml:space="preserve">AMERICAN TOWER CORP. REIT</x:t>
         </x:is>
       </x:c>
       <x:c r="D39" s="5" t="str"/>
       <x:c r="E39" s="3" t="str"/>
       <x:c r="F39" s="13">
-        <x:v>309.000000</x:v>
+        <x:v>1272.000000</x:v>
       </x:c>
       <x:c r="G39" s="14">
-        <x:v>648.350000</x:v>
+        <x:v>179.280000</x:v>
       </x:c>
       <x:c r="H39" s="3" t="str"/>
       <x:c r="I39" s="13">
-        <x:v>200340.150000</x:v>
+        <x:v>228044.160000</x:v>
       </x:c>
       <x:c r="J39" s="5" t="str"/>
       <x:c r="K39" s="3" t="str"/>
       <x:c r="L39" s="13">
-        <x:v>1.529356</x:v>
+        <x:v>1.622325</x:v>
       </x:c>
       <x:c r="M39" s="3" t="str"/>
       <x:c r="N39" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">INTERNET SOFTWARE &amp; SERVICES</x:t>
+          <x:t xml:space="preserve">REAL ESTATE INVESTMENT TRUSTS (REITS)</x:t>
         </x:is>
       </x:c>
       <x:c r="O39" s="3" t="str"/>
     </x:row>
     <x:row r="40" ht="18" customHeight="0">
       <x:c r="B40" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ARES US</x:t>
+          <x:t xml:space="preserve">ABT US</x:t>
         </x:is>
       </x:c>
       <x:c r="C40" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ARES MANAGEMENT CORP</x:t>
+          <x:t xml:space="preserve">ABBOTT LABORATORIES</x:t>
         </x:is>
       </x:c>
       <x:c r="D40" s="5" t="str"/>
       <x:c r="E40" s="3" t="str"/>
       <x:c r="F40" s="13">
-        <x:v>1327.000000</x:v>
+        <x:v>2084.000000</x:v>
       </x:c>
       <x:c r="G40" s="14">
-        <x:v>148.710000</x:v>
+        <x:v>109.300000</x:v>
       </x:c>
       <x:c r="H40" s="3" t="str"/>
       <x:c r="I40" s="13">
-        <x:v>197338.170000</x:v>
+        <x:v>227781.200000</x:v>
       </x:c>
       <x:c r="J40" s="5" t="str"/>
       <x:c r="K40" s="3" t="str"/>
       <x:c r="L40" s="13">
-        <x:v>1.506439</x:v>
+        <x:v>1.620454</x:v>
       </x:c>
       <x:c r="M40" s="3" t="str"/>
       <x:c r="N40" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">DIVERSIFIED FINANCIAL SERVICES</x:t>
+          <x:t xml:space="preserve">HEALTH CARE EQUIPMENT &amp; SUPPLIES</x:t>
         </x:is>
       </x:c>
       <x:c r="O40" s="3" t="str"/>
     </x:row>
     <x:row r="41" ht="18" customHeight="0">
       <x:c r="B41" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ZTS US</x:t>
+          <x:t xml:space="preserve">ELV US</x:t>
         </x:is>
       </x:c>
       <x:c r="C41" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ZOETIS INC</x:t>
+          <x:t xml:space="preserve">ELEVANCE HEALTH INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D41" s="5" t="str"/>
       <x:c r="E41" s="3" t="str"/>
       <x:c r="F41" s="13">
-        <x:v>1364.000000</x:v>
+        <x:v>622.000000</x:v>
       </x:c>
       <x:c r="G41" s="14">
-        <x:v>144.090000</x:v>
+        <x:v>345.740000</x:v>
       </x:c>
       <x:c r="H41" s="3" t="str"/>
       <x:c r="I41" s="13">
-        <x:v>196538.760000</x:v>
+        <x:v>215050.280000</x:v>
       </x:c>
       <x:c r="J41" s="5" t="str"/>
       <x:c r="K41" s="3" t="str"/>
       <x:c r="L41" s="13">
-        <x:v>1.500337</x:v>
+        <x:v>1.529886</x:v>
       </x:c>
       <x:c r="M41" s="3" t="str"/>
       <x:c r="N41" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">PHARMACEUTICALS</x:t>
+          <x:t xml:space="preserve">INSURANCE</x:t>
         </x:is>
       </x:c>
       <x:c r="O41" s="3" t="str"/>
     </x:row>
     <x:row r="42" ht="18" customHeight="0">
       <x:c r="B42" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ELV US</x:t>
+          <x:t xml:space="preserve">NDAQ US</x:t>
         </x:is>
       </x:c>
       <x:c r="C42" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ELEVANCE HEALTH INC</x:t>
+          <x:t xml:space="preserve">NASDAQ INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D42" s="5" t="str"/>
       <x:c r="E42" s="3" t="str"/>
       <x:c r="F42" s="13">
-        <x:v>590.000000</x:v>
+        <x:v>2203.000000</x:v>
       </x:c>
       <x:c r="G42" s="14">
-        <x:v>317.200000</x:v>
+        <x:v>96.890000</x:v>
       </x:c>
       <x:c r="H42" s="3" t="str"/>
       <x:c r="I42" s="13">
-        <x:v>187148.000000</x:v>
+        <x:v>213448.670000</x:v>
       </x:c>
       <x:c r="J42" s="5" t="str"/>
       <x:c r="K42" s="3" t="str"/>
       <x:c r="L42" s="13">
-        <x:v>1.428650</x:v>
+        <x:v>1.518492</x:v>
       </x:c>
       <x:c r="M42" s="3" t="str"/>
       <x:c r="N42" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">INSURANCE</x:t>
+          <x:t xml:space="preserve">DIVERSIFIED FINANCIAL SERVICES</x:t>
         </x:is>
       </x:c>
       <x:c r="O42" s="3" t="str"/>
     </x:row>
     <x:row r="43" ht="18" customHeight="0">
       <x:c r="B43" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">UNP US</x:t>
         </x:is>
       </x:c>
       <x:c r="C43" s="12" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">UNION PAC CORP.</x:t>
         </x:is>
       </x:c>
       <x:c r="D43" s="5" t="str"/>
       <x:c r="E43" s="3" t="str"/>
       <x:c r="F43" s="13">
-        <x:v>821.000000</x:v>
+        <x:v>867.000000</x:v>
       </x:c>
       <x:c r="G43" s="14">
-        <x:v>220.370000</x:v>
+        <x:v>235.100000</x:v>
       </x:c>
       <x:c r="H43" s="3" t="str"/>
       <x:c r="I43" s="13">
-        <x:v>180923.770000</x:v>
+        <x:v>203831.700000</x:v>
       </x:c>
       <x:c r="J43" s="5" t="str"/>
       <x:c r="K43" s="3" t="str"/>
       <x:c r="L43" s="13">
-        <x:v>1.381135</x:v>
+        <x:v>1.450076</x:v>
       </x:c>
       <x:c r="M43" s="3" t="str"/>
       <x:c r="N43" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">ROAD &amp; RAIL</x:t>
         </x:is>
       </x:c>
       <x:c r="O43" s="3" t="str"/>
     </x:row>
     <x:row r="44" ht="18" customHeight="0">
       <x:c r="B44" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">SW US</x:t>
         </x:is>
       </x:c>
       <x:c r="C44" s="12" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">SMURFIT WESTROCK PLC</x:t>
         </x:is>
       </x:c>
       <x:c r="D44" s="5" t="str"/>
       <x:c r="E44" s="3" t="str"/>
       <x:c r="F44" s="13">
-        <x:v>4566.000000</x:v>
+        <x:v>4817.000000</x:v>
       </x:c>
       <x:c r="G44" s="14">
-        <x:v>36.920000</x:v>
+        <x:v>41.630000</x:v>
       </x:c>
       <x:c r="H44" s="3" t="str"/>
       <x:c r="I44" s="13">
-        <x:v>168576.720000</x:v>
+        <x:v>200531.710000</x:v>
       </x:c>
       <x:c r="J44" s="5" t="str"/>
       <x:c r="K44" s="3" t="str"/>
       <x:c r="L44" s="13">
-        <x:v>1.286880</x:v>
+        <x:v>1.426599</x:v>
       </x:c>
       <x:c r="M44" s="3" t="str"/>
       <x:c r="N44" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">CONTAINERS &amp; PACKAGING</x:t>
         </x:is>
       </x:c>
       <x:c r="O44" s="3" t="str"/>
     </x:row>
     <x:row r="45" ht="18" customHeight="0">
       <x:c r="B45" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">CMCSA U</x:t>
         </x:is>
       </x:c>
       <x:c r="C45" s="12" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">COMCAST CORP NEW CL A</x:t>
         </x:is>
       </x:c>
       <x:c r="D45" s="5" t="str"/>
       <x:c r="E45" s="3" t="str"/>
       <x:c r="F45" s="13">
-        <x:v>5510.000000</x:v>
+        <x:v>5813.000000</x:v>
       </x:c>
       <x:c r="G45" s="14">
-        <x:v>27.835000</x:v>
+        <x:v>29.750000</x:v>
       </x:c>
       <x:c r="H45" s="3" t="str"/>
       <x:c r="I45" s="13">
-        <x:v>153370.850000</x:v>
+        <x:v>172936.750000</x:v>
       </x:c>
       <x:c r="J45" s="5" t="str"/>
       <x:c r="K45" s="3" t="str"/>
       <x:c r="L45" s="13">
-        <x:v>1.170802</x:v>
+        <x:v>1.230286</x:v>
       </x:c>
       <x:c r="M45" s="3" t="str"/>
       <x:c r="N45" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">MEDIA</x:t>
         </x:is>
       </x:c>
       <x:c r="O45" s="3" t="str"/>
     </x:row>
     <x:row r="46" ht="18" customHeight="0">
       <x:c r="B46" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">PEP US</x:t>
+          <x:t xml:space="preserve">SBUX US</x:t>
         </x:is>
       </x:c>
       <x:c r="C46" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">PEPSICO, INC.</x:t>
+          <x:t xml:space="preserve">STARBUCKS CORP</x:t>
         </x:is>
       </x:c>
       <x:c r="D46" s="5" t="str"/>
       <x:c r="E46" s="3" t="str"/>
       <x:c r="F46" s="13">
-        <x:v>989.000000</x:v>
+        <x:v>1858.000000</x:v>
       </x:c>
       <x:c r="G46" s="14">
-        <x:v>146.090000</x:v>
+        <x:v>91.950000</x:v>
       </x:c>
       <x:c r="H46" s="3" t="str"/>
       <x:c r="I46" s="13">
-        <x:v>144483.010000</x:v>
+        <x:v>170843.100000</x:v>
       </x:c>
       <x:c r="J46" s="5" t="str"/>
       <x:c r="K46" s="3" t="str"/>
       <x:c r="L46" s="13">
-        <x:v>1.102954</x:v>
+        <x:v>1.215392</x:v>
       </x:c>
       <x:c r="M46" s="3" t="str"/>
       <x:c r="N46" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">BEVERAGES</x:t>
+          <x:t xml:space="preserve">HOTELS, RESTAURANTS &amp; LEISURE</x:t>
         </x:is>
       </x:c>
       <x:c r="O46" s="3" t="str"/>
     </x:row>
     <x:row r="47" ht="18" customHeight="0">
       <x:c r="B47" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">MDLZ US</x:t>
+          <x:t xml:space="preserve">PEP US</x:t>
         </x:is>
       </x:c>
       <x:c r="C47" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">MONDELEZ INTL</x:t>
+          <x:t xml:space="preserve">PEPSICO, INC.</x:t>
         </x:is>
       </x:c>
       <x:c r="D47" s="5" t="str"/>
       <x:c r="E47" s="3" t="str"/>
       <x:c r="F47" s="13">
-        <x:v>2498.000000</x:v>
+        <x:v>1043.000000</x:v>
       </x:c>
       <x:c r="G47" s="14">
-        <x:v>57.460000</x:v>
+        <x:v>153.630000</x:v>
       </x:c>
       <x:c r="H47" s="3" t="str"/>
       <x:c r="I47" s="13">
-        <x:v>143535.080000</x:v>
+        <x:v>160236.090000</x:v>
       </x:c>
       <x:c r="J47" s="5" t="str"/>
       <x:c r="K47" s="3" t="str"/>
       <x:c r="L47" s="13">
-        <x:v>1.095718</x:v>
+        <x:v>1.139933</x:v>
       </x:c>
       <x:c r="M47" s="3" t="str"/>
       <x:c r="N47" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">FOOD PRODUCTS</x:t>
+          <x:t xml:space="preserve">BEVERAGES</x:t>
         </x:is>
       </x:c>
       <x:c r="O47" s="3" t="str"/>
     </x:row>
     <x:row r="48" ht="18" customHeight="0">
       <x:c r="B48" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">SBUX US</x:t>
+          <x:t xml:space="preserve">MDLZ US</x:t>
         </x:is>
       </x:c>
       <x:c r="C48" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">STARBUCKS CORP</x:t>
+          <x:t xml:space="preserve">MONDELEZ INTL</x:t>
         </x:is>
       </x:c>
       <x:c r="D48" s="5" t="str"/>
       <x:c r="E48" s="3" t="str"/>
       <x:c r="F48" s="13">
-        <x:v>1761.000000</x:v>
+        <x:v>2636.000000</x:v>
       </x:c>
       <x:c r="G48" s="14">
-        <x:v>80.870000</x:v>
+        <x:v>58.470000</x:v>
       </x:c>
       <x:c r="H48" s="3" t="str"/>
       <x:c r="I48" s="13">
-        <x:v>142412.070000</x:v>
+        <x:v>154126.920000</x:v>
       </x:c>
       <x:c r="J48" s="5" t="str"/>
       <x:c r="K48" s="3" t="str"/>
       <x:c r="L48" s="13">
-        <x:v>1.087145</x:v>
+        <x:v>1.096472</x:v>
       </x:c>
       <x:c r="M48" s="3" t="str"/>
       <x:c r="N48" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">HOTELS, RESTAURANTS &amp; LEISURE</x:t>
+          <x:t xml:space="preserve">FOOD PRODUCTS</x:t>
         </x:is>
       </x:c>
       <x:c r="O48" s="3" t="str"/>
     </x:row>
     <x:row r="49" ht="18" customHeight="0">
       <x:c r="B49" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">TXN US</x:t>
+          <x:t xml:space="preserve">ZTS US</x:t>
         </x:is>
       </x:c>
       <x:c r="C49" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">TEXAS INSTRUMENTS, INC.</x:t>
+          <x:t xml:space="preserve">ZOETIS INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D49" s="5" t="str"/>
       <x:c r="E49" s="3" t="str"/>
       <x:c r="F49" s="13">
-        <x:v>547.000000</x:v>
+        <x:v>1140.000000</x:v>
       </x:c>
       <x:c r="G49" s="14">
-        <x:v>161.460000</x:v>
+        <x:v>124.820000</x:v>
       </x:c>
       <x:c r="H49" s="3" t="str"/>
       <x:c r="I49" s="13">
-        <x:v>88318.620000</x:v>
+        <x:v>142294.800000</x:v>
       </x:c>
       <x:c r="J49" s="5" t="str"/>
       <x:c r="K49" s="3" t="str"/>
       <x:c r="L49" s="13">
-        <x:v>0.674206</x:v>
+        <x:v>1.012297</x:v>
       </x:c>
       <x:c r="M49" s="3" t="str"/>
       <x:c r="N49" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">SEMICONDUCTORS &amp; SEMICONDUCTOR EQUIPMENT</x:t>
+          <x:t xml:space="preserve">PHARMACEUTICALS</x:t>
         </x:is>
       </x:c>
       <x:c r="O49" s="3" t="str"/>
     </x:row>
     <x:row r="50" ht="18" customHeight="0">
       <x:c r="B50" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">SOLS US</x:t>
+          <x:t xml:space="preserve"/>
         </x:is>
       </x:c>
       <x:c r="C50" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">SOLSTICE ADVANCED MATERIA</x:t>
+          <x:t xml:space="preserve">U.S. DOLLARS</x:t>
         </x:is>
       </x:c>
       <x:c r="D50" s="5" t="str"/>
       <x:c r="E50" s="3" t="str"/>
       <x:c r="F50" s="13">
-        <x:v>0.750000</x:v>
+        <x:v>141861.430000</x:v>
       </x:c>
       <x:c r="G50" s="14">
-        <x:v>45.066667</x:v>
+        <x:v>1.000000</x:v>
       </x:c>
       <x:c r="H50" s="3" t="str"/>
       <x:c r="I50" s="13">
-        <x:v>33.800000</x:v>
+        <x:v>141861.430000</x:v>
       </x:c>
       <x:c r="J50" s="5" t="str"/>
       <x:c r="K50" s="3" t="str"/>
       <x:c r="L50" s="13">
-        <x:v>0.000258</x:v>
+        <x:v>1.009214</x:v>
       </x:c>
       <x:c r="M50" s="3" t="str"/>
       <x:c r="N50" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">CHEMICALS</x:t>
+          <x:t xml:space="preserve">FOREIGN CURRENCY</x:t>
         </x:is>
       </x:c>
       <x:c r="O50" s="3" t="str"/>
     </x:row>
     <x:row r="51" ht="8.45" customHeight="1">
       <x:c r="A51" s="15" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" s="15" t="inlineStr">
         <x:is>
           <x:t>Holdings are subject to change at any time.</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" s="16" t="inlineStr">
         <x:is>
           <x:t>Important information on risk</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -2379,93 +2372,87 @@
     <x:col min="10" max="10" width="18.7109375" customWidth="1"/>
     <x:col min="11" max="11" width="3.140625" customWidth="1"/>
     <x:col min="12" max="12" width="9.421875" customWidth="1"/>
     <x:col min="13" max="13" width="5.00390625" customWidth="1"/>
     <x:col min="14" max="14" width="19.7109375" customWidth="1"/>
     <x:col min="15" max="15" width="18.1328125" customWidth="1"/>
     <x:col min="16" max="16" width="0.0234375" customWidth="1"/>
     <x:col min="17" max="17" width="1.58203125" customWidth="1"/>
     <x:col min="18" max="18" width="0.0234375" customWidth="1"/>
     <x:col min="19" max="19" width="1.8515625" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="23.25" customHeight="1">
       <x:c r="A1" s="1" t="inlineStr">
         <x:is>
           <x:r>
             <x:rPr>
               <x:b/>
               <x:i val="0"/>
               <x:strike val="0"/>
               <x:u val="none"/>
               <x:sz val="14"/>
               <x:color rgb="FF000000"/>
               <x:rFont val="Arial"/>
             </x:rPr>
-            <x:t xml:space="preserve">Nuveen Winslow Large Cap Growth ESG ETF - (Equities - NWLG) - 10/31/2025</x:t>
+            <x:t xml:space="preserve">Nuveen Winslow Large Cap Growth ESG ETF - (Equities - NWLG) - 1/31/2026</x:t>
           </x:r>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="2" ht="3.85" customHeight="1"/>
     <x:row r="3" ht="18" customHeight="0">
       <x:c r="B3" s="2" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">Total Net Assets:</x:t>
         </x:is>
       </x:c>
       <x:c r="C3" s="3" t="str"/>
-      <x:c r="D3" s="4">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="D3" s="4" t="str"/>
       <x:c r="E3" s="2" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">Shares Outstanding:</x:t>
         </x:is>
       </x:c>
       <x:c r="F3" s="5" t="str"/>
       <x:c r="G3" s="3" t="str"/>
-      <x:c r="H3" s="6">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H3" s="4" t="str"/>
       <x:c r="I3" s="3" t="str"/>
       <x:c r="J3" s="2" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">NAV per Share:</x:t>
         </x:is>
       </x:c>
-      <x:c r="K3" s="4">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K3" s="4" t="str"/>
       <x:c r="L3" s="3" t="str"/>
       <x:c r="M3" s="2" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">Cash &amp; Equivalents:</x:t>
         </x:is>
       </x:c>
       <x:c r="N3" s="3" t="str"/>
-      <x:c r="O3" s="4">
+      <x:c r="O3" s="6">
         <x:v>0.000000</x:v>
       </x:c>
     </x:row>
     <x:row r="4" ht="5" customHeight="1"/>
     <x:row r="5" ht="21.6" customHeight="1">
       <x:c r="B5" s="7" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">Holdings</x:t>
         </x:is>
       </x:c>
       <x:c r="C5" s="5" t="str"/>
       <x:c r="D5" s="5" t="str"/>
       <x:c r="E5" s="5" t="str"/>
       <x:c r="F5" s="5" t="str"/>
       <x:c r="G5" s="5" t="str"/>
       <x:c r="H5" s="5" t="str"/>
       <x:c r="I5" s="5" t="str"/>
       <x:c r="J5" s="5" t="str"/>
       <x:c r="K5" s="5" t="str"/>
       <x:c r="L5" s="5" t="str"/>
       <x:c r="M5" s="5" t="str"/>
       <x:c r="N5" s="5" t="str"/>
       <x:c r="O5" s="3" t="str"/>
     </x:row>
     <x:row r="6" ht="18" customHeight="0">
@@ -2504,1449 +2491,1629 @@
           <x:t xml:space="preserve">% Weighting</x:t>
         </x:is>
       </x:c>
       <x:c r="M6" s="3" t="str"/>
       <x:c r="N6" s="8" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">Sector</x:t>
         </x:is>
       </x:c>
       <x:c r="O6" s="3" t="str"/>
     </x:row>
     <x:row r="7" ht="18" customHeight="0">
       <x:c r="B7" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">NVDA US</x:t>
         </x:is>
       </x:c>
       <x:c r="C7" s="12" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">NVIDIA CORP</x:t>
         </x:is>
       </x:c>
       <x:c r="D7" s="5" t="str"/>
       <x:c r="E7" s="3" t="str"/>
       <x:c r="F7" s="13">
-        <x:v>8980.000000</x:v>
+        <x:v>8048.000000</x:v>
       </x:c>
       <x:c r="G7" s="14">
-        <x:v>202.490000</x:v>
+        <x:v>191.130000</x:v>
       </x:c>
       <x:c r="H7" s="3" t="str"/>
       <x:c r="I7" s="13">
-        <x:v>1818360.200000</x:v>
+        <x:v>1538214.240000</x:v>
       </x:c>
       <x:c r="J7" s="5" t="str"/>
       <x:c r="K7" s="3" t="str"/>
       <x:c r="L7" s="13">
-        <x:v>14.895484</x:v>
+        <x:v>13.402440</x:v>
       </x:c>
       <x:c r="M7" s="3" t="str"/>
       <x:c r="N7" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">SEMICONDUCTORS &amp; SEMICONDUCTOR EQUIPMENT</x:t>
         </x:is>
       </x:c>
       <x:c r="O7" s="3" t="str"/>
     </x:row>
     <x:row r="8" ht="18" customHeight="0">
       <x:c r="B8" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">MSFT US</x:t>
         </x:is>
       </x:c>
       <x:c r="C8" s="12" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">MICROSOFT CORP</x:t>
         </x:is>
       </x:c>
       <x:c r="D8" s="5" t="str"/>
       <x:c r="E8" s="3" t="str"/>
       <x:c r="F8" s="13">
-        <x:v>2723.000000</x:v>
+        <x:v>2318.000000</x:v>
       </x:c>
       <x:c r="G8" s="14">
-        <x:v>517.810000</x:v>
+        <x:v>430.290000</x:v>
       </x:c>
       <x:c r="H8" s="3" t="str"/>
       <x:c r="I8" s="13">
-        <x:v>1409996.630000</x:v>
+        <x:v>997412.220000</x:v>
       </x:c>
       <x:c r="J8" s="5" t="str"/>
       <x:c r="K8" s="3" t="str"/>
       <x:c r="L8" s="13">
-        <x:v>11.550287</x:v>
+        <x:v>8.690439</x:v>
       </x:c>
       <x:c r="M8" s="3" t="str"/>
       <x:c r="N8" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">SOFTWARE</x:t>
         </x:is>
       </x:c>
       <x:c r="O8" s="3" t="str"/>
     </x:row>
     <x:row r="9" ht="18" customHeight="0">
       <x:c r="B9" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">AAPL US</x:t>
         </x:is>
       </x:c>
       <x:c r="C9" s="12" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">APPLE INC.</x:t>
         </x:is>
       </x:c>
       <x:c r="D9" s="5" t="str"/>
       <x:c r="E9" s="3" t="str"/>
       <x:c r="F9" s="13">
         <x:v>3728.000000</x:v>
       </x:c>
       <x:c r="G9" s="14">
-        <x:v>270.370000</x:v>
+        <x:v>259.480000</x:v>
       </x:c>
       <x:c r="H9" s="3" t="str"/>
       <x:c r="I9" s="13">
-        <x:v>1007939.360000</x:v>
+        <x:v>967341.440000</x:v>
       </x:c>
       <x:c r="J9" s="5" t="str"/>
       <x:c r="K9" s="3" t="str"/>
       <x:c r="L9" s="13">
-        <x:v>8.256749</x:v>
+        <x:v>8.428433</x:v>
       </x:c>
       <x:c r="M9" s="3" t="str"/>
       <x:c r="N9" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">TECHNOLOGY HARDWARE, STORAGE &amp; PERIPHERALS</x:t>
         </x:is>
       </x:c>
       <x:c r="O9" s="3" t="str"/>
     </x:row>
     <x:row r="10" ht="18" customHeight="0">
       <x:c r="B10" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">AMZN US</x:t>
+          <x:t xml:space="preserve">GOOG US</x:t>
         </x:is>
       </x:c>
       <x:c r="C10" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">AMAZON.COM, INC.</x:t>
+          <x:t xml:space="preserve">ALPHABET INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D10" s="5" t="str"/>
       <x:c r="E10" s="3" t="str"/>
       <x:c r="F10" s="13">
-        <x:v>2657.000000</x:v>
+        <x:v>2736.000000</x:v>
       </x:c>
       <x:c r="G10" s="14">
-        <x:v>244.220000</x:v>
+        <x:v>338.530000</x:v>
       </x:c>
       <x:c r="H10" s="3" t="str"/>
       <x:c r="I10" s="13">
-        <x:v>648892.540000</x:v>
+        <x:v>926218.080000</x:v>
       </x:c>
       <x:c r="J10" s="5" t="str"/>
       <x:c r="K10" s="3" t="str"/>
       <x:c r="L10" s="13">
-        <x:v>5.315541</x:v>
+        <x:v>8.070126</x:v>
       </x:c>
       <x:c r="M10" s="3" t="str"/>
       <x:c r="N10" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">INTERNET SOFTWARE &amp; SERVICES</x:t>
         </x:is>
       </x:c>
       <x:c r="O10" s="3" t="str"/>
     </x:row>
     <x:row r="11" ht="18" customHeight="0">
       <x:c r="B11" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">GOOG US</x:t>
+          <x:t xml:space="preserve">AMZN US</x:t>
         </x:is>
       </x:c>
       <x:c r="C11" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ALPHABET INC</x:t>
+          <x:t xml:space="preserve">AMAZON.COM, INC.</x:t>
         </x:is>
       </x:c>
       <x:c r="D11" s="5" t="str"/>
       <x:c r="E11" s="3" t="str"/>
       <x:c r="F11" s="13">
-        <x:v>2297.000000</x:v>
+        <x:v>2801.000000</x:v>
       </x:c>
       <x:c r="G11" s="14">
-        <x:v>281.820000</x:v>
+        <x:v>239.300000</x:v>
       </x:c>
       <x:c r="H11" s="3" t="str"/>
       <x:c r="I11" s="13">
-        <x:v>647340.540000</x:v>
+        <x:v>670279.300000</x:v>
       </x:c>
       <x:c r="J11" s="5" t="str"/>
       <x:c r="K11" s="3" t="str"/>
       <x:c r="L11" s="13">
-        <x:v>5.302827</x:v>
+        <x:v>5.840134</x:v>
       </x:c>
       <x:c r="M11" s="3" t="str"/>
       <x:c r="N11" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">INTERNET SOFTWARE &amp; SERVICES</x:t>
         </x:is>
       </x:c>
       <x:c r="O11" s="3" t="str"/>
     </x:row>
     <x:row r="12" ht="18" customHeight="0">
       <x:c r="B12" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">AVGO US</x:t>
         </x:is>
       </x:c>
       <x:c r="C12" s="12" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">BROADCOM INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D12" s="5" t="str"/>
       <x:c r="E12" s="3" t="str"/>
       <x:c r="F12" s="13">
-        <x:v>1619.000000</x:v>
+        <x:v>1683.000000</x:v>
       </x:c>
       <x:c r="G12" s="14">
-        <x:v>369.630000</x:v>
+        <x:v>331.300000</x:v>
       </x:c>
       <x:c r="H12" s="3" t="str"/>
       <x:c r="I12" s="13">
-        <x:v>598430.970000</x:v>
+        <x:v>557577.900000</x:v>
       </x:c>
       <x:c r="J12" s="5" t="str"/>
       <x:c r="K12" s="3" t="str"/>
       <x:c r="L12" s="13">
-        <x:v>4.902174</x:v>
+        <x:v>4.858169</x:v>
       </x:c>
       <x:c r="M12" s="3" t="str"/>
       <x:c r="N12" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">SEMICONDUCTORS &amp; SEMICONDUCTOR EQUIPMENT</x:t>
         </x:is>
       </x:c>
       <x:c r="O12" s="3" t="str"/>
     </x:row>
     <x:row r="13" ht="18" customHeight="0">
       <x:c r="B13" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">META</x:t>
+          <x:t xml:space="preserve">TSLA US</x:t>
         </x:is>
       </x:c>
       <x:c r="C13" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">META PLATFORMS INC</x:t>
+          <x:t xml:space="preserve">TESLA INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D13" s="5" t="str"/>
       <x:c r="E13" s="3" t="str"/>
       <x:c r="F13" s="13">
-        <x:v>727.000000</x:v>
+        <x:v>736.000000</x:v>
       </x:c>
       <x:c r="G13" s="14">
-        <x:v>648.350000</x:v>
+        <x:v>430.410000</x:v>
       </x:c>
       <x:c r="H13" s="3" t="str"/>
       <x:c r="I13" s="13">
-        <x:v>471350.450000</x:v>
+        <x:v>316781.760000</x:v>
       </x:c>
       <x:c r="J13" s="5" t="str"/>
       <x:c r="K13" s="3" t="str"/>
       <x:c r="L13" s="13">
-        <x:v>3.861167</x:v>
+        <x:v>2.760115</x:v>
       </x:c>
       <x:c r="M13" s="3" t="str"/>
       <x:c r="N13" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">INTERNET SOFTWARE &amp; SERVICES</x:t>
+          <x:t xml:space="preserve">AUTOMOBILES</x:t>
         </x:is>
       </x:c>
       <x:c r="O13" s="3" t="str"/>
     </x:row>
     <x:row r="14" ht="18" customHeight="0">
       <x:c r="B14" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">SNOW US</x:t>
+          <x:t xml:space="preserve">LLY US</x:t>
         </x:is>
       </x:c>
       <x:c r="C14" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">SNOWFLAKE INC</x:t>
+          <x:t xml:space="preserve">ELI LILLY AND COMPANY</x:t>
         </x:is>
       </x:c>
       <x:c r="D14" s="5" t="str"/>
       <x:c r="E14" s="3" t="str"/>
       <x:c r="F14" s="13">
-        <x:v>1340.000000</x:v>
+        <x:v>294.000000</x:v>
       </x:c>
       <x:c r="G14" s="14">
-        <x:v>274.880000</x:v>
+        <x:v>1037.150000</x:v>
       </x:c>
       <x:c r="H14" s="3" t="str"/>
       <x:c r="I14" s="13">
-        <x:v>368339.200000</x:v>
+        <x:v>304922.100000</x:v>
       </x:c>
       <x:c r="J14" s="5" t="str"/>
       <x:c r="K14" s="3" t="str"/>
       <x:c r="L14" s="13">
-        <x:v>3.017329</x:v>
+        <x:v>2.656782</x:v>
       </x:c>
       <x:c r="M14" s="3" t="str"/>
       <x:c r="N14" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">SOFTWARE</x:t>
+          <x:t xml:space="preserve">PHARMACEUTICALS</x:t>
         </x:is>
       </x:c>
       <x:c r="O14" s="3" t="str"/>
     </x:row>
     <x:row r="15" ht="18" customHeight="0">
       <x:c r="B15" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">V US</x:t>
+          <x:t xml:space="preserve">META</x:t>
         </x:is>
       </x:c>
       <x:c r="C15" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">VISA INC</x:t>
+          <x:t xml:space="preserve">META PLATFORMS INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D15" s="5" t="str"/>
       <x:c r="E15" s="3" t="str"/>
       <x:c r="F15" s="13">
-        <x:v>937.000000</x:v>
+        <x:v>372.000000</x:v>
       </x:c>
       <x:c r="G15" s="14">
-        <x:v>340.740000</x:v>
+        <x:v>716.500000</x:v>
       </x:c>
       <x:c r="H15" s="3" t="str"/>
       <x:c r="I15" s="13">
-        <x:v>319273.380000</x:v>
+        <x:v>266538.000000</x:v>
       </x:c>
       <x:c r="J15" s="5" t="str"/>
       <x:c r="K15" s="3" t="str"/>
       <x:c r="L15" s="13">
-        <x:v>2.615396</x:v>
+        <x:v>2.322342</x:v>
       </x:c>
       <x:c r="M15" s="3" t="str"/>
       <x:c r="N15" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">DIVERSIFIED FINANCIAL SERVICES</x:t>
+          <x:t xml:space="preserve">INTERNET SOFTWARE &amp; SERVICES</x:t>
         </x:is>
       </x:c>
       <x:c r="O15" s="3" t="str"/>
     </x:row>
     <x:row r="16" ht="18" customHeight="0">
       <x:c r="B16" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">NOW US</x:t>
+          <x:t xml:space="preserve">SNOW US</x:t>
         </x:is>
       </x:c>
       <x:c r="C16" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">SERVICENOW INC</x:t>
+          <x:t xml:space="preserve">SNOWFLAKE INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D16" s="5" t="str"/>
       <x:c r="E16" s="3" t="str"/>
       <x:c r="F16" s="13">
-        <x:v>330.000000</x:v>
+        <x:v>1346.000000</x:v>
       </x:c>
       <x:c r="G16" s="14">
-        <x:v>919.280000</x:v>
+        <x:v>192.700000</x:v>
       </x:c>
       <x:c r="H16" s="3" t="str"/>
       <x:c r="I16" s="13">
-        <x:v>303362.400000</x:v>
+        <x:v>259374.200000</x:v>
       </x:c>
       <x:c r="J16" s="5" t="str"/>
       <x:c r="K16" s="3" t="str"/>
       <x:c r="L16" s="13">
-        <x:v>2.485058</x:v>
+        <x:v>2.259924</x:v>
       </x:c>
       <x:c r="M16" s="3" t="str"/>
       <x:c r="N16" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">SOFTWARE</x:t>
         </x:is>
       </x:c>
       <x:c r="O16" s="3" t="str"/>
     </x:row>
     <x:row r="17" ht="18" customHeight="0">
       <x:c r="B17" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">MA US</x:t>
+          <x:t xml:space="preserve">ANET US</x:t>
         </x:is>
       </x:c>
       <x:c r="C17" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">MASTERCARD, INC - A</x:t>
+          <x:t xml:space="preserve">ARISTA NETWORKS INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D17" s="5" t="str"/>
       <x:c r="E17" s="3" t="str"/>
       <x:c r="F17" s="13">
-        <x:v>527.000000</x:v>
+        <x:v>1797.000000</x:v>
       </x:c>
       <x:c r="G17" s="14">
-        <x:v>551.990000</x:v>
+        <x:v>141.740000</x:v>
       </x:c>
       <x:c r="H17" s="3" t="str"/>
       <x:c r="I17" s="13">
-        <x:v>290898.730000</x:v>
+        <x:v>254706.780000</x:v>
       </x:c>
       <x:c r="J17" s="5" t="str"/>
       <x:c r="K17" s="3" t="str"/>
       <x:c r="L17" s="13">
-        <x:v>2.382959</x:v>
+        <x:v>2.219257</x:v>
       </x:c>
       <x:c r="M17" s="3" t="str"/>
       <x:c r="N17" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">IT SERVICES</x:t>
+          <x:t xml:space="preserve">DIVERSIFIED TELECOMMUNICATION SERVICES</x:t>
         </x:is>
       </x:c>
       <x:c r="O17" s="3" t="str"/>
     </x:row>
     <x:row r="18" ht="18" customHeight="0">
       <x:c r="B18" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">TSLA US</x:t>
+          <x:t xml:space="preserve">ISRG US</x:t>
         </x:is>
       </x:c>
       <x:c r="C18" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">TESLA INC</x:t>
+          <x:t xml:space="preserve">INTUITIVE SURGICAL INC.</x:t>
         </x:is>
       </x:c>
       <x:c r="D18" s="5" t="str"/>
       <x:c r="E18" s="3" t="str"/>
       <x:c r="F18" s="13">
-        <x:v>607.000000</x:v>
+        <x:v>474.000000</x:v>
       </x:c>
       <x:c r="G18" s="14">
-        <x:v>456.560000</x:v>
+        <x:v>504.220000</x:v>
       </x:c>
       <x:c r="H18" s="3" t="str"/>
       <x:c r="I18" s="13">
-        <x:v>277131.920000</x:v>
+        <x:v>239000.280000</x:v>
       </x:c>
       <x:c r="J18" s="5" t="str"/>
       <x:c r="K18" s="3" t="str"/>
       <x:c r="L18" s="13">
-        <x:v>2.270185</x:v>
+        <x:v>2.082406</x:v>
       </x:c>
       <x:c r="M18" s="3" t="str"/>
       <x:c r="N18" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">AUTOMOBILES</x:t>
+          <x:t xml:space="preserve">HEALTH CARE EQUIPMENT &amp; SUPPLIES</x:t>
         </x:is>
       </x:c>
       <x:c r="O18" s="3" t="str"/>
     </x:row>
     <x:row r="19" ht="18" customHeight="0">
       <x:c r="B19" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">INTU US</x:t>
+          <x:t xml:space="preserve">GEV US</x:t>
         </x:is>
       </x:c>
       <x:c r="C19" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">INTUIT INC.</x:t>
+          <x:t xml:space="preserve">GE VERNOVA LLC</x:t>
         </x:is>
       </x:c>
       <x:c r="D19" s="5" t="str"/>
       <x:c r="E19" s="3" t="str"/>
       <x:c r="F19" s="13">
-        <x:v>393.000000</x:v>
+        <x:v>303.000000</x:v>
       </x:c>
       <x:c r="G19" s="14">
-        <x:v>667.550000</x:v>
+        <x:v>726.370000</x:v>
       </x:c>
       <x:c r="H19" s="3" t="str"/>
       <x:c r="I19" s="13">
-        <x:v>262347.150000</x:v>
+        <x:v>220090.110000</x:v>
       </x:c>
       <x:c r="J19" s="5" t="str"/>
       <x:c r="K19" s="3" t="str"/>
       <x:c r="L19" s="13">
-        <x:v>2.149072</x:v>
+        <x:v>1.917642</x:v>
       </x:c>
       <x:c r="M19" s="3" t="str"/>
       <x:c r="N19" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">SOFTWARE</x:t>
+          <x:t xml:space="preserve">MACHINERY</x:t>
         </x:is>
       </x:c>
       <x:c r="O19" s="3" t="str"/>
     </x:row>
     <x:row r="20" ht="18" customHeight="0">
       <x:c r="B20" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ISRG US</x:t>
+          <x:t xml:space="preserve">V US</x:t>
         </x:is>
       </x:c>
       <x:c r="C20" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">INTUITIVE SURGICAL INC.</x:t>
+          <x:t xml:space="preserve">VISA INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D20" s="5" t="str"/>
       <x:c r="E20" s="3" t="str"/>
       <x:c r="F20" s="13">
-        <x:v>475.000000</x:v>
+        <x:v>659.000000</x:v>
       </x:c>
       <x:c r="G20" s="14">
-        <x:v>534.280000</x:v>
+        <x:v>321.830000</x:v>
       </x:c>
       <x:c r="H20" s="3" t="str"/>
       <x:c r="I20" s="13">
-        <x:v>253783.000000</x:v>
+        <x:v>212085.970000</x:v>
       </x:c>
       <x:c r="J20" s="5" t="str"/>
       <x:c r="K20" s="3" t="str"/>
       <x:c r="L20" s="13">
-        <x:v>2.078917</x:v>
+        <x:v>1.847902</x:v>
       </x:c>
       <x:c r="M20" s="3" t="str"/>
       <x:c r="N20" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">HEALTH CARE EQUIPMENT &amp; SUPPLIES</x:t>
+          <x:t xml:space="preserve">DIVERSIFIED FINANCIAL SERVICES</x:t>
         </x:is>
       </x:c>
       <x:c r="O20" s="3" t="str"/>
     </x:row>
     <x:row r="21" ht="18" customHeight="0">
       <x:c r="B21" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">LLY US</x:t>
+          <x:t xml:space="preserve">GE US</x:t>
         </x:is>
       </x:c>
       <x:c r="C21" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ELI LILLY AND COMPANY</x:t>
+          <x:t xml:space="preserve">GENERAL ELECTRIC COMPANY</x:t>
         </x:is>
       </x:c>
       <x:c r="D21" s="5" t="str"/>
       <x:c r="E21" s="3" t="str"/>
       <x:c r="F21" s="13">
-        <x:v>294.000000</x:v>
+        <x:v>680.000000</x:v>
       </x:c>
       <x:c r="G21" s="14">
-        <x:v>862.860000</x:v>
+        <x:v>306.790000</x:v>
       </x:c>
       <x:c r="H21" s="3" t="str"/>
       <x:c r="I21" s="13">
-        <x:v>253680.840000</x:v>
+        <x:v>208617.200000</x:v>
       </x:c>
       <x:c r="J21" s="5" t="str"/>
       <x:c r="K21" s="3" t="str"/>
       <x:c r="L21" s="13">
-        <x:v>2.078080</x:v>
+        <x:v>1.817679</x:v>
       </x:c>
       <x:c r="M21" s="3" t="str"/>
       <x:c r="N21" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">PHARMACEUTICALS</x:t>
+          <x:t xml:space="preserve">OTHER INDUSTRY</x:t>
         </x:is>
       </x:c>
       <x:c r="O21" s="3" t="str"/>
     </x:row>
     <x:row r="22" ht="18" customHeight="0">
       <x:c r="B22" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">SPOT US</x:t>
+          <x:t xml:space="preserve">ASML US</x:t>
         </x:is>
       </x:c>
       <x:c r="C22" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">SPOTIFY TECHNOLOGY SA</x:t>
+          <x:t xml:space="preserve">ASML HOLDING NV</x:t>
         </x:is>
       </x:c>
       <x:c r="D22" s="5" t="str"/>
       <x:c r="E22" s="3" t="str"/>
       <x:c r="F22" s="13">
-        <x:v>373.000000</x:v>
+        <x:v>139.000000</x:v>
       </x:c>
       <x:c r="G22" s="14">
-        <x:v>655.320000</x:v>
+        <x:v>1423.000000</x:v>
       </x:c>
       <x:c r="H22" s="3" t="str"/>
       <x:c r="I22" s="13">
-        <x:v>244434.360000</x:v>
+        <x:v>197797.000000</x:v>
       </x:c>
       <x:c r="J22" s="5" t="str"/>
       <x:c r="K22" s="3" t="str"/>
       <x:c r="L22" s="13">
-        <x:v>2.002336</x:v>
+        <x:v>1.723403</x:v>
       </x:c>
       <x:c r="M22" s="3" t="str"/>
       <x:c r="N22" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">INTERNET SOFTWARE &amp; SERVICES</x:t>
+          <x:t xml:space="preserve">SEMICONDUCTORS &amp; SEMICONDUCTOR EQUIPMENT</x:t>
         </x:is>
       </x:c>
       <x:c r="O22" s="3" t="str"/>
     </x:row>
     <x:row r="23" ht="18" customHeight="0">
       <x:c r="B23" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">SHOP US</x:t>
+          <x:t xml:space="preserve">VRTX US</x:t>
         </x:is>
       </x:c>
       <x:c r="C23" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">SHOPIFY INC- CLASS A</x:t>
+          <x:t xml:space="preserve">VERTEX PHARMACEUTICALS</x:t>
         </x:is>
       </x:c>
       <x:c r="D23" s="5" t="str"/>
       <x:c r="E23" s="3" t="str"/>
       <x:c r="F23" s="13">
-        <x:v>1315.000000</x:v>
+        <x:v>400.000000</x:v>
       </x:c>
       <x:c r="G23" s="14">
-        <x:v>173.860000</x:v>
+        <x:v>469.900000</x:v>
       </x:c>
       <x:c r="H23" s="3" t="str"/>
       <x:c r="I23" s="13">
-        <x:v>228625.900000</x:v>
+        <x:v>187960.000000</x:v>
       </x:c>
       <x:c r="J23" s="5" t="str"/>
       <x:c r="K23" s="3" t="str"/>
       <x:c r="L23" s="13">
-        <x:v>1.872838</x:v>
+        <x:v>1.637693</x:v>
       </x:c>
       <x:c r="M23" s="3" t="str"/>
       <x:c r="N23" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">INTERNET SOFTWARE &amp; SERVICES</x:t>
+          <x:t xml:space="preserve">BIOTECHNOLOGY</x:t>
         </x:is>
       </x:c>
       <x:c r="O23" s="3" t="str"/>
     </x:row>
     <x:row r="24" ht="18" customHeight="0">
       <x:c r="B24" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ANET US</x:t>
+          <x:t xml:space="preserve">SPOT US</x:t>
         </x:is>
       </x:c>
       <x:c r="C24" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ARISTA NETWORKS INC</x:t>
+          <x:t xml:space="preserve">SPOTIFY TECHNOLOGY SA</x:t>
         </x:is>
       </x:c>
       <x:c r="D24" s="5" t="str"/>
       <x:c r="E24" s="3" t="str"/>
       <x:c r="F24" s="13">
-        <x:v>1220.000000</x:v>
+        <x:v>348.000000</x:v>
       </x:c>
       <x:c r="G24" s="14">
-        <x:v>157.690000</x:v>
+        <x:v>500.350000</x:v>
       </x:c>
       <x:c r="H24" s="3" t="str"/>
       <x:c r="I24" s="13">
-        <x:v>192381.800000</x:v>
+        <x:v>174121.800000</x:v>
       </x:c>
       <x:c r="J24" s="5" t="str"/>
       <x:c r="K24" s="3" t="str"/>
       <x:c r="L24" s="13">
-        <x:v>1.575936</x:v>
+        <x:v>1.517121</x:v>
       </x:c>
       <x:c r="M24" s="3" t="str"/>
       <x:c r="N24" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">DIVERSIFIED TELECOMMUNICATION SERVICES</x:t>
+          <x:t xml:space="preserve">INTERNET SOFTWARE &amp; SERVICES</x:t>
         </x:is>
       </x:c>
       <x:c r="O24" s="3" t="str"/>
     </x:row>
     <x:row r="25" ht="18" customHeight="0">
       <x:c r="B25" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">AMD US</x:t>
+          <x:t xml:space="preserve">SHOP US</x:t>
         </x:is>
       </x:c>
       <x:c r="C25" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ADVANCED MICRO DEVICES</x:t>
+          <x:t xml:space="preserve">SHOPIFY INC- CLASS A</x:t>
         </x:is>
       </x:c>
       <x:c r="D25" s="5" t="str"/>
       <x:c r="E25" s="3" t="str"/>
       <x:c r="F25" s="13">
-        <x:v>745.000000</x:v>
+        <x:v>1315.000000</x:v>
       </x:c>
       <x:c r="G25" s="14">
-        <x:v>256.120000</x:v>
+        <x:v>131.230000</x:v>
       </x:c>
       <x:c r="H25" s="3" t="str"/>
       <x:c r="I25" s="13">
-        <x:v>190809.400000</x:v>
+        <x:v>172567.450000</x:v>
       </x:c>
       <x:c r="J25" s="5" t="str"/>
       <x:c r="K25" s="3" t="str"/>
       <x:c r="L25" s="13">
-        <x:v>1.563056</x:v>
+        <x:v>1.503578</x:v>
       </x:c>
       <x:c r="M25" s="3" t="str"/>
       <x:c r="N25" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">SEMICONDUCTORS &amp; SEMICONDUCTOR EQUIPMENT</x:t>
+          <x:t xml:space="preserve">INTERNET SOFTWARE &amp; SERVICES</x:t>
         </x:is>
       </x:c>
       <x:c r="O25" s="3" t="str"/>
     </x:row>
     <x:row r="26" ht="18" customHeight="0">
       <x:c r="B26" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">DASH US</x:t>
+          <x:t xml:space="preserve">MA US</x:t>
         </x:is>
       </x:c>
       <x:c r="C26" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">DOORDASH INC</x:t>
+          <x:t xml:space="preserve">MASTERCARD, INC - A</x:t>
         </x:is>
       </x:c>
       <x:c r="D26" s="5" t="str"/>
       <x:c r="E26" s="3" t="str"/>
       <x:c r="F26" s="13">
-        <x:v>696.000000</x:v>
+        <x:v>314.000000</x:v>
       </x:c>
       <x:c r="G26" s="14">
-        <x:v>254.370000</x:v>
+        <x:v>538.790000</x:v>
       </x:c>
       <x:c r="H26" s="3" t="str"/>
       <x:c r="I26" s="13">
-        <x:v>177041.520000</x:v>
+        <x:v>169180.060000</x:v>
       </x:c>
       <x:c r="J26" s="5" t="str"/>
       <x:c r="K26" s="3" t="str"/>
       <x:c r="L26" s="13">
-        <x:v>1.450273</x:v>
+        <x:v>1.474064</x:v>
       </x:c>
       <x:c r="M26" s="3" t="str"/>
       <x:c r="N26" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">INTERNET SOFTWARE &amp; SERVICES</x:t>
+          <x:t xml:space="preserve">IT SERVICES</x:t>
         </x:is>
       </x:c>
       <x:c r="O26" s="3" t="str"/>
     </x:row>
     <x:row r="27" ht="18" customHeight="0">
       <x:c r="B27" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">NFLX US</x:t>
+          <x:t xml:space="preserve">ADI US</x:t>
         </x:is>
       </x:c>
       <x:c r="C27" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">NETFLIX.COM INC.</x:t>
+          <x:t xml:space="preserve">ANALOG DEVICES, INC.</x:t>
         </x:is>
       </x:c>
       <x:c r="D27" s="5" t="str"/>
       <x:c r="E27" s="3" t="str"/>
       <x:c r="F27" s="13">
-        <x:v>154.000000</x:v>
+        <x:v>523.000000</x:v>
       </x:c>
       <x:c r="G27" s="14">
-        <x:v>1118.860000</x:v>
+        <x:v>310.880000</x:v>
       </x:c>
       <x:c r="H27" s="3" t="str"/>
       <x:c r="I27" s="13">
-        <x:v>172304.440000</x:v>
+        <x:v>162590.240000</x:v>
       </x:c>
       <x:c r="J27" s="5" t="str"/>
       <x:c r="K27" s="3" t="str"/>
       <x:c r="L27" s="13">
-        <x:v>1.411468</x:v>
+        <x:v>1.416647</x:v>
       </x:c>
       <x:c r="M27" s="3" t="str"/>
       <x:c r="N27" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">INTERNET SOFTWARE &amp; SERVICES</x:t>
+          <x:t xml:space="preserve">SEMICONDUCTORS &amp; SEMICONDUCTOR EQUIPMENT</x:t>
         </x:is>
       </x:c>
       <x:c r="O27" s="3" t="str"/>
     </x:row>
     <x:row r="28" ht="18" customHeight="0">
       <x:c r="B28" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ORCL US</x:t>
+          <x:t xml:space="preserve">MCK US</x:t>
         </x:is>
       </x:c>
       <x:c r="C28" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ORACLE CORP.</x:t>
+          <x:t xml:space="preserve">MCKESSON CORP.</x:t>
         </x:is>
       </x:c>
       <x:c r="D28" s="5" t="str"/>
       <x:c r="E28" s="3" t="str"/>
       <x:c r="F28" s="13">
-        <x:v>619.000000</x:v>
+        <x:v>189.000000</x:v>
       </x:c>
       <x:c r="G28" s="14">
-        <x:v>262.610000</x:v>
+        <x:v>831.210000</x:v>
       </x:c>
       <x:c r="H28" s="3" t="str"/>
       <x:c r="I28" s="13">
-        <x:v>162555.590000</x:v>
+        <x:v>157098.690000</x:v>
       </x:c>
       <x:c r="J28" s="5" t="str"/>
       <x:c r="K28" s="3" t="str"/>
       <x:c r="L28" s="13">
-        <x:v>1.331609</x:v>
+        <x:v>1.368799</x:v>
       </x:c>
       <x:c r="M28" s="3" t="str"/>
       <x:c r="N28" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">SOFTWARE</x:t>
+          <x:t xml:space="preserve">HEALTH CARE PROVIDERS &amp; SERVICES</x:t>
         </x:is>
       </x:c>
       <x:c r="O28" s="3" t="str"/>
     </x:row>
     <x:row r="29" ht="18" customHeight="0">
       <x:c r="B29" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">CDNS US</x:t>
+          <x:t xml:space="preserve">PWR US</x:t>
         </x:is>
       </x:c>
       <x:c r="C29" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">CADENCE DESIGN SYSTEMS</x:t>
+          <x:t xml:space="preserve">QUANTA SERVICES INC.</x:t>
         </x:is>
       </x:c>
       <x:c r="D29" s="5" t="str"/>
       <x:c r="E29" s="3" t="str"/>
       <x:c r="F29" s="13">
-        <x:v>473.000000</x:v>
+        <x:v>330.000000</x:v>
       </x:c>
       <x:c r="G29" s="14">
-        <x:v>338.690000</x:v>
+        <x:v>474.630000</x:v>
       </x:c>
       <x:c r="H29" s="3" t="str"/>
       <x:c r="I29" s="13">
-        <x:v>160200.370000</x:v>
+        <x:v>156627.900000</x:v>
       </x:c>
       <x:c r="J29" s="5" t="str"/>
       <x:c r="K29" s="3" t="str"/>
       <x:c r="L29" s="13">
-        <x:v>1.312315</x:v>
+        <x:v>1.364697</x:v>
       </x:c>
       <x:c r="M29" s="3" t="str"/>
       <x:c r="N29" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">SOFTWARE</x:t>
+          <x:t xml:space="preserve">CONSTRUCTION &amp; ENGINEERING</x:t>
         </x:is>
       </x:c>
       <x:c r="O29" s="3" t="str"/>
     </x:row>
     <x:row r="30" ht="18" customHeight="0">
       <x:c r="B30" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">MCO US</x:t>
+          <x:t xml:space="preserve">HLT US</x:t>
         </x:is>
       </x:c>
       <x:c r="C30" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">MOODY'S CORPORATION</x:t>
+          <x:t xml:space="preserve">HILTON WORLDWIDE HOLD</x:t>
         </x:is>
       </x:c>
       <x:c r="D30" s="5" t="str"/>
       <x:c r="E30" s="3" t="str"/>
       <x:c r="F30" s="13">
-        <x:v>329.000000</x:v>
+        <x:v>523.000000</x:v>
       </x:c>
       <x:c r="G30" s="14">
-        <x:v>480.300000</x:v>
+        <x:v>298.510000</x:v>
       </x:c>
       <x:c r="H30" s="3" t="str"/>
       <x:c r="I30" s="13">
-        <x:v>158018.700000</x:v>
+        <x:v>156120.730000</x:v>
       </x:c>
       <x:c r="J30" s="5" t="str"/>
       <x:c r="K30" s="3" t="str"/>
       <x:c r="L30" s="13">
-        <x:v>1.294444</x:v>
+        <x:v>1.360278</x:v>
       </x:c>
       <x:c r="M30" s="3" t="str"/>
       <x:c r="N30" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">DIVERSIFIED FINANCIAL SERVICES</x:t>
+          <x:t xml:space="preserve">HOTELS, RESTAURANTS &amp; LEISURE</x:t>
         </x:is>
       </x:c>
       <x:c r="O30" s="3" t="str"/>
     </x:row>
     <x:row r="31" ht="18" customHeight="0">
       <x:c r="B31" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">AXON US</x:t>
+          <x:t xml:space="preserve">TT US</x:t>
         </x:is>
       </x:c>
       <x:c r="C31" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">AXON ENTERPRISE</x:t>
+          <x:t xml:space="preserve">TRANE TECHNOLOGIES PLC</x:t>
         </x:is>
       </x:c>
       <x:c r="D31" s="5" t="str"/>
       <x:c r="E31" s="3" t="str"/>
       <x:c r="F31" s="13">
-        <x:v>189.000000</x:v>
+        <x:v>353.000000</x:v>
       </x:c>
       <x:c r="G31" s="14">
-        <x:v>732.230000</x:v>
+        <x:v>420.580000</x:v>
       </x:c>
       <x:c r="H31" s="3" t="str"/>
       <x:c r="I31" s="13">
-        <x:v>138391.470000</x:v>
+        <x:v>148464.740000</x:v>
       </x:c>
       <x:c r="J31" s="5" t="str"/>
       <x:c r="K31" s="3" t="str"/>
       <x:c r="L31" s="13">
-        <x:v>1.133663</x:v>
+        <x:v>1.293571</x:v>
       </x:c>
       <x:c r="M31" s="3" t="str"/>
       <x:c r="N31" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">AEROSPACE &amp; DEFENSE</x:t>
+          <x:t xml:space="preserve">MACHINERY</x:t>
         </x:is>
       </x:c>
       <x:c r="O31" s="3" t="str"/>
     </x:row>
     <x:row r="32" ht="18" customHeight="0">
       <x:c r="B32" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ECL US</x:t>
+          <x:t xml:space="preserve">DASH US</x:t>
         </x:is>
       </x:c>
       <x:c r="C32" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ECOLAB INC</x:t>
+          <x:t xml:space="preserve">DOORDASH INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D32" s="5" t="str"/>
       <x:c r="E32" s="3" t="str"/>
       <x:c r="F32" s="13">
-        <x:v>529.000000</x:v>
+        <x:v>696.000000</x:v>
       </x:c>
       <x:c r="G32" s="14">
-        <x:v>256.400000</x:v>
+        <x:v>204.620000</x:v>
       </x:c>
       <x:c r="H32" s="3" t="str"/>
       <x:c r="I32" s="13">
-        <x:v>135635.600000</x:v>
+        <x:v>142415.520000</x:v>
       </x:c>
       <x:c r="J32" s="5" t="str"/>
       <x:c r="K32" s="3" t="str"/>
       <x:c r="L32" s="13">
-        <x:v>1.111088</x:v>
+        <x:v>1.240864</x:v>
       </x:c>
       <x:c r="M32" s="3" t="str"/>
       <x:c r="N32" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">CHEMICALS</x:t>
+          <x:t xml:space="preserve">INTERNET SOFTWARE &amp; SERVICES</x:t>
         </x:is>
       </x:c>
       <x:c r="O32" s="3" t="str"/>
     </x:row>
     <x:row r="33" ht="18" customHeight="0">
       <x:c r="B33" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">VRTX US</x:t>
+          <x:t xml:space="preserve">CMG US</x:t>
         </x:is>
       </x:c>
       <x:c r="C33" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">VERTEX PHARMACEUTICALS</x:t>
+          <x:t xml:space="preserve">CHIPOTLE MEXICAN GRILL</x:t>
         </x:is>
       </x:c>
       <x:c r="D33" s="5" t="str"/>
       <x:c r="E33" s="3" t="str"/>
       <x:c r="F33" s="13">
-        <x:v>317.000000</x:v>
+        <x:v>3485.000000</x:v>
       </x:c>
       <x:c r="G33" s="14">
-        <x:v>425.570000</x:v>
+        <x:v>38.870000</x:v>
       </x:c>
       <x:c r="H33" s="3" t="str"/>
       <x:c r="I33" s="13">
-        <x:v>134905.690000</x:v>
+        <x:v>135461.950000</x:v>
       </x:c>
       <x:c r="J33" s="5" t="str"/>
       <x:c r="K33" s="3" t="str"/>
       <x:c r="L33" s="13">
-        <x:v>1.105109</x:v>
+        <x:v>1.180278</x:v>
       </x:c>
       <x:c r="M33" s="3" t="str"/>
       <x:c r="N33" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">BIOTECHNOLOGY</x:t>
+          <x:t xml:space="preserve">HOTELS, RESTAURANTS &amp; LEISURE</x:t>
         </x:is>
       </x:c>
       <x:c r="O33" s="3" t="str"/>
     </x:row>
     <x:row r="34" ht="18" customHeight="0">
       <x:c r="B34" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">HLT US</x:t>
+          <x:t xml:space="preserve">HWM US</x:t>
         </x:is>
       </x:c>
       <x:c r="C34" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">HILTON WORLDWIDE HOLD</x:t>
+          <x:t xml:space="preserve">HOWMET AEROSPACE INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D34" s="5" t="str"/>
       <x:c r="E34" s="3" t="str"/>
       <x:c r="F34" s="13">
-        <x:v>523.000000</x:v>
+        <x:v>632.000000</x:v>
       </x:c>
       <x:c r="G34" s="14">
-        <x:v>256.960000</x:v>
+        <x:v>208.080000</x:v>
       </x:c>
       <x:c r="H34" s="3" t="str"/>
       <x:c r="I34" s="13">
-        <x:v>134390.080000</x:v>
+        <x:v>131506.560000</x:v>
       </x:c>
       <x:c r="J34" s="5" t="str"/>
       <x:c r="K34" s="3" t="str"/>
       <x:c r="L34" s="13">
-        <x:v>1.100885</x:v>
+        <x:v>1.145815</x:v>
       </x:c>
       <x:c r="M34" s="3" t="str"/>
       <x:c r="N34" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">HOTELS, RESTAURANTS &amp; LEISURE</x:t>
+          <x:t xml:space="preserve">AEROSPACE &amp; DEFENSE</x:t>
         </x:is>
       </x:c>
       <x:c r="O34" s="3" t="str"/>
     </x:row>
     <x:row r="35" ht="18" customHeight="0">
       <x:c r="B35" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">CTAS US</x:t>
+          <x:t xml:space="preserve">NDAQ US</x:t>
         </x:is>
       </x:c>
       <x:c r="C35" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">CINTAS CORP.</x:t>
+          <x:t xml:space="preserve">NASDAQ INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D35" s="5" t="str"/>
       <x:c r="E35" s="3" t="str"/>
       <x:c r="F35" s="13">
-        <x:v>730.000000</x:v>
+        <x:v>1343.000000</x:v>
       </x:c>
       <x:c r="G35" s="14">
-        <x:v>183.270000</x:v>
+        <x:v>96.890000</x:v>
       </x:c>
       <x:c r="H35" s="3" t="str"/>
       <x:c r="I35" s="13">
-        <x:v>133787.100000</x:v>
+        <x:v>130123.270000</x:v>
       </x:c>
       <x:c r="J35" s="5" t="str"/>
       <x:c r="K35" s="3" t="str"/>
       <x:c r="L35" s="13">
-        <x:v>1.095945</x:v>
+        <x:v>1.133762</x:v>
       </x:c>
       <x:c r="M35" s="3" t="str"/>
       <x:c r="N35" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">COMMERCIAL SERVICES &amp; SUPPLIES</x:t>
+          <x:t xml:space="preserve">DIVERSIFIED FINANCIAL SERVICES</x:t>
         </x:is>
       </x:c>
       <x:c r="O35" s="3" t="str"/>
     </x:row>
     <x:row r="36" ht="18" customHeight="0">
       <x:c r="B36" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ARES US</x:t>
+          <x:t xml:space="preserve">ECL US</x:t>
         </x:is>
       </x:c>
       <x:c r="C36" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ARES MANAGEMENT CORP</x:t>
+          <x:t xml:space="preserve">ECOLAB INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D36" s="5" t="str"/>
       <x:c r="E36" s="3" t="str"/>
       <x:c r="F36" s="13">
-        <x:v>897.000000</x:v>
+        <x:v>449.000000</x:v>
       </x:c>
       <x:c r="G36" s="14">
-        <x:v>148.710000</x:v>
+        <x:v>281.990000</x:v>
       </x:c>
       <x:c r="H36" s="3" t="str"/>
       <x:c r="I36" s="13">
-        <x:v>133392.870000</x:v>
+        <x:v>126613.510000</x:v>
       </x:c>
       <x:c r="J36" s="5" t="str"/>
       <x:c r="K36" s="3" t="str"/>
       <x:c r="L36" s="13">
-        <x:v>1.092716</x:v>
+        <x:v>1.103182</x:v>
       </x:c>
       <x:c r="M36" s="3" t="str"/>
       <x:c r="N36" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">DIVERSIFIED FINANCIAL SERVICES</x:t>
+          <x:t xml:space="preserve">CHEMICALS</x:t>
         </x:is>
       </x:c>
       <x:c r="O36" s="3" t="str"/>
     </x:row>
     <x:row r="37" ht="18" customHeight="0">
       <x:c r="B37" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">HWM US</x:t>
+          <x:t xml:space="preserve">SYK US</x:t>
         </x:is>
       </x:c>
       <x:c r="C37" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">HOWMET AEROSPACE INC</x:t>
+          <x:t xml:space="preserve">STRYKER CORP</x:t>
         </x:is>
       </x:c>
       <x:c r="D37" s="5" t="str"/>
       <x:c r="E37" s="3" t="str"/>
       <x:c r="F37" s="13">
-        <x:v>632.000000</x:v>
+        <x:v>339.000000</x:v>
       </x:c>
       <x:c r="G37" s="14">
-        <x:v>205.950000</x:v>
+        <x:v>369.560000</x:v>
       </x:c>
       <x:c r="H37" s="3" t="str"/>
       <x:c r="I37" s="13">
-        <x:v>130160.400000</x:v>
+        <x:v>125280.840000</x:v>
       </x:c>
       <x:c r="J37" s="5" t="str"/>
       <x:c r="K37" s="3" t="str"/>
       <x:c r="L37" s="13">
-        <x:v>1.066237</x:v>
+        <x:v>1.091570</x:v>
       </x:c>
       <x:c r="M37" s="3" t="str"/>
       <x:c r="N37" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">AEROSPACE &amp; DEFENSE</x:t>
+          <x:t xml:space="preserve">HEALTH CARE EQUIPMENT &amp; SUPPLIES</x:t>
         </x:is>
       </x:c>
       <x:c r="O37" s="3" t="str"/>
     </x:row>
     <x:row r="38" ht="18" customHeight="0">
       <x:c r="B38" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ADI US</x:t>
+          <x:t xml:space="preserve">ARES US</x:t>
         </x:is>
       </x:c>
       <x:c r="C38" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">ANALOG DEVICES, INC.</x:t>
+          <x:t xml:space="preserve">ARES MANAGEMENT CORP</x:t>
         </x:is>
       </x:c>
       <x:c r="D38" s="5" t="str"/>
       <x:c r="E38" s="3" t="str"/>
       <x:c r="F38" s="13">
-        <x:v>523.000000</x:v>
+        <x:v>834.000000</x:v>
       </x:c>
       <x:c r="G38" s="14">
-        <x:v>234.130000</x:v>
+        <x:v>149.670000</x:v>
       </x:c>
       <x:c r="H38" s="3" t="str"/>
       <x:c r="I38" s="13">
-        <x:v>122449.990000</x:v>
+        <x:v>124824.780000</x:v>
       </x:c>
       <x:c r="J38" s="5" t="str"/>
       <x:c r="K38" s="3" t="str"/>
       <x:c r="L38" s="13">
-        <x:v>1.003075</x:v>
+        <x:v>1.087597</x:v>
       </x:c>
       <x:c r="M38" s="3" t="str"/>
       <x:c r="N38" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">SEMICONDUCTORS &amp; SEMICONDUCTOR EQUIPMENT</x:t>
+          <x:t xml:space="preserve">DIVERSIFIED FINANCIAL SERVICES</x:t>
         </x:is>
       </x:c>
       <x:c r="O38" s="3" t="str"/>
     </x:row>
     <x:row r="39" ht="18" customHeight="0">
       <x:c r="B39" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">SYK US</x:t>
+          <x:t xml:space="preserve">NOW US</x:t>
         </x:is>
       </x:c>
       <x:c r="C39" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">STRYKER CORP</x:t>
+          <x:t xml:space="preserve">SERVICENOW INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D39" s="5" t="str"/>
       <x:c r="E39" s="3" t="str"/>
       <x:c r="F39" s="13">
-        <x:v>339.000000</x:v>
+        <x:v>1065.000000</x:v>
       </x:c>
       <x:c r="G39" s="14">
-        <x:v>356.240000</x:v>
+        <x:v>117.010000</x:v>
       </x:c>
       <x:c r="H39" s="3" t="str"/>
       <x:c r="I39" s="13">
-        <x:v>120765.360000</x:v>
+        <x:v>124615.650000</x:v>
       </x:c>
       <x:c r="J39" s="5" t="str"/>
       <x:c r="K39" s="3" t="str"/>
       <x:c r="L39" s="13">
-        <x:v>0.989275</x:v>
+        <x:v>1.085774</x:v>
       </x:c>
       <x:c r="M39" s="3" t="str"/>
       <x:c r="N39" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">HEALTH CARE EQUIPMENT &amp; SUPPLIES</x:t>
+          <x:t xml:space="preserve">SOFTWARE</x:t>
         </x:is>
       </x:c>
       <x:c r="O39" s="3" t="str"/>
     </x:row>
     <x:row r="40" ht="18" customHeight="0">
       <x:c r="B40" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">GE US</x:t>
+          <x:t xml:space="preserve">PH US</x:t>
         </x:is>
       </x:c>
       <x:c r="C40" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">GENERAL ELECTRIC COMPANY</x:t>
+          <x:t xml:space="preserve">PARKER-HANNIFIN CORP</x:t>
         </x:is>
       </x:c>
       <x:c r="D40" s="5" t="str"/>
       <x:c r="E40" s="3" t="str"/>
       <x:c r="F40" s="13">
-        <x:v>380.000000</x:v>
+        <x:v>126.000000</x:v>
       </x:c>
       <x:c r="G40" s="14">
-        <x:v>308.950000</x:v>
+        <x:v>935.840000</x:v>
       </x:c>
       <x:c r="H40" s="3" t="str"/>
       <x:c r="I40" s="13">
-        <x:v>117401.000000</x:v>
+        <x:v>117915.840000</x:v>
       </x:c>
       <x:c r="J40" s="5" t="str"/>
       <x:c r="K40" s="3" t="str"/>
       <x:c r="L40" s="13">
-        <x:v>0.961715</x:v>
+        <x:v>1.027399</x:v>
       </x:c>
       <x:c r="M40" s="3" t="str"/>
       <x:c r="N40" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">OTHER INDUSTRY</x:t>
+          <x:t xml:space="preserve">MACHINERY</x:t>
         </x:is>
       </x:c>
       <x:c r="O40" s="3" t="str"/>
     </x:row>
     <x:row r="41" ht="18" customHeight="0">
       <x:c r="B41" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">NDAQ US</x:t>
+          <x:t xml:space="preserve">HD US</x:t>
         </x:is>
       </x:c>
       <x:c r="C41" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">NASDAQ INC</x:t>
+          <x:t xml:space="preserve">HOME DEPOT INC</x:t>
         </x:is>
       </x:c>
       <x:c r="D41" s="5" t="str"/>
       <x:c r="E41" s="3" t="str"/>
       <x:c r="F41" s="13">
-        <x:v>1350.000000</x:v>
+        <x:v>314.000000</x:v>
       </x:c>
       <x:c r="G41" s="14">
-        <x:v>85.490000</x:v>
+        <x:v>374.590000</x:v>
       </x:c>
       <x:c r="H41" s="3" t="str"/>
       <x:c r="I41" s="13">
-        <x:v>115411.500000</x:v>
+        <x:v>117621.260000</x:v>
       </x:c>
       <x:c r="J41" s="5" t="str"/>
       <x:c r="K41" s="3" t="str"/>
       <x:c r="L41" s="13">
-        <x:v>0.945418</x:v>
+        <x:v>1.024832</x:v>
       </x:c>
       <x:c r="M41" s="3" t="str"/>
       <x:c r="N41" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">DIVERSIFIED FINANCIAL SERVICES</x:t>
+          <x:t xml:space="preserve">SPECIALTY RETAIL</x:t>
         </x:is>
       </x:c>
       <x:c r="O41" s="3" t="str"/>
     </x:row>
     <x:row r="42" ht="18" customHeight="0">
       <x:c r="B42" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">MELI US</x:t>
+          <x:t xml:space="preserve">NFLX US</x:t>
         </x:is>
       </x:c>
       <x:c r="C42" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">MERCADOLIBRE INC</x:t>
+          <x:t xml:space="preserve">NETFLIX.COM INC.</x:t>
         </x:is>
       </x:c>
       <x:c r="D42" s="5" t="str"/>
       <x:c r="E42" s="3" t="str"/>
       <x:c r="F42" s="13">
-        <x:v>46.000000</x:v>
+        <x:v>1390.000000</x:v>
       </x:c>
       <x:c r="G42" s="14">
-        <x:v>2327.260000</x:v>
+        <x:v>83.490000</x:v>
       </x:c>
       <x:c r="H42" s="3" t="str"/>
       <x:c r="I42" s="13">
-        <x:v>107053.960000</x:v>
+        <x:v>116051.100000</x:v>
       </x:c>
       <x:c r="J42" s="5" t="str"/>
       <x:c r="K42" s="3" t="str"/>
       <x:c r="L42" s="13">
-        <x:v>0.876955</x:v>
+        <x:v>1.011152</x:v>
       </x:c>
       <x:c r="M42" s="3" t="str"/>
       <x:c r="N42" s="11" t="inlineStr">
         <x:is>
           <x:t xml:space="preserve">INTERNET SOFTWARE &amp; SERVICES</x:t>
         </x:is>
       </x:c>
       <x:c r="O42" s="3" t="str"/>
     </x:row>
     <x:row r="43" ht="18" customHeight="0">
       <x:c r="B43" s="11" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve"/>
+          <x:t xml:space="preserve">INTU US</x:t>
         </x:is>
       </x:c>
       <x:c r="C43" s="12" t="inlineStr">
         <x:is>
-          <x:t xml:space="preserve">U.S. DOLLARS</x:t>
+          <x:t xml:space="preserve">INTUIT INC.</x:t>
         </x:is>
       </x:c>
       <x:c r="D43" s="5" t="str"/>
       <x:c r="E43" s="3" t="str"/>
       <x:c r="F43" s="13">
-        <x:v>72342.160000</x:v>
+        <x:v>213.000000</x:v>
       </x:c>
       <x:c r="G43" s="14">
-        <x:v>1.000000</x:v>
+        <x:v>498.920000</x:v>
       </x:c>
       <x:c r="H43" s="3" t="str"/>
       <x:c r="I43" s="13">
-        <x:v>72342.160000</x:v>
+        <x:v>106269.960000</x:v>
       </x:c>
       <x:c r="J43" s="5" t="str"/>
       <x:c r="K43" s="3" t="str"/>
       <x:c r="L43" s="13">
-        <x:v>0.592606</x:v>
+        <x:v>0.925929</x:v>
       </x:c>
       <x:c r="M43" s="3" t="str"/>
       <x:c r="N43" s="11" t="inlineStr">
         <x:is>
+          <x:t xml:space="preserve">SOFTWARE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O43" s="3" t="str"/>
+    </x:row>
+    <x:row r="44" ht="18" customHeight="0">
+      <x:c r="B44" s="11" t="inlineStr">
+        <x:is>
+          <x:t xml:space="preserve">TEAM US</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C44" s="12" t="inlineStr">
+        <x:is>
+          <x:t xml:space="preserve">ATLASSIAN CORP PLC</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D44" s="5" t="str"/>
+      <x:c r="E44" s="3" t="str"/>
+      <x:c r="F44" s="13">
+        <x:v>751.000000</x:v>
+      </x:c>
+      <x:c r="G44" s="14">
+        <x:v>118.180000</x:v>
+      </x:c>
+      <x:c r="H44" s="3" t="str"/>
+      <x:c r="I44" s="13">
+        <x:v>88753.180000</x:v>
+      </x:c>
+      <x:c r="J44" s="5" t="str"/>
+      <x:c r="K44" s="3" t="str"/>
+      <x:c r="L44" s="13">
+        <x:v>0.773305</x:v>
+      </x:c>
+      <x:c r="M44" s="3" t="str"/>
+      <x:c r="N44" s="11" t="inlineStr">
+        <x:is>
+          <x:t xml:space="preserve">SOFTWARE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O44" s="3" t="str"/>
+    </x:row>
+    <x:row r="45" ht="18" customHeight="0">
+      <x:c r="B45" s="11" t="inlineStr">
+        <x:is>
+          <x:t xml:space="preserve">TXN US</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C45" s="12" t="inlineStr">
+        <x:is>
+          <x:t xml:space="preserve">TEXAS INSTRUMENTS, INC.</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D45" s="5" t="str"/>
+      <x:c r="E45" s="3" t="str"/>
+      <x:c r="F45" s="13">
+        <x:v>362.000000</x:v>
+      </x:c>
+      <x:c r="G45" s="14">
+        <x:v>215.550000</x:v>
+      </x:c>
+      <x:c r="H45" s="3" t="str"/>
+      <x:c r="I45" s="13">
+        <x:v>78029.100000</x:v>
+      </x:c>
+      <x:c r="J45" s="5" t="str"/>
+      <x:c r="K45" s="3" t="str"/>
+      <x:c r="L45" s="13">
+        <x:v>0.679866</x:v>
+      </x:c>
+      <x:c r="M45" s="3" t="str"/>
+      <x:c r="N45" s="11" t="inlineStr">
+        <x:is>
+          <x:t xml:space="preserve">SEMICONDUCTORS &amp; SEMICONDUCTOR EQUIPMENT</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O45" s="3" t="str"/>
+    </x:row>
+    <x:row r="46" ht="18" customHeight="0">
+      <x:c r="B46" s="11" t="inlineStr">
+        <x:is>
+          <x:t xml:space="preserve">AMD US</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C46" s="12" t="inlineStr">
+        <x:is>
+          <x:t xml:space="preserve">ADVANCED MICRO DEVICES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D46" s="5" t="str"/>
+      <x:c r="E46" s="3" t="str"/>
+      <x:c r="F46" s="13">
+        <x:v>315.000000</x:v>
+      </x:c>
+      <x:c r="G46" s="14">
+        <x:v>236.730000</x:v>
+      </x:c>
+      <x:c r="H46" s="3" t="str"/>
+      <x:c r="I46" s="13">
+        <x:v>74569.950000</x:v>
+      </x:c>
+      <x:c r="J46" s="5" t="str"/>
+      <x:c r="K46" s="3" t="str"/>
+      <x:c r="L46" s="13">
+        <x:v>0.649727</x:v>
+      </x:c>
+      <x:c r="M46" s="3" t="str"/>
+      <x:c r="N46" s="11" t="inlineStr">
+        <x:is>
+          <x:t xml:space="preserve">SEMICONDUCTORS &amp; SEMICONDUCTOR EQUIPMENT</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O46" s="3" t="str"/>
+    </x:row>
+    <x:row r="47" ht="18" customHeight="0">
+      <x:c r="B47" s="11" t="inlineStr">
+        <x:is>
+          <x:t xml:space="preserve"/>
+        </x:is>
+      </x:c>
+      <x:c r="C47" s="12" t="inlineStr">
+        <x:is>
+          <x:t xml:space="preserve">U.S. DOLLARS</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D47" s="5" t="str"/>
+      <x:c r="E47" s="3" t="str"/>
+      <x:c r="F47" s="13">
+        <x:v>68446.670000</x:v>
+      </x:c>
+      <x:c r="G47" s="14">
+        <x:v>1.000000</x:v>
+      </x:c>
+      <x:c r="H47" s="3" t="str"/>
+      <x:c r="I47" s="13">
+        <x:v>68446.670000</x:v>
+      </x:c>
+      <x:c r="J47" s="5" t="str"/>
+      <x:c r="K47" s="3" t="str"/>
+      <x:c r="L47" s="13">
+        <x:v>0.596375</x:v>
+      </x:c>
+      <x:c r="M47" s="3" t="str"/>
+      <x:c r="N47" s="11" t="inlineStr">
+        <x:is>
           <x:t xml:space="preserve">FOREIGN CURRENCY</x:t>
         </x:is>
       </x:c>
-      <x:c r="O43" s="3" t="str"/>
-[...3 lines deleted...]
-      <x:c r="A45" s="15" t="inlineStr">
+      <x:c r="O47" s="3" t="str"/>
+    </x:row>
+    <x:row r="48" ht="18" customHeight="0">
+      <x:c r="B48" s="11" t="inlineStr">
+        <x:is>
+          <x:t xml:space="preserve">CSGP US</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C48" s="12" t="inlineStr">
+        <x:is>
+          <x:t xml:space="preserve">COSTAR GROUP INC</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D48" s="5" t="str"/>
+      <x:c r="E48" s="3" t="str"/>
+      <x:c r="F48" s="13">
+        <x:v>842.000000</x:v>
+      </x:c>
+      <x:c r="G48" s="14">
+        <x:v>61.500000</x:v>
+      </x:c>
+      <x:c r="H48" s="3" t="str"/>
+      <x:c r="I48" s="13">
+        <x:v>51783.000000</x:v>
+      </x:c>
+      <x:c r="J48" s="5" t="str"/>
+      <x:c r="K48" s="3" t="str"/>
+      <x:c r="L48" s="13">
+        <x:v>0.451185</x:v>
+      </x:c>
+      <x:c r="M48" s="3" t="str"/>
+      <x:c r="N48" s="11" t="inlineStr">
+        <x:is>
+          <x:t xml:space="preserve">COMMERCIAL SERVICES &amp; SUPPLIES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O48" s="3" t="str"/>
+    </x:row>
+    <x:row r="49" ht="8.45" customHeight="1"/>
+    <x:row r="50" ht="3" customHeight="1">
+      <x:c r="A50" s="15" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="46">
-      <x:c r="A46" s="15" t="inlineStr">
+    <x:row r="51">
+      <x:c r="A51" s="15" t="inlineStr">
         <x:is>
           <x:t>Holdings are subject to change at any time.</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="47">
-      <x:c r="A47" s="16" t="inlineStr">
+    <x:row r="52">
+      <x:c r="A52" s="16" t="inlineStr">
         <x:is>
           <x:t>Important information on risk</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="48">
-      <x:c r="A48" s="15" t="inlineStr">
+    <x:row r="53">
+      <x:c r="A53" s="15" t="inlineStr">
         <x:is>
           <x:t>Investing involves risk; principal loss is possible. There is no guarantee the Fund’s investment objectives will be achieved. Investments in smaller companies are subject to greater volatility than those of larger companies. Non-U.S. investments involve risks such as currency fluctuation, political and economic instability, lack of liquidity and differing legal and accounting standards. These risks are magnified in emerging markets. These and other risk considerations, such as derivatives and growth stock risks, are described in the Fund’s prospectus.</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="49">
-      <x:c r="A49" s="15" t="inlineStr">
+    <x:row r="54">
+      <x:c r="A54" s="15" t="inlineStr">
         <x:is>
           <x:t>Exchange Traded Funds (ETFs) may not be marketed or advertised as an open-end investment company or mutual fund.</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="50">
-      <x:c r="A50" s="15" t="inlineStr">
+    <x:row r="55">
+      <x:c r="A55" s="15" t="inlineStr">
         <x:is>
           <x:t>The material contained is not intended to be a recommendation or investment advice, does not constitute a solicitation to buy, sell or hold a security or investment strategy and is not provided in a fiduciary capacity. The information provided does not take into account the specific objectives or circumstances of any particular investor, or suggest any specific course of action. Investment decisions should be made based on an investor’s objectives and circumstances and in consultation with his or her financial professionals.
 </x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="51">
-      <x:c r="A51" s="17" t="inlineStr">
+    <x:row r="56">
+      <x:c r="A56" s="17" t="inlineStr">
         <x:is>
           <x:t>Before investing, carefully consider fund investment objectives, risks, charges and expenses. For this and other information that should be read carefully, please request a prospectus or summary prospectus from your financial professional or Nuveen at 866.506.4220.</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="52">
-      <x:c r="A52" s="15" t="inlineStr">
+    <x:row r="57">
+      <x:c r="A57" s="15" t="inlineStr">
         <x:is>
           <x:t>Nuveen Fund Advisors, LLC serves as the Fund’s adviser and Nuveen Asset Management, LLC serves as the Fund’s sub-adviser; both the adviser and sub-adviser are subsidiaries of Nuveen, LLC. Nuveen Securities, LLC, member FINRA and SIPC.</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="53">
-      <x:c r="A53" s="15" t="inlineStr">
+    <x:row r="58">
+      <x:c r="A58" s="15" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="54">
-      <x:c r="A54" s="15" t="inlineStr">
+    <x:row r="59">
+      <x:c r="A59" s="15" t="inlineStr">
         <x:is>
           <x:t>NOT FDIC INSURED         MAY LOSE VALUE         NO BANK GUARANTEE</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="55">
-      <x:c r="A55" s="15" t="inlineStr">
+    <x:row r="60">
+      <x:c r="A60" s="15" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="56">
-      <x:c r="A56" s="15" t="inlineStr">
+    <x:row r="61">
+      <x:c r="A61" s="15" t="inlineStr">
         <x:is>
           <x:t>4191744-0725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:Q1"/>
     <x:mergeCell ref="B3:C3"/>
     <x:mergeCell ref="E3:G3"/>
     <x:mergeCell ref="H3:I3"/>
     <x:mergeCell ref="K3:L3"/>
     <x:mergeCell ref="M3:N3"/>
     <x:mergeCell ref="B5:O5"/>
     <x:mergeCell ref="C6:E6"/>
     <x:mergeCell ref="G6:H6"/>
     <x:mergeCell ref="I6:K6"/>
     <x:mergeCell ref="L6:M6"/>
     <x:mergeCell ref="N6:O6"/>
     <x:mergeCell ref="C7:E7"/>
     <x:mergeCell ref="G7:H7"/>
     <x:mergeCell ref="I7:K7"/>
     <x:mergeCell ref="L7:M7"/>
     <x:mergeCell ref="N7:O7"/>
     <x:mergeCell ref="C8:E8"/>
@@ -4107,50 +4274,75 @@
     <x:mergeCell ref="C39:E39"/>
     <x:mergeCell ref="G39:H39"/>
     <x:mergeCell ref="I39:K39"/>
     <x:mergeCell ref="L39:M39"/>
     <x:mergeCell ref="N39:O39"/>
     <x:mergeCell ref="C40:E40"/>
     <x:mergeCell ref="G40:H40"/>
     <x:mergeCell ref="I40:K40"/>
     <x:mergeCell ref="L40:M40"/>
     <x:mergeCell ref="N40:O40"/>
     <x:mergeCell ref="C41:E41"/>
     <x:mergeCell ref="G41:H41"/>
     <x:mergeCell ref="I41:K41"/>
     <x:mergeCell ref="L41:M41"/>
     <x:mergeCell ref="N41:O41"/>
     <x:mergeCell ref="C42:E42"/>
     <x:mergeCell ref="G42:H42"/>
     <x:mergeCell ref="I42:K42"/>
     <x:mergeCell ref="L42:M42"/>
     <x:mergeCell ref="N42:O42"/>
     <x:mergeCell ref="C43:E43"/>
     <x:mergeCell ref="G43:H43"/>
     <x:mergeCell ref="I43:K43"/>
     <x:mergeCell ref="L43:M43"/>
     <x:mergeCell ref="N43:O43"/>
+    <x:mergeCell ref="C44:E44"/>
+    <x:mergeCell ref="G44:H44"/>
+    <x:mergeCell ref="I44:K44"/>
+    <x:mergeCell ref="L44:M44"/>
+    <x:mergeCell ref="N44:O44"/>
+    <x:mergeCell ref="C45:E45"/>
+    <x:mergeCell ref="G45:H45"/>
+    <x:mergeCell ref="I45:K45"/>
+    <x:mergeCell ref="L45:M45"/>
+    <x:mergeCell ref="N45:O45"/>
+    <x:mergeCell ref="C46:E46"/>
+    <x:mergeCell ref="G46:H46"/>
+    <x:mergeCell ref="I46:K46"/>
+    <x:mergeCell ref="L46:M46"/>
+    <x:mergeCell ref="N46:O46"/>
+    <x:mergeCell ref="C47:E47"/>
+    <x:mergeCell ref="G47:H47"/>
+    <x:mergeCell ref="I47:K47"/>
+    <x:mergeCell ref="L47:M47"/>
+    <x:mergeCell ref="N47:O47"/>
+    <x:mergeCell ref="C48:E48"/>
+    <x:mergeCell ref="G48:H48"/>
+    <x:mergeCell ref="I48:K48"/>
+    <x:mergeCell ref="L48:M48"/>
+    <x:mergeCell ref="N48:O48"/>
   </x:mergeCells>
   <x:pageMargins left="1" right="1" top="1" bottom="1" header="1" footer="1"/>
   <x:pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <x:headerFooter alignWithMargins="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <TotalTime></TotalTime>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>