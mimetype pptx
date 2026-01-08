--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -67,56 +67,56 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId11"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId14"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
     <p:handoutMasterId r:id="rId15"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="363" r:id="rId12"/>
     <p:sldId id="364" r:id="rId13"/>
   </p:sldIdLst>
   <p:sldSz cx="10058400" cy="7543800"/>
   <p:notesSz cx="7010400" cy="9296400"/>
   <p:custDataLst>
-    <p:custData r:id="rId9"/>
     <p:custData r:id="rId6"/>
-    <p:custData r:id="rId8"/>
     <p:custData r:id="rId10"/>
     <p:custData r:id="rId5"/>
-    <p:custData r:id="rId3"/>
+    <p:custData r:id="rId8"/>
+    <p:custData r:id="rId7"/>
+    <p:custData r:id="rId9"/>
     <p:custData r:id="rId4"/>
     <p:tags r:id="rId16"/>
   </p:custDataLst>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="509412" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="2006" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="509412" algn="l" defTabSz="509412" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="2006" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -1050,56 +1050,56 @@
             </a:ln>
           </a:insideH>
           <a:insideV>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </a:insideV>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:wholeTbl>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="10010" autoAdjust="0"/>
     <p:restoredTop sz="96327" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToObjects="1" showGuides="1">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="90" d="100"/>
-          <a:sy n="90" d="100"/>
+          <a:sx n="75" d="100"/>
+          <a:sy n="75" d="100"/>
         </p:scale>
-        <p:origin x="786" y="66"/>
+        <p:origin x="816" y="53"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToObjects="1">
       <p:cViewPr varScale="1">
@@ -1190,51 +1190,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3970939" y="0"/>
             <a:ext cx="3037840" cy="464820"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="96653" tIns="48327" rIns="96653" bIns="48327" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{84A12E58-8FC3-8547-9F9B-3A01EB113CB3}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/22/2025</a:t>
+              <a:t>12/4/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8829967"/>
             <a:ext cx="3037840" cy="464820"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -1362,51 +1362,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3970939" y="0"/>
             <a:ext cx="3037840" cy="464820"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="96653" tIns="48327" rIns="96653" bIns="48327" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E87FA6A0-8E5C-564C-9788-458373FD8A8F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/22/2025</a:t>
+              <a:t>12/4/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1181100" y="695325"/>
             <a:ext cx="4648200" cy="3487738"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -23809,50 +23809,97 @@
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPts val="950"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="900" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>This document is directed at professional investors and should not be distributed to, or relied upon by retail investors. The value of investments, and the income from them, may fall or rise and investors may get back less than they invested.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0C6F222-CA01-7361-4766-27302A4EA493}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1">
+            <p:extLst>
+              <p:ext uri="{1162E1C5-73C7-4A58-AE30-91384D911F3F}">
+                <p184:classification xmlns:p184="http://schemas.microsoft.com/office/powerpoint/2018/4/main" val="ftr"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4629912" y="7327900"/>
+            <a:ext cx="827088" cy="152400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr horzOverflow="overflow" lIns="0" tIns="0" rIns="0" bIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1000">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Confidential (C)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1483667998"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483689" r:id="rId1"/>
     <p:sldLayoutId id="2147483662" r:id="rId2"/>
     <p:sldLayoutId id="2147483690" r:id="rId3"/>
     <p:sldLayoutId id="2147483664" r:id="rId4"/>
     <p:sldLayoutId id="2147483668" r:id="rId5"/>
     <p:sldLayoutId id="2147483701" r:id="rId6"/>
     <p:sldLayoutId id="2147483669" r:id="rId7"/>
     <p:sldLayoutId id="2147483670" r:id="rId8"/>
     <p:sldLayoutId id="2147483671" r:id="rId9"/>
     <p:sldLayoutId id="2147483672" r:id="rId10"/>
     <p:sldLayoutId id="2147483681" r:id="rId11"/>
     <p:sldLayoutId id="2147483693" r:id="rId12"/>
@@ -24312,51 +24359,51 @@
               <a:rPr lang="en-GB" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Italian Reduced Rate Percentage (IRRP) Report</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="8" name="Table 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DCF1720-5117-3E79-8198-1CCC64DBF856}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2525174896"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3824583364"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457200" y="2438896"/>
           <a:ext cx="9144001" cy="3762260"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="838200">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2602562402"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="457200">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
@@ -24859,188 +24906,188 @@
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2706453317"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="201168">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>IE000509SU28</a:t>
+                        <a:t>IE00BF0NVR78</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>EUR</a:t>
+                        <a:t>USD</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="r" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>55.34%</a:t>
+                        <a:t>0.00%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29 Nov 2024</a:t>
+                        <a:t>30 May 2025</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx2"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
@@ -25070,100 +25117,100 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>01 Jul 2025</a:t>
+                        <a:t>01 Jan 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>31 Dec 2025</a:t>
+                        <a:t>30 Jun 2026</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx2"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
@@ -25172,102 +25219,102 @@
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="l" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>NUVEEN EMRG SUSTAINABLE BD FD</a:t>
+                        <a:t>Nuveen Flexible Income Fund</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="45720" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3460961878"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="201168">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>IE00BZ0GBV08</a:t>
+                        <a:t>IE000LYHYNP1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -25328,98 +25375,98 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>55.34%</a:t>
+                        <a:t>27.46%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29 Nov 2024</a:t>
+                        <a:t>30 May 2025</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx2"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
@@ -25447,51 +25494,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>01 Jul 2025</a:t>
+                        <a:t>01 Jan 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -25510,51 +25557,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>31 Dec 2025</a:t>
+                        <a:t>30 Jun 2026</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" noProof="0" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx2"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
@@ -25568,160 +25615,174 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:rPr kumimoji="0" lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>NUVEEN EMRG SUSTAINABLE BD FD</a:t>
+                        <a:t>Nuveen Global Credit Impact Bond Fund</a:t>
                       </a:r>
+                      <a:endParaRPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:srgbClr val="263746"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="45720" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1669072084"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="201168">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>IE00BZ0GBW15</a:t>
+                        <a:t>IE000H337F39</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>USD</a:t>
+                        <a:t>EUR</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -25744,102 +25805,102 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>55.34%</a:t>
+                        <a:t>27.46%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29 Nov 2024</a:t>
+                        <a:t>30 May 2025</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx2"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
@@ -25871,102 +25932,102 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>01 Jul 2025</a:t>
+                        <a:t>01 Jan 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>31 Dec 2025</a:t>
+                        <a:t>30 Jun 2026</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx2"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
@@ -25984,66 +26045,80 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:rPr kumimoji="0" lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>NUVEEN EMRG SUSTAINABLE BD FD</a:t>
+                        <a:t>Nuveen Global Credit Impact Bond Fund</a:t>
                       </a:r>
+                      <a:endParaRPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:srgbClr val="263746"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="45720" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
@@ -26051,51 +26126,51 @@
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2531175123"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="201168">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>IE00BF0NVR78</a:t>
+                        <a:t>IE000UBHF273</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -26135,98 +26210,98 @@
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="r" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>0.00%</a:t>
+                        <a:t>27.46%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29 Nov 2024</a:t>
+                        <a:t>30 May 2025</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx2"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
@@ -26254,177 +26329,2754 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>01 Jul 2025</a:t>
+                        <a:t>01 Jan 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>31 Dec 2025</a:t>
+                        <a:t>30 Jun 2026</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx2"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="l" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
+                        <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Nuveen Global Credit Impact Bond Fund</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2785379841"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="201168">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Nuveen Flexible Income Fund</a:t>
+                        <a:t>IE0008IA2XA0</a:t>
                       </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>USD</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>27.46%</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 May 2025</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>01 Jan 2026</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 Jun 2026</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Nuveen Global Credit Impact Bond Fund</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:srgbClr val="263746"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="211495043"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="201168">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>IE00BYVHW894</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>USD</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>0.00%</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 May 2025</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>01 Jan 2026</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 Jun 2026</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Nuveen Global Dividend Growth Fund</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:srgbClr val="263746"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="45720" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2785379841"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1339031404"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="201168">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>IE000R840126</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>EUR</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>39.43%</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 May 2025</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>01 Jan 2026</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 Jun 2026</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Nuveen Global Emerging Markets Debt Fund</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:srgbClr val="263746"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3990534734"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="201168">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>IE000QPQ7DS3</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>EUR</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>39.43%</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 May 2025</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>01 Jan 2026</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 Jun 2026</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Nuveen Global Emerging Markets Debt Fund</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:srgbClr val="263746"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2159284655"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="201168">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>IE000NV2F5K9</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>USD</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>39.43%</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 May 2025</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>01 Jan 2026</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 Jun 2026</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Nuveen Global Emerging Markets Debt Fund</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:srgbClr val="263746"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1219873578"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="201168">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>IE000T2LHTO5</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>USD</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>39.43%</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 May 2025</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>01 Jan 2026</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 Jun 2026</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Nuveen Global Emerging Markets Debt Fund</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:srgbClr val="263746"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2473525093"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="201168">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>IE00B5LM8R27</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
@@ -26549,83 +29201,67 @@
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-                      </a:pPr>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29 Nov 2024</a:t>
+                        <a:t>30 May 2025</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx2"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
@@ -26657,102 +29293,102 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>01 Jul 2025</a:t>
+                        <a:t>01 Jan 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>31 Dec 2025</a:t>
+                        <a:t>30 Jun 2026</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx2"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
@@ -26830,51 +29466,51 @@
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="211495043"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3309430348"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="201168">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>IE00B5LYPH77</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
@@ -26924,130 +29560,126 @@
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-                      </a:pPr>
+                      <a:pPr marL="0" algn="r" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>0.00%</a:t>
+                        <a:t>0.00</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29 Nov 2024</a:t>
+                        <a:t>30 May 2025</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx2"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
@@ -27075,233 +29707,1736 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>01 Jul 2025</a:t>
+                        <a:t>01 Jan 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>31 Dec 2025</a:t>
+                        <a:t>30 Jun 2026</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx2"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-                      </a:pPr>
+                      <a:pPr marL="0" algn="l" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
-                        <a:rPr kumimoji="0" lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
-[...2 lines deleted...]
-                          </a:ln>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
-                            <a:srgbClr val="263746"/>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
-                          <a:uLnTx/>
-                          <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Nuveen Global Infrastructure Fund</a:t>
                       </a:r>
-                      <a:endParaRPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
-[...12 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="45720" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1339031404"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3946174568"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="201168">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>IE00B5VN1108</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>USD</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="r" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>0.00%</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 May 2025</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>01 Jan 2026</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 Jun 2026</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Nuveen Global Infrastructure Fund</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1077401870"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="201168">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>IE0004GI2VC8</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>EUR</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="r" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>0.00%</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 May 2025</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>01 Jan 2026</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 Jun 2026</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Nuveen Global Infrastructure Fund</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1361882941"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="201168">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>IE00BYVHW456</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>EUR</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="r" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>0.00%</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 May 2025</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>01 Jan 2026</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 Jun 2026</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Nuveen Global Infrastructure Fund</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1119764351"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="201168">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>IE00BYVHW670</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>USD</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="r" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>0.00%</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 May 2025</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>01 Jan 2026</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 Jun 2026</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Nuveen Global Infrastructure Fund</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1710247360"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="201168">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>IE00BG21G933</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -27437,61 +31572,52 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29 Nov 2024</a:t>
+                        <a:t>30 May 2025</a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
-[...7 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
@@ -27513,112 +31639,119 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>01 Jul 2025</a:t>
+                        <a:t>01 Jan 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>31 Dec 2025</a:t>
+                        <a:t>30 Jun 2026</a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
-[...7 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
@@ -27640,4092 +31773,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Nuveen Global Infrastructure Fund</a:t>
-[...4040 lines deleted...]
-                        <a:t>Nuveen Global Dividend Growth Fund</a:t>
+                        <a:t>Nuveen Global Real Estate Carbon Reduction Fund</a:t>
                       </a:r>
                       <a:endParaRPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:srgbClr val="263746"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:uLnTx/>
                         <a:uFillTx/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="45720" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -31944,51 +32036,51 @@
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2200" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>Certification of the percentages subject to tax ratio advantage pursuant to the provisions of the Italian Decree 138/2011 – 2nd half of 2025</a:t>
+              <a:t>Certification of the percentages subject to tax ratio advantage pursuant to the provisions of the Italian Decree 138/2011 – 1st half of 2026</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="464240551"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -32088,58 +32180,58 @@
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1000" dirty="0"/>
               <a:t>Issued by Nuveen Securities LLC, which is regulated in Ireland by the Central Bank of Ireland. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Table 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AEDE995-4FC8-9AD7-ECAF-76512D3F17FD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="567624397"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1541863528"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457200" y="1638300"/>
-          <a:ext cx="9144001" cy="3145324"/>
+          <a:ext cx="9144001" cy="3346492"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="838200">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2602562402"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="533400">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2223665183"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="990600">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
@@ -32635,51 +32727,51 @@
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2706453317"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="201168">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>IE00BG21G933</a:t>
+                        <a:t>IE000PLUJS34</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
@@ -32809,51 +32901,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29 Nov 2024</a:t>
+                        <a:t>30 May 2025</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
@@ -32874,51 +32966,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>01 Jul 2025</a:t>
+                        <a:t>01 Jan 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
@@ -32939,51 +33031,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>31 Dec 2025</a:t>
+                        <a:t>30 Jun 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
@@ -33069,93 +33161,93 @@
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2531175123"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="201168">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>IE000PLUJS34</a:t>
+                        <a:t>IE00BG21L545</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>USD</a:t>
+                        <a:t>EUR</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -33237,51 +33329,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29 Nov 2024</a:t>
+                        <a:t>30 May 2025</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -33300,51 +33392,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>01 Jul 2025</a:t>
+                        <a:t>01 Jan 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -33363,51 +33455,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>31 Dec 2025</a:t>
+                        <a:t>30 Jun 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -33489,97 +33581,97 @@
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2785379841"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="201168">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>IE00BG21L545</a:t>
+                        <a:t>IE00BG21L438</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>EUR</a:t>
+                        <a:t>USD</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -33683,51 +33775,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29 Nov 2024</a:t>
+                        <a:t>30 May 2025</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -33750,51 +33842,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>01 Jul 2025</a:t>
+                        <a:t>01 Jan 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -33817,51 +33909,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>31 Dec 2025</a:t>
+                        <a:t>30 Jun 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -33951,171 +34043,157 @@
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="211495043"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="201168">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>IE00BG21L438</a:t>
+                        <a:t>IE00BMVMP588</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>USD</a:t>
+                        <a:t>EUR</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>0.00%</a:t>
+                        <a:t>51.78%</a:t>
                       </a:r>
-                      <a:endParaRPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
-[...12 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
@@ -34133,51 +34211,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29 Nov 2024</a:t>
+                        <a:t>30 May 2025</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -34196,51 +34274,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>01 Jul 2025</a:t>
+                        <a:t>01 Jan 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -34259,51 +34337,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>31 Dec 2025</a:t>
+                        <a:t>30 Jun 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -34322,51 +34400,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Nuveen Global Real Estate Carbon Reduction Fund</a:t>
+                        <a:t>Nuveen Global Sustainable Bond Fund</a:t>
                       </a:r>
                       <a:endParaRPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:srgbClr val="263746"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:uLnTx/>
                         <a:uFillTx/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="45720" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -34385,97 +34463,97 @@
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1339031404"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="201168">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>IE000DGW8BR5</a:t>
+                        <a:t>IE00BMVMP695</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>EUR</a:t>
+                        <a:t>USD</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -34498,51 +34576,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29.71%</a:t>
+                        <a:t>51.78%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -34565,51 +34643,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29 Nov 2024</a:t>
+                        <a:t>30 May 2025</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -34632,51 +34710,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>01 Jul 2025</a:t>
+                        <a:t>01 Jan 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -34699,51 +34777,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>31 Dec 2025</a:t>
+                        <a:t>30 Jun 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -34766,51 +34844,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Nuveen U.S. Sustainable Bond Fund</a:t>
+                        <a:t>Nuveen Global Sustainable Bond Fund</a:t>
                       </a:r>
                       <a:endParaRPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:srgbClr val="263746"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:uLnTx/>
                         <a:uFillTx/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="45720" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -34833,51 +34911,51 @@
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3990534734"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="201168">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>IE00BK0X9893</a:t>
+                        <a:t>IE000DGW8BR5</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -34938,51 +35016,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29.71%</a:t>
+                        <a:t>27.36%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -35001,51 +35079,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29 Nov 2024</a:t>
+                        <a:t>30 May 2025</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -35064,51 +35142,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>01 Jul 2025</a:t>
+                        <a:t>01 Jan 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -35127,51 +35205,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>31 Dec 2025</a:t>
+                        <a:t>30 Jun 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -35227,97 +35305,97 @@
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2159284655"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="201168">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>IE00BK0X9901</a:t>
+                        <a:t>IE00BK0X9893</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>USD</a:t>
+                        <a:t>EUR</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -35340,51 +35418,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29.71%</a:t>
+                        <a:t>27.36%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -35407,51 +35485,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29 Nov 2024</a:t>
+                        <a:t>30 May 2025</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -35474,51 +35552,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>01 Jul 2025</a:t>
+                        <a:t>01 Jan 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -35541,51 +35619,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>31 Dec 2025</a:t>
+                        <a:t>30 Jun 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -35649,93 +35727,93 @@
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1219873578"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="201168">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>IE00BZ0GCL74</a:t>
+                        <a:t>IE00BK0X9901</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>EUR</a:t>
+                        <a:t>USD</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -35754,51 +35832,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29.71%</a:t>
+                        <a:t>27.36%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -35817,51 +35895,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29 Nov 2024</a:t>
+                        <a:t>30 May 2025</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -35880,51 +35958,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>01 Jul 2025</a:t>
+                        <a:t>01 Jan 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -35943,51 +36021,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>31 Dec 2025</a:t>
+                        <a:t>30 Jun 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -36043,97 +36121,97 @@
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2473525093"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="201168">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>IE00BZ0GCN98</a:t>
+                        <a:t>IE00BZ0GCL74</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>GBP</a:t>
+                        <a:t>EUR</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -36156,51 +36234,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29.71%</a:t>
+                        <a:t>27.36%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -36223,51 +36301,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29 Nov 2024</a:t>
+                        <a:t>30 May 2025</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -36290,51 +36368,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>01 Jul 2025</a:t>
+                        <a:t>01 Jan 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -36357,51 +36435,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>31 Dec 2025</a:t>
+                        <a:t>30 Jun 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -36465,93 +36543,93 @@
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3309430348"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="201168">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>IE00BZ0GCM81</a:t>
+                        <a:t>IE00BZ0GCN98</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>USD</a:t>
+                        <a:t>GBP</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -36570,51 +36648,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29.71%</a:t>
+                        <a:t>27.36%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -36633,51 +36711,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29 Nov 2024</a:t>
+                        <a:t>30 May 2025</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -36696,51 +36774,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>01 Jul 2025</a:t>
+                        <a:t>01 Jan 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -36759,51 +36837,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>31 Dec 2025</a:t>
+                        <a:t>30 Jun 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -36859,97 +36937,97 @@
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3927994955"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="201168">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>IE00BZ0GCP13</a:t>
+                        <a:t>IE00BZ0GCM81</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>EUR</a:t>
+                        <a:t>USD</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -36972,51 +37050,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29.71%</a:t>
+                        <a:t>27.36%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -37039,51 +37117,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29 Nov 2024</a:t>
+                        <a:t>30 May 2025</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -37106,51 +37184,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>01 Jul 2025</a:t>
+                        <a:t>01 Jan 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -37173,51 +37251,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>31 Dec 2025</a:t>
+                        <a:t>30 Jun 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -37281,93 +37359,93 @@
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3246342666"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="201168">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>IE00BZ0GCQ20</a:t>
+                        <a:t>IE00BZ0GCP13</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>USD</a:t>
+                        <a:t>EUR</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -37386,51 +37464,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29.71%</a:t>
+                        <a:t>27.36%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -37449,51 +37527,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29 Nov 2024</a:t>
+                        <a:t>30 May 2025</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -37512,51 +37590,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>01 Jul 2025</a:t>
+                        <a:t>01 Jan 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -37575,51 +37653,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>31 Dec 2025</a:t>
+                        <a:t>30 Jun 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
@@ -37675,97 +37753,913 @@
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2951780401"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="201168">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>IE000O7TYZR7</a:t>
+                        <a:t>IE00BZ0GCQ20</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
+                        <a:t>USD</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>27.36%</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 May 2025</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>01 Jan 2026</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 Jun 2026</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Nuveen U.S. Sustainable Bond Fund</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="969785626"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="201168">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>IE000O7TYZR7</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>EUR</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>0.00%</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="182880" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 May 2025</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>01 Jan 2026</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="263746"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>30 Jun 2026</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Nuveen Winslow U.S. Large-Cap Growth ESG Fund</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3178772495"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="201168">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>IE00BYVHWC37</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="BABCBC"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="502920" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>USD</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -37855,51 +38749,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>29 Nov 2024</a:t>
+                        <a:t>30 May 2025</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -37922,51 +38816,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>01 Jul 2025</a:t>
+                        <a:t>01 Jan 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -37989,51 +38883,51 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="263746"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>31 Dec 2025</a:t>
+                        <a:t>30 Jun 2026</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
@@ -38076,517 +38970,117 @@
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="BABCBC"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="969785626"/>
-[...393 lines deleted...]
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3178772495"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="620557541"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="TextBox 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F46638E-82E1-E4A9-76B4-2BEE7DA5ABEF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="8921836" y="6005383"/>
-            <a:ext cx="1578019" cy="219291"/>
+            <a:off x="8921836" y="6007306"/>
+            <a:ext cx="1578019" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="800" b="0" i="0" dirty="0">
-[...6 lines deleted...]
-              <a:t>4279159</a:t>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>5039145</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="11" name="Group 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB4B0BBC-419C-3CBD-DB1B-248741F742AC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="457200" y="4914311"/>
-            <a:ext cx="9144000" cy="991190"/>
+            <a:off x="457200" y="5067300"/>
+            <a:ext cx="9144000" cy="914399"/>
             <a:chOff x="457200" y="5143501"/>
             <a:chExt cx="9144000" cy="762000"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="9" name="TextBox 8">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52EBD7CB-9CE7-F172-1B6F-9D3A265C432E}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="457200" y="5143501"/>
               <a:ext cx="9144000" cy="762000"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -39798,173 +40292,157 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps8.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps9.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item10.xml><?xml version="1.0" encoding="utf-8"?>
-<VariableList UniqueId="803df28e-9d50-41b1-b6ac-8fcd1d8ca289" Name="System" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="383fb6f0-8cd5-4286-81ba-3586eb26c312" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
+<AllExternalAdhocVariableMappings/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f5faea0f-f67b-4876-8bcb-3264d11f90bf">
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="fbd000cf-2f3c-4565-bbfe-86ec5aa943e3">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="c40ed45b-470e-4596-9017-1daf584dfe72" xsi:nil="true"/>
+    <TaxCatchAll xmlns="f560425f-95dd-4436-9120-79b6e7f29b21" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<VariableListDefinition name="AD_HOC" displayName="AD_HOC" id="dcc32ed3-e09d-4dc1-a021-c9c16de9b3b8" isdomainofvalue="False" dataSourceId="5fdca92f-0b77-42e7-a417-658c3f664eba"/>
-[...18 lines deleted...]
-    <xsd:import namespace="c40ed45b-470e-4596-9017-1daf584dfe72"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D8DFDB233247F646BA3CA5ADEEB29C1C" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a275d1f6decd337fa3926cc14edf0699">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fbd000cf-2f3c-4565-bbfe-86ec5aa943e3" xmlns:ns3="f560425f-95dd-4436-9120-79b6e7f29b21" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bc9a20dac7dd8e61521244b9b88af2d9" ns2:_="" ns3:_="">
+    <xsd:import namespace="fbd000cf-2f3c-4565-bbfe-86ec5aa943e3"/>
+    <xsd:import namespace="f560425f-95dd-4436-9120-79b6e7f29b21"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f5faea0f-f67b-4876-8bcb-3264d11f90bf" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fbd000cf-2f3c-4565-bbfe-86ec5aa943e3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="6f051e93-a185-415f-b6e1-484cc9e84e9f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="16" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="6f051e93-a185-415f-b6e1-484cc9e84e9f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
-[...9 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c40ed45b-470e-4596-9017-1daf584dfe72" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f560425f-95dd-4436-9120-79b6e7f29b21" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{da7ce15b-13f1-4b55-98d2-ac4ad335387e}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c40ed45b-470e-4596-9017-1daf584dfe72">
+    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{477237df-0b23-4302-a278-1dc14cc69ae6}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="f560425f-95dd-4436-9120-79b6e7f29b21">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
@@ -40057,209 +40535,243 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableListDefinition name="AD_HOC" displayName="AD_HOC" id="f509f1b0-a91e-42a1-a75b-3fb4e2f475b3" isdomainofvalue="False" dataSourceId="8e7a4c4d-b68d-4932-9622-c6b8624db3dd"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableList UniqueId="f509f1b0-a91e-42a1-a75b-3fb4e2f475b3" Name="AD_HOC" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="8e7a4c4d-b68d-4932-9622-c6b8624db3dd" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableListDefinition name="Computed" displayName="Computed" id="c74285d7-a346-432f-9d80-4af645f76d2d" isdomainofvalue="False" dataSourceId="26fa2793-ce5f-4ff3-a092-630b7e6fb7eb"/>
+</file>
+
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableList UniqueId="c74285d7-a346-432f-9d80-4af645f76d2d" Name="Computed" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="26fa2793-ce5f-4ff3-a092-630b7e6fb7eb" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
+</file>
+
 <file path=customXml/item8.xml><?xml version="1.0" encoding="utf-8"?>
-<VariableListDefinition name="System" displayName="System" id="803df28e-9d50-41b1-b6ac-8fcd1d8ca289" isdomainofvalue="False" dataSourceId="383fb6f0-8cd5-4286-81ba-3586eb26c312"/>
+<VariableListDefinition name="System" displayName="System" id="20386593-11b9-4019-b284-f7075e150c1d" isdomainofvalue="False" dataSourceId="49e760e1-eabe-46a1-a31a-2b5bdb2fb46e"/>
 </file>
 
 <file path=customXml/item9.xml><?xml version="1.0" encoding="utf-8"?>
-<VariableListDefinition name="Computed" displayName="Computed" id="17e2c60e-d85d-4c07-a9e4-c856e866c04e" isdomainofvalue="False" dataSourceId="64413eb8-78f7-4cc5-b2e1-746ac3738140"/>
+<VariableList UniqueId="20386593-11b9-4019-b284-f7075e150c1d" Name="System" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="49e760e1-eabe-46a1-a31a-2b5bdb2fb46e" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{59AE094A-889C-48F2-B792-5D864E7BA770}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps10.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9457A040-D83E-4B53-A544-EDB58DDDE46E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25F373A9-BA0E-49B2-BD92-34992494D86D}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96C0567E-59C8-46E0-838E-41E73AF20068}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="383c6cdf-da49-48e2-9624-06d20b59bcdf"/>
     <ds:schemaRef ds:uri="c79e9e08-a3e3-44cd-b0b9-6de56c592b9b"/>
     <ds:schemaRef ds:uri="fbd000cf-2f3c-4565-bbfe-86ec5aa943e3"/>
     <ds:schemaRef ds:uri="f560425f-95dd-4436-9120-79b6e7f29b21"/>
-    <ds:schemaRef ds:uri="f5faea0f-f67b-4876-8bcb-3264d11f90bf"/>
-    <ds:schemaRef ds:uri="c40ed45b-470e-4596-9017-1daf584dfe72"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{500D01F4-FA7E-4D83-A6C3-0EAE83B26389}">
-  <ds:schemaRefs/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10F169AF-2FD3-44F5-8094-EEBCB2E1FB08}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="fbd000cf-2f3c-4565-bbfe-86ec5aa943e3"/>
+    <ds:schemaRef ds:uri="f560425f-95dd-4436-9120-79b6e7f29b21"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94077133-A0A6-420E-B710-48B17FF13CB4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8FAB57D9-EB82-4FA8-9DB1-C6830A0140FE}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09F36A08-0339-4DAA-A4EB-638EC8519007}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBD465A7-D8D9-43B8-9534-4BA5FF55E84F}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A5317C0-F3A4-416A-B45C-4F8A9EA21BC4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C28CD7A-0F99-4F59-A943-DC5DB821E417}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2071681-A543-4228-A71E-DD88823A761F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D71D30C-DDBC-4543-8F55-9603942409C0}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps8.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6175847-B77B-4939-B942-9AC77F3D989F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8C11D1B-29F8-402F-90EA-B0D75DDACE90}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps9.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C99BD771-8463-474A-9C44-E329C07FFC82}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD6227FF-ACFF-490B-96CC-396FC83EEBCD}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>2017_Nuveen_PPT_Onscreen</Template>
   <TotalTime></TotalTime>
-  <Words>836</Words>
+  <Words>858</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Custom</PresentationFormat>
-  <Paragraphs>254</Paragraphs>
+  <Paragraphs>261</Paragraphs>
   <Slides>2</Slides>
   <Notes>2</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Embedded OLE Servers</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="11" baseType="lpstr">
-      <vt:lpstr>-apple-system</vt:lpstr>
+    <vt:vector size="10" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Arial Narrow</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Georgia</vt:lpstr>
       <vt:lpstr>Lucida Grande</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>2017_Nuveen_PPT_Onscreen</vt:lpstr>
       <vt:lpstr>think-cell Slide</vt:lpstr>
       <vt:lpstr>TAX REPORTING INFORMATION Italian Reduced Rate Percentage (IRRP) Report</vt:lpstr>
       <vt:lpstr>TAX REPORTING INFORMATION Italian Reduced Rate Percentage (IRRP) Report Continued</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Title of presentation</dc:title>
   <dc:creator>Carlson, Kris</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_6c2268aa-3916-486c-aa2c-ecdcbdaee62c_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_6c2268aa-3916-486c-aa2c-ecdcbdaee62c_SetDate">
+    <vt:lpwstr>2024-02-23T20:41:00Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_6c2268aa-3916-486c-aa2c-ecdcbdaee62c_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_6c2268aa-3916-486c-aa2c-ecdcbdaee62c_Name">
+    <vt:lpwstr>TIAA-Sensitivity-Confidential-Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_6c2268aa-3916-486c-aa2c-ecdcbdaee62c_SiteId">
+    <vt:lpwstr>67080e55-9c90-409b-9421-7fab7df8331b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_6c2268aa-3916-486c-aa2c-ecdcbdaee62c_ActionId">
+    <vt:lpwstr>b304dc09-93df-460a-a3dd-5a1f490c8447</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_6c2268aa-3916-486c-aa2c-ecdcbdaee62c_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ClassificationContentMarkingFooterLocations">
+    <vt:lpwstr>2017_Nuveen_PPT_Onscreen:6</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>Confidential (C)</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-[...21 lines deleted...]
-    <vt:lpwstr>0</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="ContentTypeId">
+    <vt:lpwstr>0x010100D8DFDB233247F646BA3CA5ADEEB29C1C</vt:lpwstr>
   </property>
 </Properties>
 </file>