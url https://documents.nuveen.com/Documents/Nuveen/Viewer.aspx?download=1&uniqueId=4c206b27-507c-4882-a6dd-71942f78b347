--- v0 (2025-11-02)
+++ v1 (2025-12-31)
@@ -10,53 +10,53 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://tiaacref-my.sharepoint.com/personal/jared_cummans_nuveen_com/Documents/Jared Cummans/Excel/Misc/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="10" documentId="8_{4B0A3B04-4275-40EB-BF33-6CBD98ACF4FD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{61D7CC2A-BF51-4C34-AC7E-FA1B57D34E41}"/>
+  <xr:revisionPtr revIDLastSave="14" documentId="8_{B12A89DF-B532-4191-AB9C-51ADC9D879DA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{508C42A6-CC53-420A-A978-AA739B353205}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="10320" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Important disclosures" sheetId="3" r:id="rId1"/>
     <sheet name="Taxable Funds" sheetId="1" r:id="rId2"/>
     <sheet name="Municipal Funds" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="65">
@@ -277,51 +277,51 @@
   <si>
     <t>Data is presented for informational purposes only and should not be considered a replacement for portfolio holdings reported and/or filed for regulatory purposes.</t>
   </si>
   <si>
     <t>Data is unaudited and holdings are subject to change.</t>
   </si>
   <si>
     <t>Before investing, carefully consider fund investment objectives, risks, charges and expenses. For this and other information that should be read carefully, please request a prospectus or summary prospectus from your financial advisor or Nuveen at 800.257.8787 or visit nuveen.com.</t>
   </si>
   <si>
     <t>Visit www.nuveen.com for a glossary of terms.</t>
   </si>
   <si>
     <t>Nuveen Securities, LLC, member FINRA and SIPC.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="mm/dd/yyyy"/>
     <numFmt numFmtId="165" formatCode="0.000"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
@@ -353,56 +353,50 @@
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
-    </font>
-[...4 lines deleted...]
-      <name val="Arial"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF3F3F3"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
@@ -446,85 +440,85 @@
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="13" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="13" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="2" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="right" vertical="top"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{71483A63-FDE1-4597-B577-A63D7BD6C4A6}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{43A03E40-5014-4BCE-A449-2358E3D95ACD}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -814,705 +808,705 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{90C37858-9EFB-48A9-BDCD-062EB2816D22}">
   <dimension ref="A1:S12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="19" t="s">
+      <c r="A1" s="21" t="s">
         <v>59</v>
       </c>
-      <c r="B1" s="19"/>
-[...16 lines deleted...]
-      <c r="S1" s="19"/>
+      <c r="B1" s="21"/>
+      <c r="C1" s="21"/>
+      <c r="D1" s="21"/>
+      <c r="E1" s="21"/>
+      <c r="F1" s="21"/>
+      <c r="G1" s="21"/>
+      <c r="H1" s="21"/>
+      <c r="I1" s="21"/>
+      <c r="J1" s="21"/>
+      <c r="K1" s="21"/>
+      <c r="L1" s="21"/>
+      <c r="M1" s="21"/>
+      <c r="N1" s="21"/>
+      <c r="O1" s="21"/>
+      <c r="P1" s="21"/>
+      <c r="Q1" s="21"/>
+      <c r="R1" s="21"/>
+      <c r="S1" s="21"/>
     </row>
     <row r="2" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="19" t="s">
+      <c r="A2" s="21" t="s">
         <v>60</v>
       </c>
-      <c r="B2" s="19"/>
-[...16 lines deleted...]
-      <c r="S2" s="19"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
+      <c r="F2" s="21"/>
+      <c r="G2" s="21"/>
+      <c r="H2" s="21"/>
+      <c r="I2" s="21"/>
+      <c r="J2" s="21"/>
+      <c r="K2" s="21"/>
+      <c r="L2" s="21"/>
+      <c r="M2" s="21"/>
+      <c r="N2" s="21"/>
+      <c r="O2" s="21"/>
+      <c r="P2" s="21"/>
+      <c r="Q2" s="21"/>
+      <c r="R2" s="21"/>
+      <c r="S2" s="21"/>
     </row>
     <row r="3" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="19" t="s">
+      <c r="A3" s="21" t="s">
         <v>61</v>
       </c>
-      <c r="B3" s="19"/>
-[...16 lines deleted...]
-      <c r="S3" s="19"/>
+      <c r="B3" s="21"/>
+      <c r="C3" s="21"/>
+      <c r="D3" s="21"/>
+      <c r="E3" s="21"/>
+      <c r="F3" s="21"/>
+      <c r="G3" s="21"/>
+      <c r="H3" s="21"/>
+      <c r="I3" s="21"/>
+      <c r="J3" s="21"/>
+      <c r="K3" s="21"/>
+      <c r="L3" s="21"/>
+      <c r="M3" s="21"/>
+      <c r="N3" s="21"/>
+      <c r="O3" s="21"/>
+      <c r="P3" s="21"/>
+      <c r="Q3" s="21"/>
+      <c r="R3" s="21"/>
+      <c r="S3" s="21"/>
     </row>
     <row r="4" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A4" s="20"/>
       <c r="B4" s="20"/>
       <c r="C4" s="20"/>
       <c r="D4" s="20"/>
       <c r="E4" s="20"/>
       <c r="F4" s="20"/>
       <c r="G4" s="20"/>
       <c r="H4" s="20"/>
       <c r="I4" s="20"/>
       <c r="J4" s="20"/>
       <c r="K4" s="20"/>
       <c r="L4" s="20"/>
       <c r="M4" s="20"/>
       <c r="N4" s="20"/>
       <c r="O4" s="20"/>
       <c r="P4" s="20"/>
       <c r="Q4" s="20"/>
       <c r="R4" s="20"/>
       <c r="S4" s="20"/>
     </row>
     <row r="5" spans="1:19" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="21" t="s">
+      <c r="A5" s="22" t="s">
         <v>62</v>
       </c>
-      <c r="B5" s="21"/>
-[...16 lines deleted...]
-      <c r="S5" s="21"/>
+      <c r="B5" s="22"/>
+      <c r="C5" s="22"/>
+      <c r="D5" s="22"/>
+      <c r="E5" s="22"/>
+      <c r="F5" s="22"/>
+      <c r="G5" s="22"/>
+      <c r="H5" s="22"/>
+      <c r="I5" s="22"/>
+      <c r="J5" s="22"/>
+      <c r="K5" s="22"/>
+      <c r="L5" s="22"/>
+      <c r="M5" s="22"/>
+      <c r="N5" s="22"/>
+      <c r="O5" s="22"/>
+      <c r="P5" s="22"/>
+      <c r="Q5" s="22"/>
+      <c r="R5" s="22"/>
+      <c r="S5" s="22"/>
     </row>
     <row r="6" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A6" s="20"/>
       <c r="B6" s="20"/>
       <c r="C6" s="20"/>
       <c r="D6" s="20"/>
       <c r="E6" s="20"/>
       <c r="F6" s="20"/>
       <c r="G6" s="20"/>
       <c r="H6" s="20"/>
       <c r="I6" s="20"/>
       <c r="J6" s="20"/>
       <c r="K6" s="20"/>
       <c r="L6" s="20"/>
       <c r="M6" s="20"/>
       <c r="N6" s="20"/>
       <c r="O6" s="20"/>
       <c r="P6" s="20"/>
       <c r="Q6" s="20"/>
       <c r="R6" s="20"/>
       <c r="S6" s="20"/>
     </row>
     <row r="7" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="19" t="s">
+      <c r="A7" s="21" t="s">
         <v>63</v>
       </c>
-      <c r="B7" s="19"/>
-[...16 lines deleted...]
-      <c r="S7" s="19"/>
+      <c r="B7" s="21"/>
+      <c r="C7" s="21"/>
+      <c r="D7" s="21"/>
+      <c r="E7" s="21"/>
+      <c r="F7" s="21"/>
+      <c r="G7" s="21"/>
+      <c r="H7" s="21"/>
+      <c r="I7" s="21"/>
+      <c r="J7" s="21"/>
+      <c r="K7" s="21"/>
+      <c r="L7" s="21"/>
+      <c r="M7" s="21"/>
+      <c r="N7" s="21"/>
+      <c r="O7" s="21"/>
+      <c r="P7" s="21"/>
+      <c r="Q7" s="21"/>
+      <c r="R7" s="21"/>
+      <c r="S7" s="21"/>
     </row>
     <row r="8" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A8" s="20"/>
       <c r="B8" s="20"/>
       <c r="C8" s="20"/>
       <c r="D8" s="20"/>
       <c r="E8" s="20"/>
       <c r="F8" s="20"/>
       <c r="G8" s="20"/>
       <c r="H8" s="20"/>
       <c r="I8" s="20"/>
       <c r="J8" s="20"/>
       <c r="K8" s="20"/>
       <c r="L8" s="20"/>
       <c r="M8" s="20"/>
       <c r="N8" s="20"/>
       <c r="O8" s="20"/>
       <c r="P8" s="20"/>
       <c r="Q8" s="20"/>
       <c r="R8" s="20"/>
       <c r="S8" s="20"/>
     </row>
     <row r="9" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="19" t="s">
+      <c r="A9" s="21" t="s">
         <v>64</v>
       </c>
-      <c r="B9" s="19"/>
-[...16 lines deleted...]
-      <c r="S9" s="19"/>
+      <c r="B9" s="21"/>
+      <c r="C9" s="21"/>
+      <c r="D9" s="21"/>
+      <c r="E9" s="21"/>
+      <c r="F9" s="21"/>
+      <c r="G9" s="21"/>
+      <c r="H9" s="21"/>
+      <c r="I9" s="21"/>
+      <c r="J9" s="21"/>
+      <c r="K9" s="21"/>
+      <c r="L9" s="21"/>
+      <c r="M9" s="21"/>
+      <c r="N9" s="21"/>
+      <c r="O9" s="21"/>
+      <c r="P9" s="21"/>
+      <c r="Q9" s="21"/>
+      <c r="R9" s="21"/>
+      <c r="S9" s="21"/>
     </row>
     <row r="10" spans="1:19" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...17 lines deleted...]
-      <c r="S10" s="19"/>
+      <c r="A10" s="21"/>
+      <c r="B10" s="21"/>
+      <c r="C10" s="21"/>
+      <c r="D10" s="21"/>
+      <c r="E10" s="21"/>
+      <c r="F10" s="21"/>
+      <c r="G10" s="21"/>
+      <c r="H10" s="21"/>
+      <c r="I10" s="21"/>
+      <c r="J10" s="21"/>
+      <c r="K10" s="21"/>
+      <c r="L10" s="21"/>
+      <c r="M10" s="21"/>
+      <c r="N10" s="21"/>
+      <c r="O10" s="21"/>
+      <c r="P10" s="21"/>
+      <c r="Q10" s="21"/>
+      <c r="R10" s="21"/>
+      <c r="S10" s="21"/>
     </row>
     <row r="11" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...17 lines deleted...]
-      <c r="S11" s="19"/>
+      <c r="A11" s="21"/>
+      <c r="B11" s="21"/>
+      <c r="C11" s="21"/>
+      <c r="D11" s="21"/>
+      <c r="E11" s="21"/>
+      <c r="F11" s="21"/>
+      <c r="G11" s="21"/>
+      <c r="H11" s="21"/>
+      <c r="I11" s="21"/>
+      <c r="J11" s="21"/>
+      <c r="K11" s="21"/>
+      <c r="L11" s="21"/>
+      <c r="M11" s="21"/>
+      <c r="N11" s="21"/>
+      <c r="O11" s="21"/>
+      <c r="P11" s="21"/>
+      <c r="Q11" s="21"/>
+      <c r="R11" s="21"/>
+      <c r="S11" s="21"/>
     </row>
     <row r="12" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="10">
         <v>4436768</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
+    <mergeCell ref="A7:S7"/>
+    <mergeCell ref="A8:S8"/>
+    <mergeCell ref="A9:S9"/>
+    <mergeCell ref="A10:S10"/>
+    <mergeCell ref="A11:S11"/>
     <mergeCell ref="A6:S6"/>
     <mergeCell ref="A1:S1"/>
     <mergeCell ref="A2:S2"/>
     <mergeCell ref="A3:S3"/>
     <mergeCell ref="A4:S4"/>
     <mergeCell ref="A5:S5"/>
-    <mergeCell ref="A7:S7"/>
-[...3 lines deleted...]
-    <mergeCell ref="A11:S11"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:O49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="F23" sqref="F23"/>
+      <selection pane="bottomLeft" activeCell="G8" sqref="G8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="43.28515625" style="7" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" style="1"/>
     <col min="3" max="3" width="11.5703125" style="1"/>
     <col min="4" max="4" width="8.28515625" style="1"/>
     <col min="5" max="5" width="16.7109375" style="1" customWidth="1"/>
     <col min="6" max="8" width="8" style="1"/>
     <col min="9" max="9" width="8" style="7"/>
     <col min="10" max="10" width="42.85546875" style="7" customWidth="1"/>
     <col min="11" max="16384" width="8" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="36" x14ac:dyDescent="0.2">
       <c r="A1" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="8" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="8" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="8" t="s">
         <v>16</v>
       </c>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="15">
-[...9 lines deleted...]
-        <v>29.23</v>
+      <c r="B2" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C2" s="16">
+        <v>0.72</v>
+      </c>
+      <c r="D2" s="16">
+        <v>3.6930000000000001</v>
+      </c>
+      <c r="E2" s="16">
+        <v>29.86</v>
       </c>
       <c r="G2" s="6"/>
       <c r="H2" s="12"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="N2" s="6"/>
       <c r="O2" s="6"/>
     </row>
     <row r="3" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="15">
-[...9 lines deleted...]
-        <v>96.99</v>
+      <c r="B3" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C3" s="16">
+        <v>0.73</v>
+      </c>
+      <c r="D3" s="16">
+        <v>4.4939999999999998</v>
+      </c>
+      <c r="E3" s="16">
+        <v>100.63</v>
       </c>
       <c r="G3" s="6"/>
       <c r="H3" s="12"/>
       <c r="I3" s="6"/>
       <c r="J3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="6"/>
     </row>
     <row r="4" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A4" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="B4" s="15">
-[...9 lines deleted...]
-        <v>257.01502938464</v>
+      <c r="B4" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C4" s="16">
+        <v>0.667949833358497</v>
+      </c>
+      <c r="D4" s="16">
+        <v>8.1449619495898098</v>
+      </c>
+      <c r="E4" s="16">
+        <v>236.89063364281799</v>
       </c>
       <c r="G4" s="6"/>
       <c r="H4" s="12"/>
       <c r="I4" s="6"/>
       <c r="J4" s="6"/>
       <c r="N4" s="6"/>
       <c r="O4" s="6"/>
     </row>
     <row r="5" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A5" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="B5" s="15">
-[...2 lines deleted...]
-      <c r="C5" s="17">
+      <c r="B5" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C5" s="16">
         <v>0</v>
       </c>
-      <c r="D5" s="17">
-[...3 lines deleted...]
-        <v>275.35424211229002</v>
+      <c r="D5" s="16">
+        <v>6.6732729663681098</v>
+      </c>
+      <c r="E5" s="16">
+        <v>284.86348448632998</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="12"/>
       <c r="I5" s="6"/>
       <c r="J5" s="6"/>
       <c r="N5" s="6"/>
       <c r="O5" s="6"/>
     </row>
     <row r="6" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A6" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B6" s="15">
-[...2 lines deleted...]
-      <c r="C6" s="17">
+      <c r="B6" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C6" s="16">
         <v>0.27</v>
       </c>
-      <c r="D6" s="17">
-[...3 lines deleted...]
-        <v>12.24</v>
+      <c r="D6" s="16">
+        <v>1.2390000000000001</v>
+      </c>
+      <c r="E6" s="16">
+        <v>10.65</v>
       </c>
       <c r="G6" s="6"/>
       <c r="I6" s="6"/>
       <c r="J6" s="6"/>
       <c r="N6" s="6"/>
       <c r="O6" s="6"/>
     </row>
     <row r="7" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A7" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="B7" s="15">
-[...9 lines deleted...]
-        <v>73.13</v>
+      <c r="B7" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C7" s="16">
+        <v>0.73</v>
+      </c>
+      <c r="D7" s="16">
+        <v>4.1980000000000004</v>
+      </c>
+      <c r="E7" s="16">
+        <v>79.37</v>
       </c>
       <c r="G7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A8" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="B8" s="15">
-[...2 lines deleted...]
-      <c r="C8" s="17">
+      <c r="B8" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C8" s="16">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="D8" s="17">
-[...3 lines deleted...]
-        <v>57.84</v>
+      <c r="D8" s="16">
+        <v>4.0629999999999997</v>
+      </c>
+      <c r="E8" s="16">
+        <v>60.14</v>
       </c>
       <c r="G8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B9" s="15">
-[...9 lines deleted...]
-        <v>79.13</v>
+      <c r="B9" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C9" s="16">
+        <v>0.77</v>
+      </c>
+      <c r="D9" s="16">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="E9" s="16">
+        <v>77.81</v>
       </c>
       <c r="G9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="B10" s="15">
-[...2 lines deleted...]
-      <c r="C10" s="17">
+      <c r="B10" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C10" s="16">
         <v>0.05</v>
       </c>
-      <c r="D10" s="17">
-[...3 lines deleted...]
-        <v>11.58</v>
+      <c r="D10" s="16">
+        <v>4.0449999999999999</v>
+      </c>
+      <c r="E10" s="16">
+        <v>11.87</v>
       </c>
       <c r="G10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B11" s="15">
-[...9 lines deleted...]
-        <v>113.83</v>
+      <c r="B11" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C11" s="16">
+        <v>0.64</v>
+      </c>
+      <c r="D11" s="16">
+        <v>3.7429999999999999</v>
+      </c>
+      <c r="E11" s="16">
+        <v>113.52</v>
       </c>
       <c r="G11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="B12" s="15">
-[...9 lines deleted...]
-        <v>70.34</v>
+      <c r="B12" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C12" s="16">
+        <v>0.08</v>
+      </c>
+      <c r="D12" s="16">
+        <v>3.1989999999999998</v>
+      </c>
+      <c r="E12" s="16">
+        <v>63.81</v>
       </c>
       <c r="G12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="B13" s="15">
-[...9 lines deleted...]
-        <v>59.17</v>
+      <c r="B13" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C13" s="16">
+        <v>0.76</v>
+      </c>
+      <c r="D13" s="16">
+        <v>3.0739999999999998</v>
+      </c>
+      <c r="E13" s="16">
+        <v>56.53</v>
       </c>
       <c r="G13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="B14" s="15">
-        <v>45930</v>
+      <c r="B14" s="14">
+        <v>45961</v>
       </c>
       <c r="C14" s="13">
-        <v>0.23</v>
+        <v>0.28999999999999998</v>
       </c>
       <c r="D14" s="13">
-        <v>6.83</v>
+        <v>6.6</v>
       </c>
       <c r="E14" s="13">
-        <v>289</v>
+        <v>256</v>
       </c>
       <c r="G14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" s="11" t="s">
         <v>49</v>
       </c>
-      <c r="B15" s="15">
-        <v>45930</v>
+      <c r="B15" s="14">
+        <v>45961</v>
       </c>
       <c r="C15" s="13">
-        <v>-0.15</v>
+        <v>-0.16</v>
       </c>
       <c r="D15" s="13">
-        <v>7.55</v>
+        <v>7.46</v>
       </c>
       <c r="E15" s="13">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" s="11" t="s">
         <v>50</v>
       </c>
-      <c r="B16" s="15">
-        <v>45930</v>
+      <c r="B16" s="14">
+        <v>45961</v>
       </c>
       <c r="C16" s="13">
-        <v>-0.38</v>
+        <v>-0.4</v>
       </c>
       <c r="D16" s="13">
-        <v>6.87</v>
+        <v>7.03</v>
       </c>
       <c r="E16" s="13">
-        <v>313</v>
+        <v>325</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" s="11" t="s">
         <v>51</v>
       </c>
-      <c r="B17" s="15">
-        <v>45930</v>
+      <c r="B17" s="14">
+        <v>45961</v>
       </c>
       <c r="C17" s="13">
-        <v>0.108778136291122</v>
+        <v>0.15743566160258399</v>
       </c>
       <c r="D17" s="13">
-        <v>7.5418830346555996</v>
+        <v>7.5019642995300897</v>
       </c>
       <c r="E17" s="13">
-        <v>208.64662344297099</v>
+        <v>236.09558918537201</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" s="6"/>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
@@ -1693,791 +1687,791 @@
     <row r="47" spans="9:15" x14ac:dyDescent="0.2">
       <c r="N47" s="6"/>
       <c r="O47" s="6"/>
     </row>
     <row r="48" spans="9:15" x14ac:dyDescent="0.2">
       <c r="N48" s="6"/>
       <c r="O48" s="6"/>
     </row>
     <row r="49" spans="14:15" x14ac:dyDescent="0.2">
       <c r="N49" s="6"/>
       <c r="O49" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter>
     <oddHeader>&amp;C31 Selected Portfolios</oddHeader>
     <oddFooter>&amp;L&amp;9Page &amp;P&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Internal Use Only (I)&amp;R&amp;6(Historical as of 07/31/2024)  Printed 08/23/2024  Nuveen Investments Holdings, Inc.</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ADEEC185-8FDE-4D85-9B16-D80164EEC4CC}">
   <dimension ref="A1:G37"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView topLeftCell="A2" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="44.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14" customWidth="1"/>
     <col min="3" max="3" width="12.28515625" customWidth="1"/>
     <col min="4" max="4" width="25.5703125" customWidth="1"/>
     <col min="5" max="5" width="14.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="36.75" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="B2" s="14">
-[...12 lines deleted...]
-        <v>147</v>
+      <c r="B2" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C2" s="16">
+        <v>-0.85</v>
+      </c>
+      <c r="D2" s="16">
+        <v>4.71</v>
+      </c>
+      <c r="E2" s="16">
+        <v>4.99</v>
+      </c>
+      <c r="F2" s="17">
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="B3" s="14">
-[...12 lines deleted...]
-        <v>82</v>
+      <c r="B3" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C3" s="16">
+        <v>-1.1000000000000001</v>
+      </c>
+      <c r="D3" s="16">
+        <v>4.84</v>
+      </c>
+      <c r="E3" s="16">
+        <v>4.8600000000000003</v>
+      </c>
+      <c r="F3" s="17">
+        <v>85</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A4" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="14">
-[...12 lines deleted...]
-        <v>79</v>
+      <c r="B4" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C4" s="16">
+        <v>-0.88</v>
+      </c>
+      <c r="D4" s="16">
+        <v>4.5599999999999996</v>
+      </c>
+      <c r="E4" s="16">
+        <v>4.62</v>
+      </c>
+      <c r="F4" s="17">
+        <v>76</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A5" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="B5" s="14">
-[...5 lines deleted...]
-      <c r="D5" s="17">
+      <c r="B5" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C5" s="16">
+        <v>-1.17</v>
+      </c>
+      <c r="D5" s="16">
+        <v>4.5599999999999996</v>
+      </c>
+      <c r="E5" s="16">
         <v>4.57</v>
       </c>
-      <c r="E5" s="17">
-[...3 lines deleted...]
-        <v>87</v>
+      <c r="F5" s="17">
+        <v>84</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A6" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="B6" s="14">
-[...8 lines deleted...]
-      <c r="E6" s="17">
+      <c r="B6" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C6" s="16">
+        <v>-0.5</v>
+      </c>
+      <c r="D6" s="16">
         <v>4.4400000000000004</v>
       </c>
-      <c r="F6" s="18">
-        <v>96</v>
+      <c r="E6" s="16">
+        <v>4.47</v>
+      </c>
+      <c r="F6" s="17">
+        <v>87</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A7" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="14">
-[...12 lines deleted...]
-        <v>73</v>
+      <c r="B7" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C7" s="16">
+        <v>-0.91</v>
+      </c>
+      <c r="D7" s="16">
+        <v>4.68</v>
+      </c>
+      <c r="E7" s="16">
+        <v>4.7</v>
+      </c>
+      <c r="F7" s="17">
+        <v>78</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A8" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="14">
-[...12 lines deleted...]
-        <v>83</v>
+      <c r="B8" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C8" s="16">
+        <v>-0.21</v>
+      </c>
+      <c r="D8" s="16">
+        <v>4.22</v>
+      </c>
+      <c r="E8" s="16">
+        <v>4.4400000000000004</v>
+      </c>
+      <c r="F8" s="17">
+        <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A9" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="14">
-[...5 lines deleted...]
-      <c r="D9" s="17">
+      <c r="B9" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C9" s="16">
+        <v>0</v>
+      </c>
+      <c r="D9" s="16">
         <v>4.83</v>
       </c>
-      <c r="E9" s="17">
-[...3 lines deleted...]
-        <v>68</v>
+      <c r="E9" s="16">
+        <v>4.83</v>
+      </c>
+      <c r="F9" s="17">
+        <v>66</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A10" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="14">
-[...8 lines deleted...]
-      <c r="E10" s="17">
+      <c r="B10" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C10" s="16">
+        <v>-0.98</v>
+      </c>
+      <c r="D10" s="16">
+        <v>4.51</v>
+      </c>
+      <c r="E10" s="16">
         <v>4.5599999999999996</v>
       </c>
-      <c r="F10" s="18">
-        <v>61</v>
+      <c r="F10" s="17">
+        <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A11" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="B11" s="14">
-[...12 lines deleted...]
-        <v>85</v>
+      <c r="B11" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C11" s="16">
+        <v>-0.33</v>
+      </c>
+      <c r="D11" s="16">
+        <v>4.67</v>
+      </c>
+      <c r="E11" s="16">
+        <v>4.68</v>
+      </c>
+      <c r="F11" s="17">
+        <v>76</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A12" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="B12" s="14">
-[...12 lines deleted...]
-        <v>92</v>
+      <c r="B12" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C12" s="16">
+        <v>-1.1299999999999999</v>
+      </c>
+      <c r="D12" s="16">
+        <v>4.26</v>
+      </c>
+      <c r="E12" s="16">
+        <v>4.3499999999999996</v>
+      </c>
+      <c r="F12" s="17">
+        <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A13" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="B13" s="14">
-[...12 lines deleted...]
-        <v>78</v>
+      <c r="B13" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C13" s="16">
+        <v>-1.25</v>
+      </c>
+      <c r="D13" s="16">
+        <v>4.5599999999999996</v>
+      </c>
+      <c r="E13" s="16">
+        <v>4.6100000000000003</v>
+      </c>
+      <c r="F13" s="17">
+        <v>71</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A14" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="B14" s="14">
-[...12 lines deleted...]
-        <v>101</v>
+      <c r="B14" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C14" s="16">
+        <v>-1.45</v>
+      </c>
+      <c r="D14" s="16">
+        <v>4.68</v>
+      </c>
+      <c r="E14" s="16">
+        <v>4.72</v>
+      </c>
+      <c r="F14" s="17">
+        <v>103</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A15" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="14">
-[...12 lines deleted...]
-        <v>102</v>
+      <c r="B15" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C15" s="16">
+        <v>0</v>
+      </c>
+      <c r="D15" s="16">
+        <v>4.04</v>
+      </c>
+      <c r="E15" s="16">
+        <v>4.13</v>
+      </c>
+      <c r="F15" s="17">
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A16" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="B16" s="14">
-[...12 lines deleted...]
-        <v>85</v>
+      <c r="B16" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C16" s="16">
+        <v>-1.01</v>
+      </c>
+      <c r="D16" s="16">
+        <v>4.71</v>
+      </c>
+      <c r="E16" s="16">
+        <v>4.7699999999999996</v>
+      </c>
+      <c r="F16" s="17">
+        <v>86</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A17" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="B17" s="14">
-[...2 lines deleted...]
-      <c r="C17" s="17">
+      <c r="B17" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C17" s="16">
         <v>-0.77</v>
       </c>
-      <c r="D17" s="17">
-[...6 lines deleted...]
-        <v>56</v>
+      <c r="D17" s="16">
+        <v>3.71</v>
+      </c>
+      <c r="E17" s="16">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="F17" s="17">
+        <v>62</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A18" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="B18" s="14">
-[...12 lines deleted...]
-        <v>93</v>
+      <c r="B18" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C18" s="16">
+        <v>-1.17</v>
+      </c>
+      <c r="D18" s="16">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="E18" s="16">
+        <v>4.7</v>
+      </c>
+      <c r="F18" s="17">
+        <v>94</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A19" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="B19" s="14">
-[...12 lines deleted...]
-        <v>147</v>
+      <c r="B19" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C19" s="16">
+        <v>-1.34</v>
+      </c>
+      <c r="D19" s="16">
+        <v>4.43</v>
+      </c>
+      <c r="E19" s="16">
+        <v>5.03</v>
+      </c>
+      <c r="F19" s="17">
+        <v>159</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A20" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="B20" s="14">
-[...12 lines deleted...]
-        <v>79</v>
+      <c r="B20" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C20" s="16">
+        <v>-0.91</v>
+      </c>
+      <c r="D20" s="16">
+        <v>4.74</v>
+      </c>
+      <c r="E20" s="16">
+        <v>4.79</v>
+      </c>
+      <c r="F20" s="17">
+        <v>86</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A21" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="B21" s="14">
-[...2 lines deleted...]
-      <c r="C21" s="17">
+      <c r="B21" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C21" s="16">
         <v>-0.85</v>
       </c>
-      <c r="D21" s="17">
-[...6 lines deleted...]
-        <v>62</v>
+      <c r="D21" s="16">
+        <v>4.5199999999999996</v>
+      </c>
+      <c r="E21" s="16">
+        <v>4.5599999999999996</v>
+      </c>
+      <c r="F21" s="17">
+        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A22" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="B22" s="14">
-[...2 lines deleted...]
-      <c r="C22" s="17">
+      <c r="B22" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C22" s="16">
         <v>-0.56999999999999995</v>
       </c>
-      <c r="D22" s="17">
-[...6 lines deleted...]
-        <v>71</v>
+      <c r="D22" s="16">
+        <v>3.92</v>
+      </c>
+      <c r="E22" s="16">
+        <v>4.03</v>
+      </c>
+      <c r="F22" s="17">
+        <v>77</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A23" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="B23" s="14">
-[...12 lines deleted...]
-        <v>101</v>
+      <c r="B23" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C23" s="16">
+        <v>-1.35</v>
+      </c>
+      <c r="D23" s="16">
+        <v>4.3600000000000003</v>
+      </c>
+      <c r="E23" s="16">
+        <v>4.82</v>
+      </c>
+      <c r="F23" s="17">
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A24" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="B24" s="14">
-[...12 lines deleted...]
-        <v>90</v>
+      <c r="B24" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C24" s="16">
+        <v>-1.0900000000000001</v>
+      </c>
+      <c r="D24" s="16">
+        <v>4.51</v>
+      </c>
+      <c r="E24" s="16">
+        <v>4.6100000000000003</v>
+      </c>
+      <c r="F24" s="17">
+        <v>86</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A25" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="B25" s="14">
-[...2 lines deleted...]
-      <c r="C25" s="17">
+      <c r="B25" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C25" s="16">
         <v>-0.48</v>
       </c>
-      <c r="D25" s="17">
-[...5 lines deleted...]
-      <c r="F25" s="18">
+      <c r="D25" s="16">
+        <v>4.13</v>
+      </c>
+      <c r="E25" s="16">
+        <v>4.26</v>
+      </c>
+      <c r="F25" s="17">
         <v>104</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A26" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="B26" s="14">
-[...12 lines deleted...]
-        <v>84</v>
+      <c r="B26" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C26" s="16">
+        <v>-1.01</v>
+      </c>
+      <c r="D26" s="16">
+        <v>4.28</v>
+      </c>
+      <c r="E26" s="16">
+        <v>4.47</v>
+      </c>
+      <c r="F26" s="17">
+        <v>80</v>
       </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A27" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="B27" s="14">
-[...12 lines deleted...]
-        <v>276</v>
+      <c r="B27" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C27" s="16">
+        <v>-1.75</v>
+      </c>
+      <c r="D27" s="16">
+        <v>3.61</v>
+      </c>
+      <c r="E27" s="16">
+        <v>5.34</v>
+      </c>
+      <c r="F27" s="17">
+        <v>291</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A28" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="B28" s="14">
-[...12 lines deleted...]
-        <v>93</v>
+      <c r="B28" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C28" s="16">
+        <v>-0.96</v>
+      </c>
+      <c r="D28" s="16">
+        <v>4.3600000000000003</v>
+      </c>
+      <c r="E28" s="16">
+        <v>4.5599999999999996</v>
+      </c>
+      <c r="F28" s="17">
+        <v>91</v>
       </c>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A29" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="B29" s="14">
-[...12 lines deleted...]
-        <v>124</v>
+      <c r="B29" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C29" s="16">
+        <v>-0.23</v>
+      </c>
+      <c r="D29" s="16">
+        <v>4.04</v>
+      </c>
+      <c r="E29" s="16">
+        <v>4.29</v>
+      </c>
+      <c r="F29" s="17">
+        <v>121</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A30" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="B30" s="14">
-[...5 lines deleted...]
-      <c r="D30" s="17">
+      <c r="B30" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C30" s="16">
+        <v>-1</v>
+      </c>
+      <c r="D30" s="16">
         <v>4.28</v>
       </c>
-      <c r="E30" s="17">
-[...3 lines deleted...]
-        <v>94</v>
+      <c r="E30" s="16">
+        <v>4.43</v>
+      </c>
+      <c r="F30" s="17">
+        <v>91</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A31" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="B31" s="14">
-[...12 lines deleted...]
-        <v>229</v>
+      <c r="B31" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C31" s="16">
+        <v>-0.76</v>
+      </c>
+      <c r="D31" s="16">
+        <v>4.78</v>
+      </c>
+      <c r="E31" s="16">
+        <v>5.18</v>
+      </c>
+      <c r="F31" s="17">
+        <v>246</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A32" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B32" s="14">
-[...12 lines deleted...]
-        <v>60</v>
+      <c r="B32" s="24">
+        <v>45961</v>
+      </c>
+      <c r="C32" s="16">
+        <v>-1.32</v>
+      </c>
+      <c r="D32" s="16">
+        <v>4.88</v>
+      </c>
+      <c r="E32" s="16">
+        <v>4.8899999999999997</v>
+      </c>
+      <c r="F32" s="17">
+        <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:7" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="16" t="s">
+      <c r="A33" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="B33" s="23">
-[...12 lines deleted...]
-        <v>82</v>
+      <c r="B33" s="25">
+        <v>45961</v>
+      </c>
+      <c r="C33" s="18">
+        <v>-1.47</v>
+      </c>
+      <c r="D33" s="18">
+        <v>4.37</v>
+      </c>
+      <c r="E33" s="18">
+        <v>4.62</v>
+      </c>
+      <c r="F33" s="19">
+        <v>88</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A34" s="7"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A35" s="22" t="s">
+      <c r="A35" s="23" t="s">
         <v>58</v>
       </c>
-      <c r="B35" s="22"/>
-[...2 lines deleted...]
-      <c r="E35" s="22"/>
+      <c r="B35" s="23"/>
+      <c r="C35" s="23"/>
+      <c r="D35" s="23"/>
+      <c r="E35" s="23"/>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A36" s="22"/>
-[...3 lines deleted...]
-      <c r="E36" s="22"/>
+      <c r="A36" s="23"/>
+      <c r="B36" s="23"/>
+      <c r="C36" s="23"/>
+      <c r="D36" s="23"/>
+      <c r="E36" s="23"/>
       <c r="F36" s="7"/>
       <c r="G36" s="7"/>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A37" s="22"/>
-[...3 lines deleted...]
-      <c r="E37" s="22"/>
+      <c r="A37" s="23"/>
+      <c r="B37" s="23"/>
+      <c r="C37" s="23"/>
+      <c r="D37" s="23"/>
+      <c r="E37" s="23"/>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A35:E37"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Internal Use Only (I)</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c40ed45b-470e-4596-9017-1daf584dfe72" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7fff5375-fb19-47fd-92af-e7510a10e93b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003E3AF77A1A808E478699B1132678DD35" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8f1b14c22e13adfd6b36fa4b06484ee4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7fff5375-fb19-47fd-92af-e7510a10e93b" xmlns:ns3="c40ed45b-470e-4596-9017-1daf584dfe72" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="02110daec41b40e51d2a421a6e8c53b4" ns2:_="" ns3:_="">
     <xsd:import namespace="7fff5375-fb19-47fd-92af-e7510a10e93b"/>
     <xsd:import namespace="c40ed45b-470e-4596-9017-1daf584dfe72"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
@@ -2660,94 +2654,92 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74A366E4-481E-4A97-9181-88F094EC2B85}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{656721ED-C22A-46E3-B073-587119CF0BB4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c40ed45b-470e-4596-9017-1daf584dfe72"/>
+    <ds:schemaRef ds:uri="7fff5375-fb19-47fd-92af-e7510a10e93b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33AEFB11-3E2B-4FCE-A2DB-FF9945C57086}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7fff5375-fb19-47fd-92af-e7510a10e93b"/>
     <ds:schemaRef ds:uri="c40ed45b-470e-4596-9017-1daf584dfe72"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{656721ED-C22A-46E3-B073-587119CF0BB4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74A366E4-481E-4A97-9181-88F094EC2B85}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="7fff5375-fb19-47fd-92af-e7510a10e93b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Important disclosures</vt:lpstr>
       <vt:lpstr>Taxable Funds</vt:lpstr>
       <vt:lpstr>Municipal Funds</vt:lpstr>
     </vt:vector>