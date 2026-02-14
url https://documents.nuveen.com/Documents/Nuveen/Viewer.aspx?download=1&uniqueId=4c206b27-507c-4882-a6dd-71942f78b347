--- v1 (2025-12-31)
+++ v2 (2026-02-14)
@@ -3,85 +3,85 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://tiaacref-my.sharepoint.com/personal/jared_cummans_nuveen_com/Documents/Jared Cummans/Excel/Misc/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ad.tiaa-cref.org\files\Apps\AMES\AMDDS\A-DPT-AMDDS-PD\outbound\NuveenEBusiness\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="14" documentId="8_{B12A89DF-B532-4191-AB9C-51ADC9D879DA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{508C42A6-CC53-420A-A978-AA739B353205}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{BCB1B049-00F0-4375-AC94-FEFBAAABFEAF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="10320" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-23880" yWindow="3810" windowWidth="21600" windowHeight="11175" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Important disclosures" sheetId="3" r:id="rId1"/>
     <sheet name="Taxable Funds" sheetId="1" r:id="rId2"/>
     <sheet name="Municipal Funds" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="83">
   <si>
     <t>Pricing
 Date</t>
   </si>
   <si>
     <t>Coupon</t>
   </si>
   <si>
     <t>Fund Name</t>
   </si>
   <si>
     <t>Nuveen Bond Index Fund</t>
   </si>
   <si>
     <t>Nuveen Core Plus Bond Fund</t>
   </si>
   <si>
     <t>Nuveen Emerging Markets Debt Fund</t>
   </si>
   <si>
     <t>Nuveen High Yield Fund</t>
   </si>
   <si>
     <t>Nuveen Inflation Linked Bond Fund</t>
   </si>
@@ -266,50 +266,104 @@
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Using market value weighting to calculate a fund’s average coupon reduces the contribution or weight of deeply discounted bonds, whether from defaulted bonds with uncertain cash flows or zero-coupon bonds with no periodic interest payments, to provide a more accurate reflection of a fund’s income potential relative to its current market valuation. </t>
     </r>
   </si>
   <si>
     <t>Data reflects the portfolio of the fund as of the stated date.</t>
   </si>
   <si>
     <t>Data is presented for informational purposes only and should not be considered a replacement for portfolio holdings reported and/or filed for regulatory purposes.</t>
   </si>
   <si>
     <t>Data is unaudited and holdings are subject to change.</t>
   </si>
   <si>
     <t>Before investing, carefully consider fund investment objectives, risks, charges and expenses. For this and other information that should be read carefully, please request a prospectus or summary prospectus from your financial advisor or Nuveen at 800.257.8787 or visit nuveen.com.</t>
   </si>
   <si>
     <t>Visit www.nuveen.com for a glossary of terms.</t>
   </si>
   <si>
     <t>Nuveen Securities, LLC, member FINRA and SIPC.</t>
+  </si>
+  <si>
+    <t>Nuveen 5-15 Year Laddered Tax Exempt Bond Fund</t>
+  </si>
+  <si>
+    <t>FHIB</t>
+  </si>
+  <si>
+    <t>FTRB</t>
+  </si>
+  <si>
+    <t>IBDI</t>
+  </si>
+  <si>
+    <t>IBP2</t>
+  </si>
+  <si>
+    <t>IEMD</t>
+  </si>
+  <si>
+    <t>IGBF</t>
+  </si>
+  <si>
+    <t>IHY2</t>
+  </si>
+  <si>
+    <t>IIBD</t>
+  </si>
+  <si>
+    <t>IILB</t>
+  </si>
+  <si>
+    <t>IMBD</t>
+  </si>
+  <si>
+    <t>ISB2</t>
+  </si>
+  <si>
+    <t>ISCB</t>
+  </si>
+  <si>
+    <t>ISDB</t>
+  </si>
+  <si>
+    <t>ITE2</t>
+  </si>
+  <si>
+    <t>NPSF</t>
+  </si>
+  <si>
+    <t>SCOF</t>
+  </si>
+  <si>
+    <t>XSB2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="mm/dd/yyyy"/>
     <numFmt numFmtId="165" formatCode="0.000"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -405,120 +459,114 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{71483A63-FDE1-4597-B577-A63D7BD6C4A6}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{43A03E40-5014-4BCE-A449-2358E3D95ACD}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -799,51 +847,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{90C37858-9EFB-48A9-BDCD-062EB2816D22}">
   <dimension ref="A1:S12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="D14" sqref="D14"/>
+      <selection activeCell="N20" sqref="N20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="21" t="s">
         <v>59</v>
       </c>
       <c r="B1" s="21"/>
       <c r="C1" s="21"/>
       <c r="D1" s="21"/>
       <c r="E1" s="21"/>
       <c r="F1" s="21"/>
       <c r="G1" s="21"/>
       <c r="H1" s="21"/>
       <c r="I1" s="21"/>
       <c r="J1" s="21"/>
       <c r="K1" s="21"/>
       <c r="L1" s="21"/>
       <c r="M1" s="21"/>
       <c r="N1" s="21"/>
       <c r="O1" s="21"/>
@@ -1075,1331 +1123,1396 @@
     <row r="12" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="10">
         <v>4436768</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A7:S7"/>
     <mergeCell ref="A8:S8"/>
     <mergeCell ref="A9:S9"/>
     <mergeCell ref="A10:S10"/>
     <mergeCell ref="A11:S11"/>
     <mergeCell ref="A6:S6"/>
     <mergeCell ref="A1:S1"/>
     <mergeCell ref="A2:S2"/>
     <mergeCell ref="A3:S3"/>
     <mergeCell ref="A4:S4"/>
     <mergeCell ref="A5:S5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:O49"/>
+  <dimension ref="A1:P50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="G8" sqref="G8"/>
+      <selection pane="bottomLeft" activeCell="J21" sqref="J21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="43.28515625" style="7" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="11" max="16384" width="8" style="1"/>
+    <col min="1" max="1" width="0" style="7" hidden="1" customWidth="1"/>
+    <col min="2" max="2" width="43.28515625" style="7" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="12.5703125" style="1"/>
+    <col min="4" max="4" width="11.5703125" style="1"/>
+    <col min="5" max="5" width="8.28515625" style="1"/>
+    <col min="6" max="6" width="16.7109375" style="1" customWidth="1"/>
+    <col min="7" max="9" width="8" style="1"/>
+    <col min="10" max="10" width="8" style="7"/>
+    <col min="11" max="11" width="42.85546875" style="7" customWidth="1"/>
+    <col min="12" max="16384" width="8" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="36" x14ac:dyDescent="0.2">
-      <c r="A1" s="8" t="s">
+    <row r="1" spans="1:16" ht="36" x14ac:dyDescent="0.2">
+      <c r="B1" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="B1" s="8" t="s">
+      <c r="C1" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="8" t="s">
+      <c r="D1" s="8" t="s">
         <v>15</v>
       </c>
-      <c r="D1" s="8" t="s">
+      <c r="E1" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="8" t="s">
+      <c r="F1" s="8" t="s">
         <v>16</v>
       </c>
-      <c r="I1" s="2"/>
       <c r="J1" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="6" t="s">
+      <c r="K1" s="2"/>
+    </row>
+    <row r="2" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A2" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B2" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="24">
-[...2 lines deleted...]
-      <c r="C2" s="16">
+      <c r="C2" s="18">
+        <v>46022</v>
+      </c>
+      <c r="D2" s="14">
+        <v>0.71</v>
+      </c>
+      <c r="E2" s="14">
+        <v>3.7280000000000002</v>
+      </c>
+      <c r="F2" s="14">
+        <v>31.34</v>
+      </c>
+      <c r="H2" s="6"/>
+      <c r="I2" s="12"/>
+      <c r="J2" s="6"/>
+      <c r="K2" s="6"/>
+      <c r="O2" s="6"/>
+      <c r="P2" s="6"/>
+    </row>
+    <row r="3" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A3" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B3" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="C3" s="18">
+        <v>46022</v>
+      </c>
+      <c r="D3" s="14">
+        <v>0.73</v>
+      </c>
+      <c r="E3" s="14">
+        <v>4.4450000000000003</v>
+      </c>
+      <c r="F3" s="14">
+        <v>105.57</v>
+      </c>
+      <c r="H3" s="6"/>
+      <c r="I3" s="12"/>
+      <c r="J3" s="6"/>
+      <c r="K3" s="6"/>
+      <c r="O3" s="6"/>
+      <c r="P3" s="6"/>
+    </row>
+    <row r="4" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A4" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C4" s="18">
+        <v>46022</v>
+      </c>
+      <c r="D4" s="14">
+        <v>0.63636455158437399</v>
+      </c>
+      <c r="E4" s="14">
+        <v>8.1509400647525698</v>
+      </c>
+      <c r="F4" s="14">
+        <v>238.55749469174401</v>
+      </c>
+      <c r="H4" s="6"/>
+      <c r="I4" s="12"/>
+      <c r="J4" s="6"/>
+      <c r="K4" s="6"/>
+      <c r="O4" s="6"/>
+      <c r="P4" s="6"/>
+    </row>
+    <row r="5" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A5" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="B5" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="18">
+        <v>46022</v>
+      </c>
+      <c r="D5" s="14">
+        <v>0.14638162002516</v>
+      </c>
+      <c r="E5" s="14">
+        <v>6.7308691947648702</v>
+      </c>
+      <c r="F5" s="14">
+        <v>264.48260104517601</v>
+      </c>
+      <c r="H5" s="6"/>
+      <c r="I5" s="12"/>
+      <c r="J5" s="6"/>
+      <c r="K5" s="6"/>
+      <c r="O5" s="6"/>
+      <c r="P5" s="6"/>
+    </row>
+    <row r="6" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A6" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="B6" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="C6" s="18">
+        <v>46022</v>
+      </c>
+      <c r="D6" s="14">
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="E6" s="14">
+        <v>1.246</v>
+      </c>
+      <c r="F6" s="14">
+        <v>12.87</v>
+      </c>
+      <c r="H6" s="6"/>
+      <c r="J6" s="6"/>
+      <c r="K6" s="6"/>
+      <c r="O6" s="6"/>
+      <c r="P6" s="6"/>
+    </row>
+    <row r="7" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A7" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C7" s="18">
+        <v>46022</v>
+      </c>
+      <c r="D7" s="14">
+        <v>0.7</v>
+      </c>
+      <c r="E7" s="14">
+        <v>4.149</v>
+      </c>
+      <c r="F7" s="14">
+        <v>76.319999999999993</v>
+      </c>
+      <c r="H7" s="6"/>
+      <c r="J7" s="6"/>
+      <c r="K7" s="6"/>
+      <c r="O7" s="6"/>
+      <c r="P7" s="6"/>
+    </row>
+    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A8" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" s="18">
+        <v>46022</v>
+      </c>
+      <c r="D8" s="14">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="E8" s="14">
+        <v>4.101</v>
+      </c>
+      <c r="F8" s="14">
+        <v>66.28</v>
+      </c>
+      <c r="H8" s="6"/>
+      <c r="J8" s="6"/>
+      <c r="K8" s="6"/>
+      <c r="O8" s="6"/>
+      <c r="P8" s="6"/>
+    </row>
+    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A9" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="C9" s="18">
+        <v>46022</v>
+      </c>
+      <c r="D9" s="14">
+        <v>0.75</v>
+      </c>
+      <c r="E9" s="14">
+        <v>4.0449999999999999</v>
+      </c>
+      <c r="F9" s="14">
+        <v>78.31</v>
+      </c>
+      <c r="H9" s="6"/>
+      <c r="J9" s="6"/>
+      <c r="K9" s="6"/>
+      <c r="O9" s="6"/>
+      <c r="P9" s="6"/>
+    </row>
+    <row r="10" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A10" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" s="18">
+        <v>46022</v>
+      </c>
+      <c r="D10" s="14">
+        <v>0.94</v>
+      </c>
+      <c r="E10" s="14">
+        <v>4.6100000000000003</v>
+      </c>
+      <c r="F10" s="14">
+        <v>-54.14</v>
+      </c>
+      <c r="H10" s="6"/>
+      <c r="J10" s="6"/>
+      <c r="K10" s="6"/>
+      <c r="O10" s="6"/>
+      <c r="P10" s="6"/>
+    </row>
+    <row r="11" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A11" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C11" s="18">
+        <v>46022</v>
+      </c>
+      <c r="D11" s="14">
+        <v>0.05</v>
+      </c>
+      <c r="E11" s="14">
+        <v>4.0279999999999996</v>
+      </c>
+      <c r="F11" s="14">
+        <v>13.69</v>
+      </c>
+      <c r="H11" s="6"/>
+      <c r="J11" s="6"/>
+      <c r="K11" s="6"/>
+      <c r="O11" s="6"/>
+      <c r="P11" s="6"/>
+    </row>
+    <row r="12" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A12" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C12" s="18">
+        <v>46022</v>
+      </c>
+      <c r="D12" s="14">
+        <v>0.62</v>
+      </c>
+      <c r="E12" s="14">
+        <v>3.7890000000000001</v>
+      </c>
+      <c r="F12" s="14">
+        <v>117.17</v>
+      </c>
+      <c r="H12" s="6"/>
+      <c r="J12" s="6"/>
+      <c r="K12" s="6"/>
+      <c r="O12" s="6"/>
+      <c r="P12" s="6"/>
+    </row>
+    <row r="13" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A13" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" s="18">
+        <v>46022</v>
+      </c>
+      <c r="D13" s="14">
+        <v>0.09</v>
+      </c>
+      <c r="E13" s="14">
+        <v>3.2330000000000001</v>
+      </c>
+      <c r="F13" s="14">
+        <v>64.62</v>
+      </c>
+      <c r="H13" s="6"/>
+      <c r="J13" s="6"/>
+      <c r="K13" s="6"/>
+      <c r="O13" s="6"/>
+      <c r="P13" s="6"/>
+    </row>
+    <row r="14" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A14" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="B14" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" s="18">
+        <v>46022</v>
+      </c>
+      <c r="D14" s="14">
         <v>0.72</v>
       </c>
-      <c r="D2" s="16">
-[...258 lines deleted...]
-      <c r="A14" s="11" t="s">
+      <c r="E14" s="14">
+        <v>3.069</v>
+      </c>
+      <c r="F14" s="14">
+        <v>49.78</v>
+      </c>
+      <c r="H14" s="6"/>
+      <c r="J14" s="6"/>
+      <c r="K14" s="6"/>
+      <c r="O14" s="6"/>
+      <c r="P14" s="6"/>
+    </row>
+    <row r="15" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A15" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B15" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="B14" s="14">
-[...33 lines deleted...]
-      <c r="H15" s="6"/>
+      <c r="C15" s="18">
+        <v>46022</v>
+      </c>
+      <c r="D15" s="14">
+        <v>0.3</v>
+      </c>
+      <c r="E15" s="14">
+        <v>6.33</v>
+      </c>
+      <c r="F15" s="14">
+        <v>250</v>
+      </c>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
-      <c r="N15" s="6"/>
+      <c r="K15" s="6"/>
       <c r="O15" s="6"/>
-    </row>
-[...16 lines deleted...]
-      <c r="H16" s="6"/>
+      <c r="P15" s="6"/>
+    </row>
+    <row r="16" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A16" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="C16" s="18">
+        <v>46022</v>
+      </c>
+      <c r="D16" s="14">
+        <v>-0.17</v>
+      </c>
+      <c r="E16" s="14">
+        <v>7.36</v>
+      </c>
+      <c r="F16" s="14">
+        <v>285</v>
+      </c>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
-      <c r="N16" s="6"/>
+      <c r="K16" s="6"/>
       <c r="O16" s="6"/>
-    </row>
-[...16 lines deleted...]
-      <c r="H17" s="6"/>
+      <c r="P16" s="6"/>
+    </row>
+    <row r="17" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A17" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="B17" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="C17" s="18">
+        <v>46022</v>
+      </c>
+      <c r="D17" s="14">
+        <v>-0.41</v>
+      </c>
+      <c r="E17" s="14">
+        <v>6.94</v>
+      </c>
+      <c r="F17" s="14">
+        <v>311</v>
+      </c>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
-      <c r="N17" s="6"/>
+      <c r="K17" s="6"/>
       <c r="O17" s="6"/>
-    </row>
-[...5 lines deleted...]
-      <c r="H18" s="6"/>
+      <c r="P17" s="6"/>
+    </row>
+    <row r="18" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A18" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="C18" s="18">
+        <v>46022</v>
+      </c>
+      <c r="D18" s="14">
+        <v>5.5240314341146499E-2</v>
+      </c>
+      <c r="E18" s="14">
+        <v>7.3880770432147704</v>
+      </c>
+      <c r="F18" s="14">
+        <v>228.40656456744901</v>
+      </c>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
-      <c r="N18" s="6"/>
+      <c r="K18" s="6"/>
       <c r="O18" s="6"/>
-    </row>
-[...13 lines deleted...]
-      <c r="H20" s="6"/>
+      <c r="P18" s="6"/>
+    </row>
+    <row r="20" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
-      <c r="N20" s="6"/>
+      <c r="K20" s="6"/>
       <c r="O20" s="6"/>
-    </row>
-[...2 lines deleted...]
-      <c r="H21" s="6"/>
+      <c r="P20" s="6"/>
+    </row>
+    <row r="21" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B21" s="6"/>
+      <c r="D21" s="3"/>
+      <c r="E21" s="3"/>
+      <c r="F21" s="4"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
-      <c r="N21" s="6"/>
+      <c r="K21" s="6"/>
       <c r="O21" s="6"/>
-    </row>
-[...2 lines deleted...]
-      <c r="H22" s="6"/>
+      <c r="P21" s="6"/>
+    </row>
+    <row r="22" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B22" s="5"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
-      <c r="N22" s="6"/>
+      <c r="K22" s="6"/>
       <c r="O22" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" s="5"/>
+      <c r="P22" s="6"/>
+    </row>
+    <row r="23" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B23" s="5"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
-      <c r="N23" s="6"/>
+      <c r="K23" s="6"/>
       <c r="O23" s="6"/>
-    </row>
-[...2 lines deleted...]
-      <c r="I24" s="6"/>
+      <c r="P23" s="6"/>
+    </row>
+    <row r="24" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B24" s="5"/>
       <c r="J24" s="6"/>
-      <c r="N24" s="6"/>
+      <c r="K24" s="6"/>
       <c r="O24" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I25" s="6"/>
+      <c r="P24" s="6"/>
+    </row>
+    <row r="25" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="B25" s="5"/>
       <c r="J25" s="6"/>
-      <c r="N25" s="6"/>
+      <c r="K25" s="6"/>
       <c r="O25" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I26" s="6"/>
+      <c r="P25" s="6"/>
+    </row>
+    <row r="26" spans="1:16" x14ac:dyDescent="0.2">
       <c r="J26" s="6"/>
-      <c r="N26" s="6"/>
+      <c r="K26" s="6"/>
       <c r="O26" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I27" s="6"/>
+      <c r="P26" s="6"/>
+    </row>
+    <row r="27" spans="1:16" x14ac:dyDescent="0.2">
       <c r="J27" s="6"/>
-      <c r="N27" s="6"/>
+      <c r="K27" s="6"/>
       <c r="O27" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I28" s="6"/>
+      <c r="P27" s="6"/>
+    </row>
+    <row r="28" spans="1:16" x14ac:dyDescent="0.2">
       <c r="J28" s="6"/>
-      <c r="N28" s="6"/>
+      <c r="K28" s="6"/>
       <c r="O28" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I29" s="6"/>
+      <c r="P28" s="6"/>
+    </row>
+    <row r="29" spans="1:16" x14ac:dyDescent="0.2">
       <c r="J29" s="6"/>
-      <c r="N29" s="6"/>
+      <c r="K29" s="6"/>
       <c r="O29" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I30" s="6"/>
+      <c r="P29" s="6"/>
+    </row>
+    <row r="30" spans="1:16" x14ac:dyDescent="0.2">
       <c r="J30" s="6"/>
-      <c r="N30" s="6"/>
+      <c r="K30" s="6"/>
       <c r="O30" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I31" s="6"/>
+      <c r="P30" s="6"/>
+    </row>
+    <row r="31" spans="1:16" x14ac:dyDescent="0.2">
       <c r="J31" s="6"/>
-      <c r="N31" s="6"/>
+      <c r="K31" s="6"/>
       <c r="O31" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I32" s="6"/>
+      <c r="P31" s="6"/>
+    </row>
+    <row r="32" spans="1:16" x14ac:dyDescent="0.2">
       <c r="J32" s="6"/>
-      <c r="N32" s="6"/>
+      <c r="K32" s="6"/>
       <c r="O32" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I33" s="6"/>
+      <c r="P32" s="6"/>
+    </row>
+    <row r="33" spans="10:16" x14ac:dyDescent="0.2">
       <c r="J33" s="6"/>
-      <c r="N33" s="6"/>
+      <c r="K33" s="6"/>
       <c r="O33" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I34" s="6"/>
+      <c r="P33" s="6"/>
+    </row>
+    <row r="34" spans="10:16" x14ac:dyDescent="0.2">
       <c r="J34" s="6"/>
-      <c r="N34" s="6"/>
+      <c r="K34" s="6"/>
       <c r="O34" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I35" s="6"/>
+      <c r="P34" s="6"/>
+    </row>
+    <row r="35" spans="10:16" x14ac:dyDescent="0.2">
       <c r="J35" s="6"/>
-      <c r="N35" s="6"/>
+      <c r="K35" s="6"/>
       <c r="O35" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I36" s="6"/>
+      <c r="P35" s="6"/>
+    </row>
+    <row r="36" spans="10:16" x14ac:dyDescent="0.2">
       <c r="J36" s="6"/>
-      <c r="N36" s="6"/>
+      <c r="K36" s="6"/>
       <c r="O36" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I37" s="6"/>
+      <c r="P36" s="6"/>
+    </row>
+    <row r="37" spans="10:16" x14ac:dyDescent="0.2">
       <c r="J37" s="6"/>
-      <c r="N37" s="6"/>
+      <c r="K37" s="6"/>
       <c r="O37" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I38" s="6"/>
+      <c r="P37" s="6"/>
+    </row>
+    <row r="38" spans="10:16" x14ac:dyDescent="0.2">
       <c r="J38" s="6"/>
-      <c r="N38" s="6"/>
+      <c r="K38" s="6"/>
       <c r="O38" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I39" s="6"/>
+      <c r="P38" s="6"/>
+    </row>
+    <row r="39" spans="10:16" x14ac:dyDescent="0.2">
       <c r="J39" s="6"/>
-      <c r="N39" s="6"/>
+      <c r="K39" s="6"/>
       <c r="O39" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I40" s="6"/>
+      <c r="P39" s="6"/>
+    </row>
+    <row r="40" spans="10:16" x14ac:dyDescent="0.2">
       <c r="J40" s="6"/>
-      <c r="N40" s="6"/>
+      <c r="K40" s="6"/>
       <c r="O40" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I41" s="6"/>
+      <c r="P40" s="6"/>
+    </row>
+    <row r="41" spans="10:16" x14ac:dyDescent="0.2">
       <c r="J41" s="6"/>
-      <c r="N41" s="6"/>
+      <c r="K41" s="6"/>
       <c r="O41" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I42" s="6"/>
+      <c r="P41" s="6"/>
+    </row>
+    <row r="42" spans="10:16" x14ac:dyDescent="0.2">
       <c r="J42" s="6"/>
-      <c r="N42" s="6"/>
+      <c r="K42" s="6"/>
       <c r="O42" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I43" s="6"/>
+      <c r="P42" s="6"/>
+    </row>
+    <row r="43" spans="10:16" x14ac:dyDescent="0.2">
       <c r="J43" s="6"/>
-      <c r="N43" s="6"/>
+      <c r="K43" s="6"/>
       <c r="O43" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I44" s="6"/>
+      <c r="P43" s="6"/>
+    </row>
+    <row r="44" spans="10:16" x14ac:dyDescent="0.2">
       <c r="J44" s="6"/>
-      <c r="N44" s="6"/>
+      <c r="K44" s="6"/>
       <c r="O44" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I45" s="6"/>
+      <c r="P44" s="6"/>
+    </row>
+    <row r="45" spans="10:16" x14ac:dyDescent="0.2">
       <c r="J45" s="6"/>
-      <c r="N45" s="6"/>
+      <c r="K45" s="6"/>
       <c r="O45" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="I46" s="6"/>
+      <c r="P45" s="6"/>
+    </row>
+    <row r="46" spans="10:16" x14ac:dyDescent="0.2">
       <c r="J46" s="6"/>
-      <c r="N46" s="6"/>
+      <c r="K46" s="6"/>
       <c r="O46" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="N47" s="6"/>
+      <c r="P46" s="6"/>
+    </row>
+    <row r="47" spans="10:16" x14ac:dyDescent="0.2">
+      <c r="J47" s="6"/>
+      <c r="K47" s="6"/>
       <c r="O47" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="N48" s="6"/>
+      <c r="P47" s="6"/>
+    </row>
+    <row r="48" spans="10:16" x14ac:dyDescent="0.2">
       <c r="O48" s="6"/>
-    </row>
-[...1 lines deleted...]
-      <c r="N49" s="6"/>
+      <c r="P48" s="6"/>
+    </row>
+    <row r="49" spans="15:16" x14ac:dyDescent="0.2">
       <c r="O49" s="6"/>
+      <c r="P49" s="6"/>
+    </row>
+    <row r="50" spans="15:16" x14ac:dyDescent="0.2">
+      <c r="O50" s="6"/>
+      <c r="P50" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter>
     <oddHeader>&amp;C31 Selected Portfolios</oddHeader>
     <oddFooter>&amp;L&amp;9Page &amp;P&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Internal Use Only (I)&amp;R&amp;6(Historical as of 07/31/2024)  Printed 08/23/2024  Nuveen Investments Holdings, Inc.</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ADEEC185-8FDE-4D85-9B16-D80164EEC4CC}">
   <dimension ref="A1:G37"/>
   <sheetViews>
-    <sheetView topLeftCell="A2" workbookViewId="0"/>
+    <sheetView topLeftCell="A11" workbookViewId="0">
+      <selection activeCell="D40" sqref="D40"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="44.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14" customWidth="1"/>
     <col min="3" max="3" width="12.28515625" customWidth="1"/>
     <col min="4" max="4" width="25.5703125" customWidth="1"/>
     <col min="5" max="5" width="14.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="36.75" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="B2" s="24">
-[...12 lines deleted...]
-        <v>160</v>
+      <c r="B2" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C2" s="14">
+        <v>-0.91</v>
+      </c>
+      <c r="D2" s="14">
+        <v>4.6500000000000004</v>
+      </c>
+      <c r="E2" s="14">
+        <v>4.92</v>
+      </c>
+      <c r="F2" s="15">
+        <v>142</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="B3" s="24">
-[...5 lines deleted...]
-      <c r="D3" s="16">
+      <c r="B3" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C3" s="14">
+        <v>-1.1100000000000001</v>
+      </c>
+      <c r="D3" s="14">
+        <v>4.8099999999999996</v>
+      </c>
+      <c r="E3" s="14">
         <v>4.84</v>
       </c>
-      <c r="E3" s="16">
-[...3 lines deleted...]
-        <v>85</v>
+      <c r="F3" s="15">
+        <v>84</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A4" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="24">
-[...12 lines deleted...]
-        <v>76</v>
+      <c r="B4" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="14">
+        <v>-0.84</v>
+      </c>
+      <c r="D4" s="14">
+        <v>4.58</v>
+      </c>
+      <c r="E4" s="14">
+        <v>4.6399999999999997</v>
+      </c>
+      <c r="F4" s="15">
+        <v>84</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A5" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="B5" s="24">
-[...12 lines deleted...]
-        <v>84</v>
+      <c r="B5" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="14">
+        <v>-1.2</v>
+      </c>
+      <c r="D5" s="14">
+        <v>4.51</v>
+      </c>
+      <c r="E5" s="14">
+        <v>4.5199999999999996</v>
+      </c>
+      <c r="F5" s="15">
+        <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A6" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="B6" s="24">
-[...12 lines deleted...]
-        <v>87</v>
+      <c r="B6" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="14">
+        <v>-0.49</v>
+      </c>
+      <c r="D6" s="14">
+        <v>4.3899999999999997</v>
+      </c>
+      <c r="E6" s="14">
+        <v>4.42</v>
+      </c>
+      <c r="F6" s="15">
+        <v>84</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A7" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="24">
-[...5 lines deleted...]
-      <c r="D7" s="16">
+      <c r="B7" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="14">
+        <v>-0.86</v>
+      </c>
+      <c r="D7" s="14">
+        <v>4.66</v>
+      </c>
+      <c r="E7" s="14">
         <v>4.68</v>
       </c>
-      <c r="E7" s="16">
-[...2 lines deleted...]
-      <c r="F7" s="17">
+      <c r="F7" s="15">
         <v>78</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A8" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="24">
-[...12 lines deleted...]
-        <v>79</v>
+      <c r="B8" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C8" s="14">
+        <v>-0.22</v>
+      </c>
+      <c r="D8" s="14">
+        <v>4.09</v>
+      </c>
+      <c r="E8" s="14">
+        <v>4.3</v>
+      </c>
+      <c r="F8" s="15">
+        <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A9" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="24">
-[...12 lines deleted...]
-        <v>66</v>
+      <c r="B9" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C9" s="14">
+        <v>0.01</v>
+      </c>
+      <c r="D9" s="14">
+        <v>4.67</v>
+      </c>
+      <c r="E9" s="14">
+        <v>4.68</v>
+      </c>
+      <c r="F9" s="15">
+        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A10" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="24">
-[...12 lines deleted...]
-        <v>62</v>
+      <c r="B10" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C10" s="14">
+        <v>-1.06</v>
+      </c>
+      <c r="D10" s="14">
+        <v>4.55</v>
+      </c>
+      <c r="E10" s="14">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="F10" s="15">
+        <v>68</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A11" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="B11" s="24">
-[...8 lines deleted...]
-      <c r="E11" s="16">
+      <c r="B11" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C11" s="14">
+        <v>-0.4</v>
+      </c>
+      <c r="D11" s="14">
         <v>4.68</v>
       </c>
-      <c r="F11" s="17">
-        <v>76</v>
+      <c r="E11" s="14">
+        <v>4.68</v>
+      </c>
+      <c r="F11" s="15">
+        <v>94</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A12" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="B12" s="24">
-[...12 lines deleted...]
-        <v>74</v>
+      <c r="B12" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C12" s="14">
+        <v>-1.1399999999999999</v>
+      </c>
+      <c r="D12" s="14">
+        <v>4.47</v>
+      </c>
+      <c r="E12" s="14">
+        <v>4.57</v>
+      </c>
+      <c r="F12" s="15">
+        <v>94</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A13" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="B13" s="24">
-[...12 lines deleted...]
-        <v>71</v>
+      <c r="B13" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C13" s="14">
+        <v>-1.26</v>
+      </c>
+      <c r="D13" s="14">
+        <v>4.54</v>
+      </c>
+      <c r="E13" s="14">
+        <v>4.59</v>
+      </c>
+      <c r="F13" s="15">
+        <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A14" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="B14" s="24">
-[...8 lines deleted...]
-      <c r="E14" s="16">
+      <c r="B14" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C14" s="14">
+        <v>-1.5</v>
+      </c>
+      <c r="D14" s="14">
         <v>4.72</v>
       </c>
-      <c r="F14" s="17">
-        <v>103</v>
+      <c r="E14" s="14">
+        <v>4.76</v>
+      </c>
+      <c r="F14" s="15">
+        <v>105</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A15" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="24">
-[...2 lines deleted...]
-      <c r="C15" s="16">
+      <c r="B15" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C15" s="14">
         <v>0</v>
       </c>
-      <c r="D15" s="16">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="D15" s="14">
+        <v>4.01</v>
+      </c>
+      <c r="E15" s="14">
+        <v>4.09</v>
+      </c>
+      <c r="F15" s="15">
+        <v>80</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A16" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="B16" s="24">
-[...12 lines deleted...]
-        <v>86</v>
+      <c r="B16" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C16" s="14">
+        <v>-1.03</v>
+      </c>
+      <c r="D16" s="14">
+        <v>4.6900000000000004</v>
+      </c>
+      <c r="E16" s="14">
+        <v>4.75</v>
+      </c>
+      <c r="F16" s="15">
+        <v>85</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A17" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="B17" s="24">
-[...2 lines deleted...]
-      <c r="C17" s="16">
+      <c r="B17" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C17" s="14">
         <v>-0.77</v>
       </c>
-      <c r="D17" s="16">
-[...6 lines deleted...]
-        <v>62</v>
+      <c r="D17" s="14">
+        <v>3.65</v>
+      </c>
+      <c r="E17" s="14">
+        <v>4.03</v>
+      </c>
+      <c r="F17" s="15">
+        <v>61</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A18" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="B18" s="24">
-[...12 lines deleted...]
-        <v>94</v>
+      <c r="B18" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C18" s="14">
+        <v>-1.1399999999999999</v>
+      </c>
+      <c r="D18" s="14">
+        <v>4.63</v>
+      </c>
+      <c r="E18" s="14">
+        <v>4.74</v>
+      </c>
+      <c r="F18" s="15">
+        <v>92</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A19" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="B19" s="24">
-[...12 lines deleted...]
-        <v>159</v>
+      <c r="B19" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C19" s="14">
+        <v>-1.3</v>
+      </c>
+      <c r="D19" s="14">
+        <v>4.42</v>
+      </c>
+      <c r="E19" s="14">
+        <v>5.05</v>
+      </c>
+      <c r="F19" s="15">
+        <v>166</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A20" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="B20" s="24">
-[...2 lines deleted...]
-      <c r="C20" s="16">
+      <c r="B20" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C20" s="14">
         <v>-0.91</v>
       </c>
-      <c r="D20" s="16">
-[...6 lines deleted...]
-        <v>86</v>
+      <c r="D20" s="14">
+        <v>4.68</v>
+      </c>
+      <c r="E20" s="14">
+        <v>4.72</v>
+      </c>
+      <c r="F20" s="15">
+        <v>85</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A21" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="B21" s="24">
-[...12 lines deleted...]
-        <v>55</v>
+      <c r="B21" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C21" s="14">
+        <v>-0.88</v>
+      </c>
+      <c r="D21" s="14">
+        <v>4.6100000000000003</v>
+      </c>
+      <c r="E21" s="14">
+        <v>4.6399999999999997</v>
+      </c>
+      <c r="F21" s="15">
+        <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A22" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="B22" s="24">
-[...12 lines deleted...]
-        <v>77</v>
+      <c r="B22" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C22" s="14">
+        <v>-0.6</v>
+      </c>
+      <c r="D22" s="14">
+        <v>3.88</v>
+      </c>
+      <c r="E22" s="14">
+        <v>4</v>
+      </c>
+      <c r="F22" s="15">
+        <v>75</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A23" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="B23" s="24">
-[...12 lines deleted...]
-        <v>100</v>
+      <c r="B23" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C23" s="14">
+        <v>-1.28</v>
+      </c>
+      <c r="D23" s="14">
+        <v>4.3099999999999996</v>
+      </c>
+      <c r="E23" s="14">
+        <v>4.75</v>
+      </c>
+      <c r="F23" s="15">
+        <v>97</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A24" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="B24" s="24">
-[...2 lines deleted...]
-      <c r="C24" s="16">
+      <c r="B24" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C24" s="14">
         <v>-1.0900000000000001</v>
       </c>
-      <c r="D24" s="16">
-[...6 lines deleted...]
-        <v>86</v>
+      <c r="D24" s="14">
+        <v>4.57</v>
+      </c>
+      <c r="E24" s="14">
+        <v>4.66</v>
+      </c>
+      <c r="F24" s="15">
+        <v>93</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A25" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="B25" s="24">
-[...12 lines deleted...]
-        <v>104</v>
+      <c r="B25" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C25" s="14">
+        <v>-0.53</v>
+      </c>
+      <c r="D25" s="14">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="E25" s="14">
+        <v>4.22</v>
+      </c>
+      <c r="F25" s="15">
+        <v>103</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A26" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="B26" s="24">
-[...5 lines deleted...]
-      <c r="D26" s="16">
+      <c r="B26" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C26" s="14">
+        <v>-1.02</v>
+      </c>
+      <c r="D26" s="14">
         <v>4.28</v>
       </c>
-      <c r="E26" s="16">
-[...3 lines deleted...]
-        <v>80</v>
+      <c r="E26" s="14">
+        <v>4.46</v>
+      </c>
+      <c r="F26" s="15">
+        <v>83</v>
       </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A27" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="B27" s="24">
-[...12 lines deleted...]
-        <v>291</v>
+      <c r="B27" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C27" s="14">
+        <v>-1.9</v>
+      </c>
+      <c r="D27" s="14">
+        <v>3.7</v>
+      </c>
+      <c r="E27" s="14">
+        <v>5.6</v>
+      </c>
+      <c r="F27" s="15">
+        <v>301</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A28" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="B28" s="24">
-[...12 lines deleted...]
-        <v>91</v>
+      <c r="B28" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C28" s="14">
+        <v>-0.94</v>
+      </c>
+      <c r="D28" s="14">
+        <v>4.34</v>
+      </c>
+      <c r="E28" s="14">
+        <v>4.54</v>
+      </c>
+      <c r="F28" s="15">
+        <v>94</v>
       </c>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A29" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="B29" s="24">
-[...12 lines deleted...]
-        <v>121</v>
+      <c r="B29" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C29" s="14">
+        <v>-0.22</v>
+      </c>
+      <c r="D29" s="14">
+        <v>4</v>
+      </c>
+      <c r="E29" s="14">
+        <v>4.24</v>
+      </c>
+      <c r="F29" s="15">
+        <v>104</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A30" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="B30" s="24">
-[...12 lines deleted...]
-        <v>91</v>
+      <c r="B30" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C30" s="14">
+        <v>-1.08</v>
+      </c>
+      <c r="D30" s="14">
+        <v>4.26</v>
+      </c>
+      <c r="E30" s="14">
+        <v>4.41</v>
+      </c>
+      <c r="F30" s="15">
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A31" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="B31" s="24">
-[...12 lines deleted...]
-        <v>246</v>
+      <c r="B31" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C31" s="14">
+        <v>-0.79</v>
+      </c>
+      <c r="D31" s="14">
+        <v>4.72</v>
+      </c>
+      <c r="E31" s="14">
+        <v>5.1100000000000003</v>
+      </c>
+      <c r="F31" s="15">
+        <v>182</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A32" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B32" s="24">
-[...12 lines deleted...]
-        <v>65</v>
+      <c r="B32" s="18">
+        <v>46022</v>
+      </c>
+      <c r="C32" s="14">
+        <v>-1.38</v>
+      </c>
+      <c r="D32" s="14">
+        <v>4.84</v>
+      </c>
+      <c r="E32" s="14">
+        <v>4.8499999999999996</v>
+      </c>
+      <c r="F32" s="15">
+        <v>66</v>
       </c>
     </row>
     <row r="33" spans="1:7" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="15" t="s">
+      <c r="A33" s="13" t="s">
         <v>47</v>
       </c>
-      <c r="B33" s="25">
-[...12 lines deleted...]
-        <v>88</v>
+      <c r="B33" s="19">
+        <v>46022</v>
+      </c>
+      <c r="C33" s="16">
+        <v>-1.44</v>
+      </c>
+      <c r="D33" s="16">
+        <v>4.2300000000000004</v>
+      </c>
+      <c r="E33" s="16">
+        <v>4.45</v>
+      </c>
+      <c r="F33" s="17">
+        <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A34" s="7"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A35" s="23" t="s">
         <v>58</v>
       </c>
       <c r="B35" s="23"/>
       <c r="C35" s="23"/>
       <c r="D35" s="23"/>
       <c r="E35" s="23"/>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A36" s="23"/>
       <c r="B36" s="23"/>