--- v0 (2025-10-02)
+++ v1 (2026-02-15)
@@ -31,124 +31,124 @@
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://tiaacref-my.sharepoint.com/personal/susan_batina_nuveen_com/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4B595327-C0A3-4731-BD0E-892300248C94}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{ED71064D-99F4-429E-98F3-6828E1A297B9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="0" windowWidth="26040" windowHeight="18900" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-105" yWindow="0" windowWidth="26010" windowHeight="10545" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="August 2025" sheetId="93" r:id="rId1"/>
-[...10 lines deleted...]
-    <sheet name="September 2024" sheetId="82" r:id="rId12"/>
+    <sheet name="December 2025" sheetId="97" r:id="rId1"/>
+    <sheet name="November 2025" sheetId="96" r:id="rId2"/>
+    <sheet name="October 2025" sheetId="95" r:id="rId3"/>
+    <sheet name="September 2025" sheetId="94" r:id="rId4"/>
+    <sheet name="August 2025" sheetId="93" r:id="rId5"/>
+    <sheet name="July 2025" sheetId="92" r:id="rId6"/>
+    <sheet name="June 2025" sheetId="91" r:id="rId7"/>
+    <sheet name="May 2025" sheetId="90" r:id="rId8"/>
+    <sheet name="April 2025" sheetId="89" r:id="rId9"/>
+    <sheet name="March 2025" sheetId="88" r:id="rId10"/>
+    <sheet name="February 2025" sheetId="87" r:id="rId11"/>
+    <sheet name="January 2025" sheetId="86" r:id="rId12"/>
     <sheet name="Dx0nn1FelFp" sheetId="5" state="veryHidden" r:id="rId13"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'April 2025'!$B$7:$J$66</definedName>
-[...34 lines deleted...]
-    <definedName name="_xlnm.Print_Titles" localSheetId="11">'September 2024'!$1:$2</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="1">'April 2025'!$B$7:$J$66</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'August 2025'!$B$7:$J$66</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'December 2025'!$B$7:$J$63</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="1">'February 2025'!$B$7:$J$66</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="1">'January 2025'!$B$7:$J$66</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">'July 2025'!$B$7:$J$66</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">'June 2025'!$B$7:$J$66</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="1">'March 2025'!$B$7:$J$66</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="1">'May 2025'!$B$7:$J$66</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'November 2025'!$B$7:$J$65</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'October 2025'!$B$7:$J$65</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'September 2025'!$B$7:$J$65</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="8">'April 2025'!$A$1:$K$71</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'August 2025'!$A$1:$K$71</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'December 2025'!$A$1:$K$68</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="10">'February 2025'!$A$1:$K$71</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="11">'January 2025'!$A$1:$K$71</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="5">'July 2025'!$A$1:$K$71</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="6">'June 2025'!$A$1:$K$71</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="9">'March 2025'!$A$1:$K$71</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="7">'May 2025'!$A$1:$K$71</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'November 2025'!$A$1:$K$70</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'October 2025'!$A$1:$K$70</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'September 2025'!$A$1:$K$70</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="8">'April 2025'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="4">'August 2025'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'December 2025'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="10">'February 2025'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="11">'January 2025'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="5">'July 2025'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="6">'June 2025'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="9">'March 2025'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="7">'May 2025'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="1">'November 2025'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="2">'October 2025'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="3">'September 2025'!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1043" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1027" uniqueCount="89">
   <si>
     <t>Nuveen Municipal Closed-End Funds</t>
   </si>
   <si>
     <t>National</t>
   </si>
   <si>
     <t>Nuveen Municipal High Income Opportunity Fund</t>
   </si>
   <si>
     <t>NUV</t>
   </si>
   <si>
     <t>NMI</t>
   </si>
   <si>
     <t>NXP</t>
   </si>
   <si>
     <t>Nuveen Select Tax-Free Income Portfolio</t>
   </si>
   <si>
     <t>NIM</t>
   </si>
   <si>
@@ -226,53 +226,50 @@
   <si>
     <t>Nuveen Massachusetts Quality Municipal Income Fund</t>
   </si>
   <si>
     <t>Nuveen Minnesota Quality Municipal Income Fund</t>
   </si>
   <si>
     <t>Nuveen Missouri Quality Municipal Income Fund</t>
   </si>
   <si>
     <t>Nuveen New Jersey Quality Municipal Income Fund</t>
   </si>
   <si>
     <t>Nuveen Pennsylvania Quality Municipal Income Fund</t>
   </si>
   <si>
     <t>Nuveen Virginia Quality Municipal Income Fund</t>
   </si>
   <si>
     <t>Nuveen Preferred &amp; Income Opportunities Fund</t>
   </si>
   <si>
     <t>Preferred and Income Securities</t>
   </si>
   <si>
-    <t>NMZ</t>
-[...1 lines deleted...]
-  <si>
     <t>Taxable Municipal</t>
   </si>
   <si>
     <t>gorave6301merpalert</t>
   </si>
   <si>
     <t>Nuveen Securities, LLC, member FINRA and SIPC.</t>
   </si>
   <si>
     <t>Nuveen Closed-End Funds</t>
   </si>
   <si>
     <r>
       <t>Latest Declared Distribution</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Georgia"/>
         <family val="1"/>
         <scheme val="major"/>
       </rPr>
       <t>1</t>
@@ -332,53 +329,50 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Georgia"/>
         <family val="1"/>
         <scheme val="major"/>
       </rPr>
       <t>3</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Georgia"/>
         <family val="1"/>
         <scheme val="major"/>
       </rPr>
       <t xml:space="preserve"> Calculated by dividing the average earnings per share by the latest declared distribution amount. </t>
     </r>
   </si>
   <si>
     <t>Investing in Closed-End funds involves risk; principal loss is possible. There is no guarantee the Fund's investment objectives will be achieved. Closed-end fund shares may frequently trade at a discount or premium to their net asset value. More information about these and other risks specific to each fund is available at nuveen.com/Cef.</t>
-  </si>
-[...1 lines deleted...]
-    <t>NMCO</t>
   </si>
   <si>
     <t>Nuveen Municipal Credit Opportunities Fund</t>
   </si>
   <si>
     <t>Nuveen Taxable Municipal Income Fund</t>
   </si>
   <si>
     <t>This material is not intended to be a recommendation or investment advice, does not constitute a solicitation to buy, sell or hold a security or investment strategy and is not provided in a fiduciary capacity. The information provided does not take into account the specific objectives or circumstances of any particular investor, or suggest any specific course of action. Investment decisions should be made based on an investor's objectives and circumstances and in consultation with his or her financial professionals.</t>
   </si>
   <si>
     <t>Nuveen California Municipal Value Fund</t>
   </si>
   <si>
     <t>wryged201kastsk : {LikelihoodValues:{HC:0.09,C:0.55,I:0.18,P:0.18},Classification:Confidential,Keywords:[3:42,4:121,7:1,252:1,308:1,361:2,552:1,598:1,1310:1,1331:5,1856:1,2086:1,2414:1,2433:9,2868:1,4467:1,4637:1,4640:1,4661:5,4789:1,4802:1,5235:1,5809:2,6012:5,6275:1,6690:1,6727:1,6744:1,6986:3,7091:1,7115:2,7245:4,7890:2,8062:3,8087:1,8099:4,8923:1,9050:9,9084:1,9607:1,9670:2,9788:4,10295:2,10405:5,10479:1,10780:1,10959:1,11599:1,11681:1,11724:1,12182:10,12208:1,12327:48,12438:1,12712:1,13329:1,14033:2,14185:1,14956:1,15006:3,15032:1,15034:2,15042:33,15195:2,15424:1,15474:2,15591:1,15592:4,15597:2,15619:1,16200:1,16247:1,16470:1,16473:1,16482:1,17585:2,17603:4,18113:1,18185:1,18363:1,18618:1,18996:2,19103:1,19136:1,19198:1,19248:1,19569:1,19627:1,19946:1,20017:1,20268:2,20270:1,20597:31,20734:1,20745:1,20901:1,20955:1,20966:1,20998:1,21105:1,21218:1,21252:1,21261:6,21405:1,21443:1,21479:1,21540:1,21545:1,21571:1,21596:1,21615:1,21620:1,21660:1,21704:1,21879:1,21913:4,21953:1,21955:1,21991:1,22142:1,22163:1,22166:47,22168:1,22176:1,22210:1,22212:1,22213:1,22215:1,22216:1,22217:1,22247:1,22287:3,22443:1,22645:4,23281:1,23550:1,23564:1,23589:3,24144:1,24235:5,24267:1,24343:1,24524:6,24555:1,24714:1,24843:1,24853:1,25010:2,25296:16,25649:2,25900:1,26113:1,26970:3,28266:5,28314:6,28331:1,28646:8,28850:1,29056:1,29092:1,29387:1,29566:2,29578:3,30008:1,30257:1,30502:1,30954:1,31043:4,31082:5,31084:3,31356:8,31607:1,32110:1,33278:1,33403:6,33823:1,35228:1,35277:5]}</t>
   </si>
   <si>
     <t>Nuveen New York Municipal Value Fund</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Georgia"/>
@@ -731,90 +725,78 @@
         <family val="1"/>
         <scheme val="major"/>
       </rPr>
       <t>4</t>
     </r>
   </si>
   <si>
     <t>Nuveen Preferred Securities &amp; Income Opportunities Fund</t>
   </si>
   <si>
     <r>
       <t>JPC</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Georgia"/>
         <family val="1"/>
         <scheme val="major"/>
       </rPr>
       <t>4</t>
     </r>
   </si>
   <si>
-    <t>3935209-1224</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t>NMZ</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Georgia"/>
         <family val="1"/>
         <scheme val="major"/>
       </rPr>
       <t>4</t>
     </r>
   </si>
   <si>
     <r>
       <t>NMCO</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Georgia"/>
         <family val="1"/>
         <scheme val="major"/>
       </rPr>
       <t>4</t>
     </r>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">		4156533-0425</t>
   </si>
   <si>
     <t xml:space="preserve">		4246971-0425</t>
   </si>
   <si>
     <t xml:space="preserve">		4330978</t>
   </si>
   <si>
     <t xml:space="preserve">		4416325</t>
   </si>
   <si>
     <t xml:space="preserve">		4505579</t>
   </si>
   <si>
     <t xml:space="preserve">	4589251</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode=".0000"/>
     <numFmt numFmtId="165" formatCode="0.0000"/>
@@ -1183,51 +1165,51 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="dotted">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="108">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1391,51 +1373,50 @@
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="12" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="15" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="167" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="13" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1592,616 +1573,616 @@
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>601662</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>111126</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
+      <xdr:colOff>529588</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>186676</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A94A8375-6C4B-473F-9789-6F166C75B65B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="7964487" y="111126"/>
+          <a:ext cx="2083751" cy="583550"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>601662</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>111126</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>517523</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>174611</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACD2FDB9-ABAD-4511-8890-7B35CBFCFB21}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="8304212" y="111126"/>
+          <a:ext cx="2191701" cy="585455"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>601662</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>111126</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>521333</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>178421</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53B18BAC-C147-403B-8F9A-42922E86658A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="8304212" y="111126"/>
+          <a:ext cx="2189161" cy="582915"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>601662</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>111126</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>518793</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>175881</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91D30859-B1CF-4A65-A3A1-27E269643C0B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="8304212" y="111126"/>
+          <a:ext cx="2186621" cy="580375"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>601662</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>111126</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>523238</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>180326</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03F4E49C-9480-41B0-B98A-C1C9FC64BA4C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="7954962" y="111126"/>
+          <a:ext cx="2080576" cy="580375"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>601662</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>111126</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>520063</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>177151</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CE94F74-75C9-43EB-B531-E96EB150B718}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="7954962" y="111126"/>
+          <a:ext cx="2080576" cy="580375"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>601662</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>111126</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>520063</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>177151</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DEDA6EB-E394-4906-B17A-D0398C3D67A5}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="7954962" y="111126"/>
+          <a:ext cx="2080576" cy="580375"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>601662</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>111126</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
       <xdr:colOff>520063</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>177151</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CD7C987-E0B7-490E-AC6B-C378FBFDCF52}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7954962" y="111126"/>
           <a:ext cx="2080576" cy="580375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
-[...146 lines deleted...]
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>601662</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>111126</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>520063</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>177151</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DAF8119-40FD-49B7-8FEB-93339FAB81AB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7954962" y="111126"/>
           <a:ext cx="2080576" cy="580375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>601662</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>111126</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>520063</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>177151</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{851AC910-0960-469C-BA89-A3C165ABF5D3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7954962" y="111126"/>
           <a:ext cx="2080576" cy="580375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>601662</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>111126</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>520063</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>177151</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74BE28E8-09F8-4057-AD82-E5C35700CEFC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7954962" y="111126"/>
           <a:ext cx="2080576" cy="580375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>601662</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>111126</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>520063</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>177151</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C69215C4-DAA6-4230-BE51-8E0E8063660D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="8304212" y="111126"/>
           <a:ext cx="2187891" cy="581645"/>
-        </a:xfrm>
-[...194 lines deleted...]
-          <a:ext cx="2190431" cy="584185"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme1">
   <a:themeElements>
     <a:clrScheme name="Nuveen 2017">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="263746"/>
       </a:dk2>
       <a:lt2>
@@ -2573,1101 +2554,2753 @@
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{07A0BF4C-5BE3-49CD-96D6-DECD27CA2736}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0BFABB48-3271-4CB3-912F-B52436A45E8D}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:T71"/>
+  <dimension ref="B1:T68"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A42" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B80" sqref="B80"/>
+      <pane ySplit="2" topLeftCell="A56" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B66" sqref="B66"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
     <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
     <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
     <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
     <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
     <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
     <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
     <col min="13" max="13" width="16" style="10" customWidth="1"/>
     <col min="14" max="14" width="11.85546875" style="10" customWidth="1"/>
     <col min="15" max="15" width="26.28515625" style="10" customWidth="1"/>
     <col min="16" max="16" width="9.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="10" customWidth="1"/>
     <col min="18" max="18" width="9.140625" style="10"/>
     <col min="19" max="19" width="7.140625" style="10" bestFit="1" customWidth="1"/>
     <col min="20" max="16384" width="9.140625" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" ht="40.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="72" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C1" s="35"/>
       <c r="D1" s="36"/>
       <c r="E1" s="35"/>
       <c r="F1" s="73"/>
-      <c r="G1" s="96"/>
-[...2 lines deleted...]
-      <c r="J1" s="98"/>
+      <c r="G1" s="95"/>
+      <c r="H1" s="96"/>
+      <c r="I1" s="96"/>
+      <c r="J1" s="97"/>
     </row>
     <row r="2" spans="2:20" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="102">
-[...9 lines deleted...]
-      <c r="J2" s="101"/>
+      <c r="B2" s="101">
+        <v>46022</v>
+      </c>
+      <c r="C2" s="102"/>
+      <c r="D2" s="102"/>
+      <c r="E2" s="102"/>
+      <c r="F2" s="103"/>
+      <c r="G2" s="98"/>
+      <c r="H2" s="99"/>
+      <c r="I2" s="99"/>
+      <c r="J2" s="100"/>
     </row>
     <row r="3" spans="2:20" x14ac:dyDescent="0.2">
       <c r="E3" s="34"/>
       <c r="G3" s="34"/>
       <c r="H3" s="34"/>
       <c r="J3" s="34"/>
       <c r="L3" s="34"/>
       <c r="M3" s="34"/>
       <c r="N3" s="34"/>
       <c r="O3" s="34"/>
     </row>
     <row r="4" spans="2:20" ht="18" x14ac:dyDescent="0.25">
       <c r="B4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="E4"/>
       <c r="G4" s="34"/>
       <c r="H4" s="34"/>
       <c r="J4" s="34"/>
       <c r="L4" s="34"/>
       <c r="M4" s="34"/>
       <c r="N4" s="34"/>
       <c r="O4" s="34"/>
     </row>
     <row r="5" spans="2:20" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C5" s="82"/>
       <c r="D5" s="30"/>
       <c r="E5" s="83"/>
       <c r="F5" s="84"/>
-      <c r="G5" s="105"/>
-      <c r="H5" s="105"/>
+      <c r="G5" s="104"/>
+      <c r="H5" s="104"/>
       <c r="I5" s="84"/>
       <c r="J5" s="85"/>
       <c r="L5" s="34"/>
       <c r="M5" s="34"/>
       <c r="N5" s="34"/>
       <c r="O5" s="34"/>
     </row>
     <row r="6" spans="2:20" ht="73.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B6" s="81"/>
       <c r="C6" s="3"/>
       <c r="D6" s="4"/>
       <c r="E6" s="8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="H6" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="L6" s="34"/>
       <c r="M6" s="34"/>
       <c r="N6" s="34"/>
       <c r="O6" s="34"/>
     </row>
     <row r="7" spans="2:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B7" s="37" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="38"/>
       <c r="D7" s="38"/>
       <c r="E7" s="39"/>
       <c r="F7" s="39"/>
       <c r="G7" s="39"/>
       <c r="H7" s="39"/>
       <c r="I7" s="39"/>
       <c r="J7" s="40"/>
       <c r="L7" s="41"/>
       <c r="M7" s="34"/>
       <c r="N7" s="34"/>
       <c r="O7" s="34"/>
       <c r="P7" s="42"/>
     </row>
     <row r="8" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B8" s="87" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="D8" s="21"/>
       <c r="E8" s="22">
         <v>7.0499999999999993E-2</v>
       </c>
       <c r="F8" s="21"/>
       <c r="G8" s="22">
-        <v>4.6078917050232641E-2</v>
+        <v>4.3571147261159383E-2</v>
       </c>
       <c r="H8" s="22">
-        <v>-0.52713339755433208</v>
+        <v>-0.63424484184733987</v>
       </c>
       <c r="I8" s="22"/>
       <c r="J8" s="23">
-        <v>0.65360166028698785</v>
+        <v>0.61803045760509767</v>
       </c>
       <c r="K8" s="43"/>
       <c r="L8" s="44"/>
       <c r="M8" s="45"/>
       <c r="N8" s="45"/>
       <c r="O8" s="45"/>
       <c r="P8" s="47"/>
       <c r="Q8" s="47"/>
       <c r="R8" s="48"/>
       <c r="S8" s="48"/>
       <c r="T8" s="48"/>
     </row>
     <row r="9" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B9" s="88" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C9" s="12" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="13"/>
       <c r="E9" s="22">
         <v>7.9500000000000001E-2</v>
       </c>
       <c r="F9" s="21"/>
       <c r="G9" s="22">
-        <v>5.3811568733861358E-2</v>
+        <v>4.9791046660245419E-2</v>
       </c>
       <c r="H9" s="22">
-        <v>-0.48837762223506692</v>
+        <v>-0.59526142997196496</v>
       </c>
       <c r="I9" s="21"/>
       <c r="J9" s="23">
-        <v>0.67687507841335037</v>
+        <v>0.6263024737137789</v>
       </c>
       <c r="K9" s="43"/>
       <c r="L9" s="44"/>
       <c r="M9" s="45"/>
       <c r="N9" s="45"/>
       <c r="O9" s="45"/>
       <c r="P9" s="42"/>
       <c r="Q9" s="47"/>
       <c r="R9" s="48"/>
       <c r="S9" s="48"/>
       <c r="T9" s="48"/>
     </row>
     <row r="10" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B10" s="88" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C10" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="13"/>
       <c r="E10" s="22">
         <v>6.5500000000000003E-2</v>
       </c>
       <c r="F10" s="21"/>
       <c r="G10" s="22">
-        <v>4.8950237210634434E-2</v>
+        <v>4.5352059846385594E-2</v>
       </c>
       <c r="H10" s="22">
-        <v>-0.15158461550132035</v>
+        <v>-0.21729906173285762</v>
       </c>
       <c r="I10" s="21"/>
       <c r="J10" s="23">
-        <v>0.74733186581121269</v>
+        <v>0.6923978602501617</v>
       </c>
       <c r="K10" s="43"/>
       <c r="L10" s="44"/>
       <c r="M10" s="45"/>
       <c r="N10" s="45"/>
       <c r="O10" s="45"/>
       <c r="P10" s="47"/>
       <c r="Q10" s="47"/>
       <c r="R10" s="48"/>
       <c r="S10" s="48"/>
       <c r="T10" s="48"/>
     </row>
     <row r="11" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B11" s="88" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C11" s="50" t="s">
         <v>25</v>
       </c>
       <c r="D11" s="13"/>
       <c r="E11" s="22">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="F11" s="21"/>
       <c r="G11" s="22">
-        <v>5.133972942473191E-2</v>
+        <v>4.5340283937436582E-2</v>
       </c>
       <c r="H11" s="22">
-        <v>-0.54720188465813913</v>
+        <v>-0.66849063600810299</v>
       </c>
       <c r="I11" s="21"/>
       <c r="J11" s="23">
-        <v>0.6498699927181254</v>
+        <v>0.57392764477767821</v>
       </c>
       <c r="K11" s="43"/>
       <c r="L11" s="44"/>
       <c r="M11" s="45"/>
       <c r="N11" s="45"/>
       <c r="O11" s="45"/>
       <c r="P11" s="42"/>
       <c r="Q11" s="47"/>
       <c r="R11" s="48"/>
       <c r="S11" s="48"/>
       <c r="T11" s="48"/>
     </row>
     <row r="12" spans="2:20" s="49" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="88" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C12" s="12" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="13"/>
       <c r="E12" s="22">
         <v>6.8000000000000005E-2</v>
       </c>
       <c r="F12" s="21"/>
       <c r="G12" s="22">
-        <v>4.2802824760941209E-2</v>
+        <v>3.882190570499508E-2</v>
       </c>
       <c r="H12" s="22">
-        <v>-0.5678847641529311</v>
+        <v>-0.6807801527600148</v>
       </c>
       <c r="I12" s="21"/>
       <c r="J12" s="23">
-        <v>0.62945330530795895</v>
+        <v>0.57091037801463351</v>
       </c>
       <c r="K12" s="43"/>
       <c r="L12" s="44"/>
       <c r="M12" s="45"/>
       <c r="N12" s="45"/>
       <c r="O12" s="45"/>
       <c r="P12" s="47"/>
       <c r="Q12" s="47"/>
       <c r="R12" s="48"/>
       <c r="S12" s="48"/>
       <c r="T12" s="48"/>
     </row>
     <row r="13" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B13" s="88" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="12" t="s">
         <v>18</v>
       </c>
       <c r="D13" s="13"/>
       <c r="E13" s="22">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="F13" s="21"/>
       <c r="G13" s="22">
-        <v>3.1308353457210995E-2</v>
+        <v>3.1821464302934893E-2</v>
       </c>
       <c r="H13" s="22">
-        <v>-3.0463448704503471E-3</v>
+        <v>-1.1263976585834145E-3</v>
       </c>
       <c r="I13" s="21"/>
       <c r="J13" s="23">
-        <v>0.9633339525295691</v>
+        <v>0.9791219785518428</v>
       </c>
       <c r="K13" s="43"/>
       <c r="L13" s="44"/>
       <c r="M13" s="45"/>
       <c r="N13" s="45"/>
       <c r="O13" s="45"/>
       <c r="P13" s="42"/>
       <c r="Q13" s="47"/>
       <c r="R13" s="48"/>
       <c r="S13" s="48"/>
       <c r="T13" s="48"/>
     </row>
     <row r="14" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B14" s="88" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="12" t="s">
         <v>19</v>
       </c>
       <c r="D14" s="13"/>
       <c r="E14" s="22">
         <v>3.7999999999999999E-2</v>
       </c>
       <c r="F14" s="21"/>
       <c r="G14" s="22">
-        <v>3.6070172943139613E-2</v>
+        <v>3.6448130923843247E-2</v>
       </c>
       <c r="H14" s="22">
-        <v>1.3077300789251942E-2</v>
+        <v>5.9141543729456861E-3</v>
       </c>
       <c r="I14" s="21"/>
       <c r="J14" s="23">
-        <v>0.9492150774510425</v>
+        <v>0.95916134010113807</v>
       </c>
       <c r="K14" s="43"/>
       <c r="L14" s="44"/>
       <c r="M14" s="45"/>
       <c r="N14" s="45"/>
       <c r="O14" s="45"/>
       <c r="P14" s="47"/>
       <c r="Q14" s="47"/>
       <c r="R14" s="48"/>
       <c r="S14" s="48"/>
       <c r="T14" s="48"/>
     </row>
     <row r="15" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B15" s="88" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="12" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="13"/>
       <c r="E15" s="22">
         <v>5.3499999999999999E-2</v>
       </c>
       <c r="F15" s="21"/>
       <c r="G15" s="22">
-        <v>5.2121642655289117E-2</v>
+        <v>5.2175350302251733E-2</v>
       </c>
       <c r="H15" s="22">
-        <v>9.2067827146519912E-2</v>
+        <v>9.7061021681504892E-2</v>
       </c>
       <c r="I15" s="21"/>
       <c r="J15" s="23">
-        <v>0.97423631131381527</v>
+        <v>0.97524019256545302</v>
       </c>
       <c r="K15" s="43"/>
       <c r="L15" s="44"/>
       <c r="M15" s="45"/>
       <c r="N15" s="45"/>
       <c r="O15" s="45"/>
       <c r="P15" s="42"/>
       <c r="Q15" s="47"/>
       <c r="R15" s="48"/>
       <c r="S15" s="48"/>
       <c r="T15" s="48"/>
     </row>
     <row r="16" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B16" s="88" t="s">
         <v>7</v>
       </c>
       <c r="C16" s="12" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="13"/>
       <c r="E16" s="22">
         <v>2.9000000000000001E-2</v>
       </c>
       <c r="F16" s="21"/>
       <c r="G16" s="22">
-        <v>2.8126146447900579E-2</v>
+        <v>2.7857402576249021E-2</v>
       </c>
       <c r="H16" s="22">
-        <v>8.0385741312799533E-2</v>
+        <v>0.11320021796586917</v>
       </c>
       <c r="I16" s="21"/>
       <c r="J16" s="23">
-        <v>0.96986711889312338</v>
+        <v>0.96060008883617309</v>
       </c>
       <c r="K16" s="43"/>
       <c r="L16" s="44"/>
       <c r="M16" s="45"/>
       <c r="N16" s="45"/>
       <c r="O16" s="45"/>
       <c r="P16" s="47"/>
       <c r="Q16" s="47"/>
       <c r="R16" s="48"/>
       <c r="S16" s="48"/>
       <c r="T16" s="48"/>
     </row>
     <row r="17" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B17" s="88" t="s">
         <v>17</v>
       </c>
       <c r="C17" s="12" t="s">
         <v>20</v>
       </c>
       <c r="D17" s="13"/>
       <c r="E17" s="22">
         <v>4.8500000000000001E-2</v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="22">
-        <v>4.6744044735523758E-2</v>
+        <v>4.9448539199125202E-2</v>
       </c>
       <c r="H17" s="22">
-        <v>-8.3123432368734582E-3</v>
+        <v>-6.2345959818358556E-3</v>
       </c>
       <c r="I17" s="21"/>
       <c r="J17" s="23">
-        <v>0.96379473681492278</v>
+        <v>1.0195575092603135</v>
       </c>
       <c r="K17" s="43"/>
       <c r="L17" s="44"/>
       <c r="M17" s="45"/>
       <c r="N17" s="45"/>
       <c r="O17" s="45"/>
       <c r="P17" s="42"/>
       <c r="Q17" s="47"/>
       <c r="R17" s="48"/>
       <c r="S17" s="48"/>
       <c r="T17" s="48"/>
     </row>
     <row r="18" spans="2:20" s="49" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B18" s="28" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="C18" s="29" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D18" s="30"/>
       <c r="E18" s="89">
         <v>6.8500000000000005E-2</v>
       </c>
       <c r="F18" s="30"/>
       <c r="G18" s="89">
-        <v>4.6255210236970545E-2</v>
+        <v>4.816185335814397E-2</v>
       </c>
       <c r="H18" s="31">
-        <v>-8.6156672577046775E-2</v>
+        <v>-0.14813606273484772</v>
       </c>
       <c r="I18" s="31"/>
       <c r="J18" s="32">
-        <v>0.67525854360540938</v>
+        <v>0.70309274975392655</v>
       </c>
       <c r="K18" s="43"/>
       <c r="L18" s="44"/>
       <c r="M18" s="45"/>
       <c r="N18" s="45"/>
       <c r="O18" s="45"/>
       <c r="P18" s="47"/>
       <c r="Q18" s="47"/>
       <c r="R18" s="48"/>
       <c r="S18" s="48"/>
       <c r="T18" s="48"/>
     </row>
     <row r="19" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B19" s="51" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="40"/>
       <c r="K19" s="43"/>
       <c r="L19" s="44"/>
       <c r="M19" s="45"/>
       <c r="N19" s="45"/>
       <c r="P19" s="47"/>
       <c r="Q19" s="47"/>
       <c r="R19" s="48"/>
       <c r="S19" s="48"/>
       <c r="T19" s="48"/>
     </row>
     <row r="20" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B20" s="87" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C20" s="20" t="s">
         <v>27</v>
       </c>
       <c r="D20" s="21"/>
       <c r="E20" s="22">
         <v>7.3499999999999996E-2</v>
       </c>
       <c r="F20" s="21"/>
       <c r="G20" s="22">
-        <v>4.1556687331867494E-2</v>
+        <v>3.8656514394364051E-2</v>
       </c>
       <c r="H20" s="22">
-        <v>-0.58787075367237396</v>
+        <v>-0.69844284794422673</v>
       </c>
       <c r="I20" s="22"/>
       <c r="J20" s="23">
-        <v>0.56539710655602038</v>
+        <v>0.52593897135189194</v>
       </c>
       <c r="K20" s="43"/>
       <c r="L20" s="44"/>
       <c r="M20" s="45"/>
       <c r="N20" s="45"/>
       <c r="O20" s="45"/>
       <c r="P20" s="42"/>
       <c r="Q20" s="47"/>
       <c r="R20" s="48"/>
       <c r="S20" s="48"/>
       <c r="T20" s="48"/>
     </row>
     <row r="21" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B21" s="11" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C21" s="12" t="s">
         <v>28</v>
       </c>
       <c r="D21" s="13"/>
       <c r="E21" s="22">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="22">
-        <v>4.4370436493319232E-2</v>
+        <v>3.9533580389681917E-2</v>
       </c>
       <c r="H21" s="22">
-        <v>-0.58468234971339095</v>
+        <v>-0.68538595914149703</v>
       </c>
       <c r="I21" s="21"/>
       <c r="J21" s="23">
-        <v>0.58382153280683202</v>
+        <v>0.52017868933792</v>
       </c>
       <c r="K21" s="43"/>
       <c r="L21" s="44"/>
       <c r="M21" s="45"/>
       <c r="N21" s="45"/>
       <c r="O21" s="45"/>
       <c r="P21" s="42"/>
       <c r="Q21" s="47"/>
       <c r="R21" s="48"/>
       <c r="S21" s="48"/>
       <c r="T21" s="48"/>
     </row>
     <row r="22" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B22" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="12" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D22" s="13"/>
       <c r="E22" s="22">
         <v>2.9000000000000001E-2</v>
       </c>
       <c r="F22" s="21"/>
       <c r="G22" s="22">
-        <v>2.8694335886751174E-2</v>
+        <v>2.9163011581885112E-2</v>
       </c>
       <c r="H22" s="22">
-        <v>1.5851023424177296E-2</v>
+        <v>1.7729034751055008E-2</v>
       </c>
       <c r="I22" s="21"/>
       <c r="J22" s="23">
-        <v>0.98945985816383353</v>
+        <v>1.0056210890305211</v>
       </c>
       <c r="K22" s="43"/>
       <c r="L22" s="44"/>
       <c r="M22" s="45"/>
       <c r="N22" s="45"/>
       <c r="O22" s="45"/>
       <c r="P22" s="42"/>
       <c r="Q22" s="47"/>
       <c r="R22" s="48"/>
       <c r="S22" s="48"/>
       <c r="T22" s="48"/>
     </row>
     <row r="23" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="51" t="s">
+        <v>13</v>
+      </c>
+      <c r="C23" s="52"/>
+      <c r="D23" s="52"/>
+      <c r="E23" s="52"/>
+      <c r="F23" s="52"/>
+      <c r="G23" s="52"/>
+      <c r="H23" s="52"/>
+      <c r="I23" s="52"/>
+      <c r="J23" s="40"/>
+      <c r="K23" s="43"/>
+      <c r="L23" s="44"/>
+      <c r="M23" s="45"/>
+      <c r="N23" s="45"/>
+      <c r="P23" s="47"/>
+      <c r="Q23" s="47"/>
+      <c r="R23" s="48"/>
+      <c r="S23" s="48"/>
+      <c r="T23" s="48"/>
+    </row>
+    <row r="24" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B24" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="D24" s="21"/>
+      <c r="E24" s="22">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="F24" s="21"/>
+      <c r="G24" s="22">
+        <v>3.9627804035573248E-2</v>
+      </c>
+      <c r="H24" s="22">
+        <v>-0.641163515825668</v>
+      </c>
+      <c r="I24" s="21"/>
+      <c r="J24" s="23">
+        <v>0.55038616716073963</v>
+      </c>
+      <c r="K24" s="43"/>
+      <c r="L24" s="44"/>
+      <c r="M24" s="45"/>
+      <c r="N24" s="45"/>
+      <c r="O24" s="45"/>
+      <c r="P24" s="42"/>
+      <c r="Q24" s="47"/>
+      <c r="R24" s="48"/>
+      <c r="S24" s="48"/>
+      <c r="T24" s="48"/>
+    </row>
+    <row r="25" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B25" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C25" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D25" s="13"/>
+      <c r="E25" s="22">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="F25" s="21"/>
+      <c r="G25" s="22">
+        <v>3.7247660389571675E-2</v>
+      </c>
+      <c r="H25" s="22">
+        <v>-0.6397552438149311</v>
+      </c>
+      <c r="I25" s="21"/>
+      <c r="J25" s="23">
+        <v>0.5398211650662561</v>
+      </c>
+      <c r="K25" s="43"/>
+      <c r="L25" s="44"/>
+      <c r="M25" s="45"/>
+      <c r="N25" s="45"/>
+      <c r="O25" s="45"/>
+      <c r="P25" s="42"/>
+      <c r="Q25" s="47"/>
+      <c r="R25" s="48"/>
+      <c r="S25" s="48"/>
+      <c r="T25" s="48"/>
+    </row>
+    <row r="26" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="C26" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="D26" s="13"/>
+      <c r="E26" s="22">
+        <v>2.9499999999999998E-2</v>
+      </c>
+      <c r="F26" s="21"/>
+      <c r="G26" s="22">
+        <v>2.9254146427405325E-2</v>
+      </c>
+      <c r="H26" s="22">
+        <v>1.7672031916576212E-2</v>
+      </c>
+      <c r="I26" s="21"/>
+      <c r="J26" s="23">
+        <v>0.9916659805900111</v>
+      </c>
+      <c r="K26" s="43"/>
+      <c r="L26" s="44"/>
+      <c r="M26" s="45"/>
+      <c r="N26" s="45"/>
+      <c r="O26" s="45"/>
+      <c r="P26" s="42"/>
+      <c r="Q26" s="47"/>
+      <c r="R26" s="48"/>
+      <c r="S26" s="48"/>
+      <c r="T26" s="48"/>
+    </row>
+    <row r="27" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="51" t="s">
+        <v>22</v>
+      </c>
+      <c r="C27" s="52"/>
+      <c r="D27" s="52"/>
+      <c r="E27" s="52"/>
+      <c r="F27" s="52"/>
+      <c r="G27" s="52"/>
+      <c r="H27" s="52"/>
+      <c r="I27" s="52"/>
+      <c r="J27" s="40"/>
+      <c r="K27" s="43"/>
+      <c r="L27" s="44"/>
+      <c r="M27" s="45"/>
+      <c r="N27" s="45"/>
+      <c r="P27" s="47"/>
+      <c r="Q27" s="47"/>
+      <c r="R27" s="48"/>
+      <c r="S27" s="48"/>
+      <c r="T27" s="48"/>
+    </row>
+    <row r="28" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B28" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="C28" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="D28" s="21"/>
+      <c r="E28" s="22">
+        <v>6.5500000000000003E-2</v>
+      </c>
+      <c r="F28" s="21"/>
+      <c r="G28" s="22">
+        <v>3.2941592759004414E-2</v>
+      </c>
+      <c r="H28" s="22">
+        <v>-0.7869277100048907</v>
+      </c>
+      <c r="I28" s="21"/>
+      <c r="J28" s="23">
+        <v>0.50292508029014371</v>
+      </c>
+      <c r="K28" s="43"/>
+      <c r="L28" s="44"/>
+      <c r="M28" s="45"/>
+      <c r="N28" s="45"/>
+      <c r="O28" s="45"/>
+      <c r="P28" s="42"/>
+      <c r="Q28" s="47"/>
+      <c r="R28" s="48"/>
+      <c r="S28" s="48"/>
+      <c r="T28" s="48"/>
+    </row>
+    <row r="29" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B29" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C29" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D29" s="13"/>
+      <c r="E29" s="22">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="F29" s="21"/>
+      <c r="G29" s="22">
+        <v>3.1411529627691115E-2</v>
+      </c>
+      <c r="H29" s="22">
+        <v>-0.73511070817905022</v>
+      </c>
+      <c r="I29" s="21"/>
+      <c r="J29" s="23">
+        <v>0.49080515043267364</v>
+      </c>
+      <c r="K29" s="43"/>
+      <c r="L29" s="44"/>
+      <c r="M29" s="45"/>
+      <c r="N29" s="45"/>
+      <c r="O29" s="45"/>
+      <c r="P29" s="42"/>
+      <c r="Q29" s="47"/>
+      <c r="R29" s="48"/>
+      <c r="S29" s="48"/>
+      <c r="T29" s="48"/>
+    </row>
+    <row r="30" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B30" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D30" s="13"/>
+      <c r="E30" s="22">
+        <v>6.6500000000000004E-2</v>
+      </c>
+      <c r="F30" s="21"/>
+      <c r="G30" s="22">
+        <v>3.4721730431434346E-2</v>
+      </c>
+      <c r="H30" s="22">
+        <v>-0.74667129908796992</v>
+      </c>
+      <c r="I30" s="21"/>
+      <c r="J30" s="23">
+        <v>0.52213128468322323</v>
+      </c>
+      <c r="K30" s="43"/>
+      <c r="L30" s="44"/>
+      <c r="M30" s="45"/>
+      <c r="N30" s="45"/>
+      <c r="O30" s="45"/>
+      <c r="P30" s="42"/>
+      <c r="Q30" s="47"/>
+      <c r="R30" s="48"/>
+      <c r="S30" s="48"/>
+      <c r="T30" s="48"/>
+    </row>
+    <row r="31" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C31" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="D31" s="13"/>
+      <c r="E31" s="22">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="F31" s="21"/>
+      <c r="G31" s="22">
+        <v>2.8160112967433499E-2</v>
+      </c>
+      <c r="H31" s="22">
+        <v>-0.82376154663693946</v>
+      </c>
+      <c r="I31" s="21"/>
+      <c r="J31" s="23">
+        <v>0.46164119618743443</v>
+      </c>
+      <c r="K31" s="43"/>
+      <c r="L31" s="44"/>
+      <c r="M31" s="45"/>
+      <c r="N31" s="45"/>
+      <c r="O31" s="45"/>
+      <c r="P31" s="42"/>
+      <c r="Q31" s="47"/>
+      <c r="R31" s="48"/>
+      <c r="S31" s="48"/>
+      <c r="T31" s="48"/>
+    </row>
+    <row r="32" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C32" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="D32" s="13"/>
+      <c r="E32" s="22">
+        <v>7.85E-2</v>
+      </c>
+      <c r="F32" s="21"/>
+      <c r="G32" s="22">
+        <v>3.2666438827620305E-2</v>
+      </c>
+      <c r="H32" s="22">
+        <v>-0.93737494781025121</v>
+      </c>
+      <c r="I32" s="21"/>
+      <c r="J32" s="23">
+        <v>0.41613297869580007</v>
+      </c>
+      <c r="K32" s="43"/>
+      <c r="L32" s="44"/>
+      <c r="M32" s="45"/>
+      <c r="N32" s="45"/>
+      <c r="O32" s="45"/>
+      <c r="P32" s="42"/>
+      <c r="Q32" s="47"/>
+      <c r="R32" s="48"/>
+      <c r="S32" s="48"/>
+      <c r="T32" s="48"/>
+    </row>
+    <row r="33" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B33" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="C33" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="D33" s="13"/>
+      <c r="E33" s="22">
+        <v>7.8E-2</v>
+      </c>
+      <c r="F33" s="21"/>
+      <c r="G33" s="22">
+        <v>3.6021731202228992E-2</v>
+      </c>
+      <c r="H33" s="22">
+        <v>-0.70716267942883737</v>
+      </c>
+      <c r="I33" s="21"/>
+      <c r="J33" s="23">
+        <v>0.46181706669524347</v>
+      </c>
+      <c r="K33" s="43"/>
+      <c r="L33" s="44"/>
+      <c r="M33" s="45"/>
+      <c r="N33" s="45"/>
+      <c r="O33" s="45"/>
+      <c r="P33" s="42"/>
+      <c r="Q33" s="47"/>
+      <c r="R33" s="48"/>
+      <c r="S33" s="48"/>
+      <c r="T33" s="48"/>
+    </row>
+    <row r="34" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B34" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C34" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D34" s="13"/>
+      <c r="E34" s="22">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="F34" s="21"/>
+      <c r="G34" s="22">
+        <v>3.5260323158035942E-2</v>
+      </c>
+      <c r="H34" s="22">
+        <v>-0.69802874023213801</v>
+      </c>
+      <c r="I34" s="21"/>
+      <c r="J34" s="23">
+        <v>0.5424665101236299</v>
+      </c>
+      <c r="K34" s="43"/>
+      <c r="L34" s="44"/>
+      <c r="M34" s="45"/>
+      <c r="N34" s="45"/>
+      <c r="O34" s="45"/>
+      <c r="P34" s="42"/>
+      <c r="Q34" s="47"/>
+      <c r="R34" s="48"/>
+      <c r="S34" s="48"/>
+      <c r="T34" s="48"/>
+    </row>
+    <row r="35" spans="2:20" s="46" customFormat="1" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="28"/>
+      <c r="C35" s="29"/>
+      <c r="D35" s="30"/>
+      <c r="E35" s="31"/>
+      <c r="F35" s="30"/>
+      <c r="G35" s="31"/>
+      <c r="H35" s="31"/>
+      <c r="I35" s="30"/>
+      <c r="J35" s="32"/>
+      <c r="K35" s="43"/>
+      <c r="L35" s="44"/>
+      <c r="M35" s="45"/>
+      <c r="N35" s="45"/>
+      <c r="Q35" s="47"/>
+      <c r="R35" s="48"/>
+      <c r="S35" s="48"/>
+      <c r="T35" s="48"/>
+    </row>
+    <row r="36" spans="2:20" s="46" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B36" s="53"/>
+      <c r="C36" s="53"/>
+      <c r="E36" s="54"/>
+      <c r="G36" s="54"/>
+      <c r="H36" s="54"/>
+      <c r="J36" s="55"/>
+      <c r="K36" s="43"/>
+      <c r="L36" s="44"/>
+      <c r="M36" s="45"/>
+      <c r="N36" s="45"/>
+      <c r="Q36" s="47"/>
+      <c r="R36" s="48"/>
+      <c r="S36" s="48"/>
+      <c r="T36" s="48"/>
+    </row>
+    <row r="37" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B37" s="56"/>
+      <c r="C37" s="56"/>
+      <c r="D37" s="56"/>
+      <c r="E37" s="57"/>
+      <c r="F37" s="56"/>
+      <c r="G37" s="57"/>
+      <c r="H37" s="56"/>
+      <c r="I37" s="56"/>
+      <c r="J37" s="56"/>
+      <c r="K37" s="58"/>
+      <c r="L37" s="44"/>
+      <c r="M37" s="45"/>
+    </row>
+    <row r="38" spans="2:20" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B38" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C38" s="56"/>
+      <c r="D38" s="57"/>
+      <c r="E38" s="56"/>
+      <c r="F38" s="57"/>
+      <c r="G38" s="105"/>
+      <c r="H38" s="105"/>
+      <c r="I38" s="105"/>
+      <c r="J38" s="105"/>
+      <c r="K38" s="10"/>
+      <c r="L38" s="44"/>
+      <c r="M38" s="45"/>
+    </row>
+    <row r="39" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B39" s="56"/>
+      <c r="C39" s="56"/>
+      <c r="D39" s="57"/>
+      <c r="E39" s="59"/>
+      <c r="F39" s="57"/>
+      <c r="G39" s="106"/>
+      <c r="H39" s="106"/>
+      <c r="I39" s="56"/>
+      <c r="J39" s="58"/>
+      <c r="K39" s="10"/>
+      <c r="L39" s="44"/>
+      <c r="M39" s="45"/>
+    </row>
+    <row r="40" spans="2:20" ht="45" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B40" s="2"/>
+      <c r="C40" s="3"/>
+      <c r="D40" s="4"/>
+      <c r="E40" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F40" s="6"/>
+      <c r="G40" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H40" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="I40" s="8"/>
+      <c r="J40" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="K40" s="10"/>
+      <c r="L40" s="44"/>
+      <c r="M40" s="45"/>
+    </row>
+    <row r="41" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B41" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="C41" s="15"/>
+      <c r="D41" s="16"/>
+      <c r="E41" s="17"/>
+      <c r="F41" s="16"/>
+      <c r="G41" s="17"/>
+      <c r="H41" s="17"/>
+      <c r="I41" s="17"/>
+      <c r="J41" s="18"/>
+      <c r="K41" s="10"/>
+      <c r="L41" s="44"/>
+      <c r="M41" s="45"/>
+    </row>
+    <row r="42" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B42" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C42" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="D42" s="13"/>
+      <c r="E42" s="22">
+        <v>6.25E-2</v>
+      </c>
+      <c r="F42" s="21"/>
+      <c r="G42" s="22">
+        <v>4.4876545711886408E-2</v>
+      </c>
+      <c r="H42" s="22">
+        <v>-0.11341468466752602</v>
+      </c>
+      <c r="I42" s="22"/>
+      <c r="J42" s="23">
+        <v>0.71802473139018252</v>
+      </c>
+      <c r="K42" s="10"/>
+      <c r="L42" s="44"/>
+      <c r="M42" s="45"/>
+      <c r="N42" s="45"/>
+      <c r="O42" s="45"/>
+      <c r="P42" s="42"/>
+      <c r="Q42" s="47"/>
+      <c r="R42" s="48"/>
+      <c r="S42" s="48"/>
+    </row>
+    <row r="43" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="C43" s="29" t="s">
+        <v>59</v>
+      </c>
+      <c r="D43" s="30"/>
+      <c r="E43" s="89">
+        <v>0.1565</v>
+      </c>
+      <c r="F43" s="30"/>
+      <c r="G43" s="89">
+        <v>0.10456624246095352</v>
+      </c>
+      <c r="H43" s="31">
+        <v>-0.32246455081243458</v>
+      </c>
+      <c r="I43" s="31"/>
+      <c r="J43" s="32">
+        <v>0.66815490390385635</v>
+      </c>
+      <c r="K43" s="10"/>
+      <c r="L43" s="44"/>
+      <c r="M43" s="45"/>
+      <c r="N43" s="45"/>
+      <c r="O43" s="45"/>
+      <c r="P43" s="42"/>
+      <c r="Q43" s="47"/>
+      <c r="R43" s="48"/>
+      <c r="S43" s="48"/>
+    </row>
+    <row r="44" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B44" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C44" s="15"/>
+      <c r="D44" s="16"/>
+      <c r="E44" s="17"/>
+      <c r="F44" s="16"/>
+      <c r="G44" s="17"/>
+      <c r="H44" s="17"/>
+      <c r="I44" s="17"/>
+      <c r="J44" s="18"/>
+      <c r="K44" s="10"/>
+      <c r="L44" s="44"/>
+      <c r="M44" s="45"/>
+    </row>
+    <row r="45" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B45" s="28" t="s">
+        <v>79</v>
+      </c>
+      <c r="C45" s="29" t="s">
+        <v>52</v>
+      </c>
+      <c r="D45" s="30"/>
+      <c r="E45" s="26">
+        <v>9.6500000000000002E-2</v>
+      </c>
+      <c r="F45" s="24"/>
+      <c r="G45" s="26">
+        <v>8.3197334717303437E-2</v>
+      </c>
+      <c r="H45" s="25">
+        <v>-0.22390894600960864</v>
+      </c>
+      <c r="I45" s="25"/>
+      <c r="J45" s="27">
+        <v>0.86214854629329984</v>
+      </c>
+      <c r="K45" s="10"/>
+      <c r="L45" s="44"/>
+      <c r="M45" s="45"/>
+      <c r="N45" s="45"/>
+      <c r="O45" s="45"/>
+      <c r="P45" s="42"/>
+      <c r="Q45" s="47"/>
+      <c r="R45" s="48"/>
+      <c r="S45" s="48"/>
+    </row>
+    <row r="46" spans="2:20" x14ac:dyDescent="0.2">
+      <c r="B46" s="56"/>
+      <c r="C46" s="56"/>
+      <c r="D46" s="57"/>
+      <c r="E46" s="86"/>
+      <c r="F46" s="57"/>
+      <c r="G46" s="57"/>
+      <c r="H46" s="57"/>
+      <c r="I46" s="57"/>
+      <c r="J46" s="57"/>
+      <c r="K46" s="10"/>
+    </row>
+    <row r="47" spans="2:20" s="61" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="94" t="s">
+        <v>63</v>
+      </c>
+      <c r="C47" s="94"/>
+      <c r="D47" s="94"/>
+      <c r="E47" s="94"/>
+      <c r="F47" s="94"/>
+      <c r="G47" s="94"/>
+      <c r="H47" s="94"/>
+      <c r="I47" s="94"/>
+      <c r="J47" s="94"/>
+      <c r="K47" s="64"/>
+      <c r="L47" s="65"/>
+      <c r="M47" s="66"/>
+      <c r="N47" s="66"/>
+      <c r="Q47" s="67"/>
+      <c r="R47" s="66"/>
+      <c r="S47" s="66"/>
+      <c r="T47" s="66"/>
+    </row>
+    <row r="48" spans="2:20" s="61" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="93" t="s">
+        <v>57</v>
+      </c>
+      <c r="C48" s="93"/>
+      <c r="D48" s="93"/>
+      <c r="E48" s="93"/>
+      <c r="F48" s="93"/>
+      <c r="G48" s="93"/>
+      <c r="H48" s="93"/>
+      <c r="I48" s="93"/>
+      <c r="J48" s="93"/>
+      <c r="K48" s="64"/>
+      <c r="L48" s="65"/>
+      <c r="M48" s="66"/>
+      <c r="N48" s="66"/>
+      <c r="Q48" s="67"/>
+      <c r="R48" s="66"/>
+      <c r="S48" s="66"/>
+      <c r="T48" s="66"/>
+    </row>
+    <row r="49" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B49" s="93" t="s">
+        <v>49</v>
+      </c>
+      <c r="C49" s="93"/>
+      <c r="D49" s="93"/>
+      <c r="E49" s="93"/>
+      <c r="F49" s="93"/>
+      <c r="G49" s="93"/>
+      <c r="H49" s="93"/>
+      <c r="I49" s="93"/>
+      <c r="J49" s="93"/>
+      <c r="K49" s="64"/>
+      <c r="L49" s="65"/>
+      <c r="M49" s="66"/>
+      <c r="N49" s="66"/>
+      <c r="Q49" s="67"/>
+      <c r="R49" s="66"/>
+      <c r="S49" s="66"/>
+      <c r="T49" s="66"/>
+    </row>
+    <row r="50" spans="2:20" s="61" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="94" t="s">
+        <v>66</v>
+      </c>
+      <c r="C50" s="94"/>
+      <c r="D50" s="94"/>
+      <c r="E50" s="94"/>
+      <c r="F50" s="94"/>
+      <c r="G50" s="94"/>
+      <c r="H50" s="94"/>
+      <c r="I50" s="94"/>
+      <c r="J50" s="94"/>
+      <c r="K50" s="64"/>
+      <c r="L50" s="65"/>
+      <c r="M50" s="66"/>
+      <c r="N50" s="66"/>
+      <c r="Q50" s="67"/>
+      <c r="R50" s="66"/>
+      <c r="S50" s="66"/>
+      <c r="T50" s="66"/>
+    </row>
+    <row r="51" spans="2:20" s="61" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="94"/>
+      <c r="C51" s="94"/>
+      <c r="D51" s="94"/>
+      <c r="E51" s="94"/>
+      <c r="F51" s="94"/>
+      <c r="G51" s="94"/>
+      <c r="H51" s="94"/>
+      <c r="I51" s="94"/>
+      <c r="J51" s="94"/>
+      <c r="K51" s="64"/>
+      <c r="L51" s="65"/>
+      <c r="M51" s="66"/>
+      <c r="N51" s="66"/>
+      <c r="Q51" s="67"/>
+      <c r="R51" s="66"/>
+      <c r="S51" s="66"/>
+      <c r="T51" s="66"/>
+    </row>
+    <row r="52" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B52" s="94"/>
+      <c r="C52" s="94"/>
+      <c r="D52" s="94"/>
+      <c r="E52" s="94"/>
+      <c r="F52" s="94"/>
+      <c r="G52" s="94"/>
+      <c r="H52" s="94"/>
+      <c r="I52" s="94"/>
+      <c r="J52" s="94"/>
+      <c r="K52" s="64"/>
+      <c r="L52" s="65"/>
+      <c r="M52" s="66"/>
+      <c r="N52" s="66"/>
+      <c r="Q52" s="67"/>
+      <c r="R52" s="66"/>
+      <c r="S52" s="66"/>
+      <c r="T52" s="66"/>
+    </row>
+    <row r="53" spans="2:20" x14ac:dyDescent="0.2">
+      <c r="B53" s="60" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="54" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B54" s="60"/>
+      <c r="C54" s="60"/>
+      <c r="E54" s="62"/>
+      <c r="G54" s="62"/>
+      <c r="H54" s="62"/>
+      <c r="J54" s="63"/>
+      <c r="K54" s="64"/>
+      <c r="L54" s="65"/>
+      <c r="M54" s="66"/>
+      <c r="N54" s="66"/>
+      <c r="Q54" s="67"/>
+      <c r="R54" s="66"/>
+      <c r="S54" s="66"/>
+      <c r="T54" s="66"/>
+    </row>
+    <row r="55" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B55" s="92" t="s">
+        <v>53</v>
+      </c>
+      <c r="C55" s="92"/>
+      <c r="D55" s="92"/>
+      <c r="E55" s="92"/>
+      <c r="F55" s="92"/>
+      <c r="G55" s="92"/>
+      <c r="H55" s="92"/>
+      <c r="I55" s="92"/>
+      <c r="J55" s="92"/>
+      <c r="K55" s="64"/>
+      <c r="L55" s="65"/>
+      <c r="M55" s="66"/>
+      <c r="N55" s="66"/>
+      <c r="Q55" s="67"/>
+      <c r="R55" s="66"/>
+      <c r="S55" s="66"/>
+      <c r="T55" s="66"/>
+    </row>
+    <row r="56" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B56" s="92"/>
+      <c r="C56" s="92"/>
+      <c r="D56" s="92"/>
+      <c r="E56" s="92"/>
+      <c r="F56" s="92"/>
+      <c r="G56" s="92"/>
+      <c r="H56" s="92"/>
+      <c r="I56" s="92"/>
+      <c r="J56" s="92"/>
+      <c r="K56" s="64"/>
+      <c r="L56" s="65"/>
+      <c r="M56" s="66"/>
+      <c r="N56" s="66"/>
+      <c r="Q56" s="67"/>
+      <c r="R56" s="66"/>
+      <c r="S56" s="66"/>
+      <c r="T56" s="66"/>
+    </row>
+    <row r="57" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B57" s="92"/>
+      <c r="C57" s="92"/>
+      <c r="D57" s="92"/>
+      <c r="E57" s="92"/>
+      <c r="F57" s="92"/>
+      <c r="G57" s="92"/>
+      <c r="H57" s="92"/>
+      <c r="I57" s="92"/>
+      <c r="J57" s="92"/>
+      <c r="K57" s="64"/>
+      <c r="L57" s="65"/>
+      <c r="M57" s="66"/>
+      <c r="N57" s="66"/>
+      <c r="Q57" s="67"/>
+      <c r="R57" s="66"/>
+      <c r="S57" s="66"/>
+      <c r="T57" s="66"/>
+    </row>
+    <row r="58" spans="2:20" s="61" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B58" s="92"/>
+      <c r="C58" s="92"/>
+      <c r="D58" s="92"/>
+      <c r="E58" s="92"/>
+      <c r="F58" s="92"/>
+      <c r="G58" s="92"/>
+      <c r="H58" s="92"/>
+      <c r="I58" s="92"/>
+      <c r="J58" s="92"/>
+      <c r="K58" s="64"/>
+      <c r="L58" s="65"/>
+      <c r="M58" s="66"/>
+      <c r="N58" s="66"/>
+      <c r="Q58" s="67"/>
+      <c r="R58" s="66"/>
+      <c r="S58" s="66"/>
+      <c r="T58" s="66"/>
+    </row>
+    <row r="59" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B59" s="74" t="s">
+        <v>46</v>
+      </c>
+      <c r="C59" s="77"/>
+      <c r="D59" s="77"/>
+      <c r="E59" s="77"/>
+      <c r="F59" s="77"/>
+      <c r="G59" s="77"/>
+      <c r="H59" s="77"/>
+      <c r="I59" s="77"/>
+      <c r="J59" s="77"/>
+      <c r="K59" s="64"/>
+      <c r="L59" s="65"/>
+      <c r="M59" s="66"/>
+      <c r="N59" s="66"/>
+      <c r="Q59" s="67"/>
+      <c r="R59" s="66"/>
+      <c r="S59" s="66"/>
+      <c r="T59" s="66"/>
+    </row>
+    <row r="60" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B60" s="92" t="s">
+        <v>50</v>
+      </c>
+      <c r="C60" s="92"/>
+      <c r="D60" s="92"/>
+      <c r="E60" s="92"/>
+      <c r="F60" s="92"/>
+      <c r="G60" s="92"/>
+      <c r="H60" s="92"/>
+      <c r="I60" s="92"/>
+      <c r="J60" s="92"/>
+      <c r="K60" s="64"/>
+      <c r="L60" s="65"/>
+      <c r="M60" s="66"/>
+      <c r="N60" s="66"/>
+      <c r="Q60" s="67"/>
+      <c r="R60" s="66"/>
+      <c r="S60" s="66"/>
+      <c r="T60" s="66"/>
+    </row>
+    <row r="61" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B61" s="92"/>
+      <c r="C61" s="92"/>
+      <c r="D61" s="92"/>
+      <c r="E61" s="92"/>
+      <c r="F61" s="92"/>
+      <c r="G61" s="92"/>
+      <c r="H61" s="92"/>
+      <c r="I61" s="92"/>
+      <c r="J61" s="92"/>
+      <c r="K61" s="64"/>
+      <c r="L61" s="65"/>
+      <c r="M61" s="66"/>
+      <c r="N61" s="66"/>
+      <c r="Q61" s="67"/>
+      <c r="R61" s="66"/>
+      <c r="S61" s="66"/>
+      <c r="T61" s="66"/>
+    </row>
+    <row r="62" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B62" s="92"/>
+      <c r="C62" s="92"/>
+      <c r="D62" s="92"/>
+      <c r="E62" s="92"/>
+      <c r="F62" s="92"/>
+      <c r="G62" s="92"/>
+      <c r="H62" s="92"/>
+      <c r="I62" s="92"/>
+      <c r="J62" s="92"/>
+      <c r="K62" s="64"/>
+      <c r="L62" s="65"/>
+      <c r="M62" s="66"/>
+      <c r="N62" s="66"/>
+      <c r="Q62" s="67"/>
+      <c r="R62" s="66"/>
+      <c r="S62" s="66"/>
+      <c r="T62" s="66"/>
+    </row>
+    <row r="63" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B63" s="75"/>
+      <c r="C63" s="78"/>
+      <c r="D63" s="78"/>
+      <c r="E63" s="78"/>
+      <c r="F63" s="78"/>
+      <c r="G63" s="78"/>
+      <c r="H63" s="78"/>
+      <c r="I63" s="78"/>
+      <c r="J63" s="78"/>
+      <c r="K63" s="64"/>
+      <c r="L63" s="65"/>
+      <c r="M63" s="66"/>
+      <c r="N63" s="66"/>
+    </row>
+    <row r="64" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B64" s="76" t="s">
+        <v>42</v>
+      </c>
+      <c r="C64" s="79"/>
+      <c r="D64" s="79"/>
+      <c r="E64" s="79"/>
+      <c r="F64" s="80"/>
+      <c r="G64" s="80"/>
+      <c r="H64" s="80"/>
+      <c r="I64" s="80"/>
+      <c r="J64" s="80"/>
+      <c r="K64" s="64"/>
+      <c r="L64" s="65"/>
+      <c r="M64" s="66"/>
+      <c r="N64" s="66"/>
+    </row>
+    <row r="65" spans="2:14" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B65" s="76"/>
+      <c r="C65" s="79"/>
+      <c r="D65" s="79"/>
+      <c r="E65" s="79"/>
+      <c r="F65" s="80"/>
+      <c r="G65" s="80"/>
+      <c r="H65" s="80"/>
+      <c r="I65" s="80"/>
+      <c r="J65" s="80"/>
+      <c r="K65" s="64"/>
+      <c r="L65" s="65"/>
+      <c r="M65" s="66"/>
+      <c r="N65" s="66"/>
+    </row>
+    <row r="66" spans="2:14" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B66" s="91">
+        <v>5133406</v>
+      </c>
+      <c r="C66" s="71"/>
+      <c r="D66" s="71"/>
+      <c r="E66" s="71"/>
+      <c r="F66" s="71"/>
+      <c r="G66" s="71"/>
+      <c r="H66" s="71"/>
+      <c r="I66" s="71"/>
+      <c r="J66" s="71"/>
+      <c r="K66" s="68"/>
+    </row>
+    <row r="67" spans="2:14" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B67" s="69"/>
+      <c r="C67" s="69"/>
+      <c r="D67" s="69"/>
+      <c r="E67" s="69"/>
+      <c r="F67" s="69"/>
+      <c r="G67" s="69"/>
+      <c r="H67" s="69"/>
+      <c r="I67" s="69"/>
+      <c r="J67" s="69"/>
+      <c r="K67" s="70"/>
+    </row>
+    <row r="68" spans="2:14" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B68" s="69"/>
+      <c r="C68" s="69"/>
+      <c r="D68" s="69"/>
+      <c r="E68" s="69"/>
+      <c r="F68" s="69"/>
+      <c r="G68" s="69"/>
+      <c r="H68" s="69"/>
+      <c r="I68" s="69"/>
+      <c r="J68" s="69"/>
+      <c r="K68" s="70"/>
+    </row>
+  </sheetData>
+  <mergeCells count="13">
+    <mergeCell ref="B47:J47"/>
+    <mergeCell ref="G1:J2"/>
+    <mergeCell ref="B2:F2"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="G38:J38"/>
+    <mergeCell ref="G39:H39"/>
+    <mergeCell ref="B60:J62"/>
+    <mergeCell ref="B48:J48"/>
+    <mergeCell ref="B49:J49"/>
+    <mergeCell ref="B50:J50"/>
+    <mergeCell ref="B51:J51"/>
+    <mergeCell ref="B52:J52"/>
+    <mergeCell ref="B55:J58"/>
+  </mergeCells>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="36" max="10" man="1"/>
+  </rowBreaks>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{74F8C734-4AF8-4D57-B625-7182B25F18F0}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="B1:T71"/>
+  <sheetViews>
+    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B28" sqref="B28"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
+    <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
+    <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
+    <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
+    <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
+    <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
+    <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
+    <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
+    <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
+    <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
+    <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
+    <col min="13" max="13" width="16" style="10" customWidth="1"/>
+    <col min="14" max="14" width="11.85546875" style="10" customWidth="1"/>
+    <col min="15" max="15" width="26.28515625" style="10" customWidth="1"/>
+    <col min="16" max="16" width="9.28515625" style="10" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="9.7109375" style="10" customWidth="1"/>
+    <col min="18" max="18" width="9.140625" style="10"/>
+    <col min="19" max="19" width="7.140625" style="10" bestFit="1" customWidth="1"/>
+    <col min="20" max="16384" width="9.140625" style="10"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:20" ht="40.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B1" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="C1" s="35"/>
+      <c r="D1" s="36"/>
+      <c r="E1" s="35"/>
+      <c r="F1" s="73"/>
+      <c r="G1" s="95"/>
+      <c r="H1" s="96"/>
+      <c r="I1" s="96"/>
+      <c r="J1" s="97"/>
+    </row>
+    <row r="2" spans="2:20" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="101">
+        <v>45747</v>
+      </c>
+      <c r="C2" s="102"/>
+      <c r="D2" s="102"/>
+      <c r="E2" s="102"/>
+      <c r="F2" s="103"/>
+      <c r="G2" s="98"/>
+      <c r="H2" s="99"/>
+      <c r="I2" s="99"/>
+      <c r="J2" s="100"/>
+    </row>
+    <row r="3" spans="2:20" x14ac:dyDescent="0.2">
+      <c r="E3" s="34"/>
+      <c r="G3" s="34"/>
+      <c r="H3" s="34"/>
+      <c r="J3" s="34"/>
+      <c r="L3" s="34"/>
+      <c r="M3" s="34"/>
+      <c r="N3" s="34"/>
+      <c r="O3" s="34"/>
+    </row>
+    <row r="4" spans="2:20" ht="18" x14ac:dyDescent="0.25">
+      <c r="B4" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="E4"/>
+      <c r="G4" s="34"/>
+      <c r="H4" s="34"/>
+      <c r="J4" s="34"/>
+      <c r="L4" s="34"/>
+      <c r="M4" s="34"/>
+      <c r="N4" s="34"/>
+      <c r="O4" s="34"/>
+    </row>
+    <row r="5" spans="2:20" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="C5" s="82"/>
+      <c r="D5" s="30"/>
+      <c r="E5" s="83"/>
+      <c r="F5" s="84"/>
+      <c r="G5" s="104"/>
+      <c r="H5" s="104"/>
+      <c r="I5" s="84"/>
+      <c r="J5" s="85"/>
+      <c r="L5" s="34"/>
+      <c r="M5" s="34"/>
+      <c r="N5" s="34"/>
+      <c r="O5" s="34"/>
+    </row>
+    <row r="6" spans="2:20" ht="73.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="81"/>
+      <c r="C6" s="3"/>
+      <c r="D6" s="4"/>
+      <c r="E6" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" s="6"/>
+      <c r="G6" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="I6" s="6"/>
+      <c r="J6" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="L6" s="34"/>
+      <c r="M6" s="34"/>
+      <c r="N6" s="34"/>
+      <c r="O6" s="34"/>
+    </row>
+    <row r="7" spans="2:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="C7" s="38"/>
+      <c r="D7" s="38"/>
+      <c r="E7" s="39"/>
+      <c r="F7" s="39"/>
+      <c r="G7" s="39"/>
+      <c r="H7" s="39"/>
+      <c r="I7" s="39"/>
+      <c r="J7" s="40"/>
+      <c r="L7" s="41"/>
+      <c r="M7" s="34"/>
+      <c r="N7" s="34"/>
+      <c r="O7" s="34"/>
+      <c r="P7" s="42"/>
+    </row>
+    <row r="8" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B8" s="87" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" s="21"/>
+      <c r="E8" s="22">
+        <v>7.5499999999999998E-2</v>
+      </c>
+      <c r="F8" s="21"/>
+      <c r="G8" s="22">
+        <v>4.379424918063754E-2</v>
+      </c>
+      <c r="H8" s="22">
+        <v>-0.36928436560610028</v>
+      </c>
+      <c r="I8" s="22"/>
+      <c r="J8" s="23">
+        <v>0.58005628053824554</v>
+      </c>
+      <c r="K8" s="43"/>
+      <c r="L8" s="44"/>
+      <c r="M8" s="45"/>
+      <c r="N8" s="45"/>
+      <c r="O8" s="45"/>
+      <c r="P8" s="47"/>
+      <c r="Q8" s="47"/>
+      <c r="R8" s="48"/>
+      <c r="S8" s="48"/>
+      <c r="T8" s="48"/>
+    </row>
+    <row r="9" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B9" s="88" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" s="13"/>
+      <c r="E9" s="22">
+        <v>7.9500000000000001E-2</v>
+      </c>
+      <c r="F9" s="21"/>
+      <c r="G9" s="22">
+        <v>5.1677868517528959E-2</v>
+      </c>
+      <c r="H9" s="22">
+        <v>-0.33791069162377929</v>
+      </c>
+      <c r="I9" s="21"/>
+      <c r="J9" s="23">
+        <v>0.65003608198149632</v>
+      </c>
+      <c r="K9" s="43"/>
+      <c r="L9" s="44"/>
+      <c r="M9" s="45"/>
+      <c r="N9" s="45"/>
+      <c r="O9" s="45"/>
+      <c r="P9" s="42"/>
+      <c r="Q9" s="47"/>
+      <c r="R9" s="48"/>
+      <c r="S9" s="48"/>
+      <c r="T9" s="48"/>
+    </row>
+    <row r="10" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B10" s="88" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="D10" s="13"/>
+      <c r="E10" s="22">
+        <v>6.5500000000000003E-2</v>
+      </c>
+      <c r="F10" s="21"/>
+      <c r="G10" s="22">
+        <v>4.8296417776461716E-2</v>
+      </c>
+      <c r="H10" s="22">
+        <v>-0.21554696877761526</v>
+      </c>
+      <c r="I10" s="21"/>
+      <c r="J10" s="23">
+        <v>0.73734988971697268</v>
+      </c>
+      <c r="K10" s="43"/>
+      <c r="L10" s="44"/>
+      <c r="M10" s="45"/>
+      <c r="N10" s="45"/>
+      <c r="O10" s="45"/>
+      <c r="P10" s="47"/>
+      <c r="Q10" s="47"/>
+      <c r="R10" s="48"/>
+      <c r="S10" s="48"/>
+      <c r="T10" s="48"/>
+    </row>
+    <row r="11" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B11" s="88" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" s="50" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" s="13"/>
+      <c r="E11" s="22">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="F11" s="21"/>
+      <c r="G11" s="22">
+        <v>4.8738157390089493E-2</v>
+      </c>
+      <c r="H11" s="22">
+        <v>-0.39097587539787693</v>
+      </c>
+      <c r="I11" s="21"/>
+      <c r="J11" s="23">
+        <v>0.6169387011403733</v>
+      </c>
+      <c r="K11" s="43"/>
+      <c r="L11" s="44"/>
+      <c r="M11" s="45"/>
+      <c r="N11" s="45"/>
+      <c r="O11" s="45"/>
+      <c r="P11" s="42"/>
+      <c r="Q11" s="47"/>
+      <c r="R11" s="48"/>
+      <c r="S11" s="48"/>
+      <c r="T11" s="48"/>
+    </row>
+    <row r="12" spans="2:20" s="49" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="88" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="D12" s="13"/>
+      <c r="E12" s="22">
+        <v>7.2999999999999995E-2</v>
+      </c>
+      <c r="F12" s="21"/>
+      <c r="G12" s="22">
+        <v>4.0569412356282836E-2</v>
+      </c>
+      <c r="H12" s="22">
+        <v>-0.40461085134959002</v>
+      </c>
+      <c r="I12" s="21"/>
+      <c r="J12" s="23">
+        <v>0.55574537474360053</v>
+      </c>
+      <c r="K12" s="43"/>
+      <c r="L12" s="44"/>
+      <c r="M12" s="45"/>
+      <c r="N12" s="45"/>
+      <c r="O12" s="45"/>
+      <c r="P12" s="47"/>
+      <c r="Q12" s="47"/>
+      <c r="R12" s="48"/>
+      <c r="S12" s="48"/>
+      <c r="T12" s="48"/>
+    </row>
+    <row r="13" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="88" t="s">
+        <v>3</v>
+      </c>
+      <c r="C13" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" s="13"/>
+      <c r="E13" s="22">
+        <v>3.2500000000000001E-2</v>
+      </c>
+      <c r="F13" s="21"/>
+      <c r="G13" s="22">
+        <v>3.0245431267243883E-2</v>
+      </c>
+      <c r="H13" s="22">
+        <v>5.3038559009500399E-3</v>
+      </c>
+      <c r="I13" s="21"/>
+      <c r="J13" s="23">
+        <v>0.93062865437673481</v>
+      </c>
+      <c r="K13" s="43"/>
+      <c r="L13" s="44"/>
+      <c r="M13" s="45"/>
+      <c r="N13" s="45"/>
+      <c r="O13" s="45"/>
+      <c r="P13" s="42"/>
+      <c r="Q13" s="47"/>
+      <c r="R13" s="48"/>
+      <c r="S13" s="48"/>
+      <c r="T13" s="48"/>
+    </row>
+    <row r="14" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="88" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="D14" s="13"/>
+      <c r="E14" s="22">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="F14" s="21"/>
+      <c r="G14" s="22">
+        <v>3.7916918024863105E-2</v>
+      </c>
+      <c r="H14" s="22">
+        <v>1.1575712471160128E-2</v>
+      </c>
+      <c r="I14" s="21"/>
+      <c r="J14" s="23">
+        <v>0.9978136322332396</v>
+      </c>
+      <c r="K14" s="43"/>
+      <c r="L14" s="44"/>
+      <c r="M14" s="45"/>
+      <c r="N14" s="45"/>
+      <c r="O14" s="45"/>
+      <c r="P14" s="47"/>
+      <c r="Q14" s="47"/>
+      <c r="R14" s="48"/>
+      <c r="S14" s="48"/>
+      <c r="T14" s="48"/>
+    </row>
+    <row r="15" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="88" t="s">
+        <v>5</v>
+      </c>
+      <c r="C15" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="D15" s="13"/>
+      <c r="E15" s="22">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="F15" s="21"/>
+      <c r="G15" s="22">
+        <v>5.1613924802508419E-2</v>
+      </c>
+      <c r="H15" s="22">
+        <v>8.911385078747748E-2</v>
+      </c>
+      <c r="I15" s="21"/>
+      <c r="J15" s="23">
+        <v>0.99257547697131576</v>
+      </c>
+      <c r="K15" s="43"/>
+      <c r="L15" s="44"/>
+      <c r="M15" s="45"/>
+      <c r="N15" s="45"/>
+      <c r="O15" s="45"/>
+      <c r="P15" s="42"/>
+      <c r="Q15" s="47"/>
+      <c r="R15" s="48"/>
+      <c r="S15" s="48"/>
+      <c r="T15" s="48"/>
+    </row>
+    <row r="16" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="88" t="s">
+        <v>7</v>
+      </c>
+      <c r="C16" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="13"/>
+      <c r="E16" s="22">
+        <v>2.75E-2</v>
+      </c>
+      <c r="F16" s="21"/>
+      <c r="G16" s="22">
+        <v>2.7844602022544792E-2</v>
+      </c>
+      <c r="H16" s="22">
+        <v>-9.730649001222332E-4</v>
+      </c>
+      <c r="I16" s="21"/>
+      <c r="J16" s="23">
+        <v>1.0125309826379925</v>
+      </c>
+      <c r="K16" s="43"/>
+      <c r="L16" s="44"/>
+      <c r="M16" s="45"/>
+      <c r="N16" s="45"/>
+      <c r="O16" s="45"/>
+      <c r="P16" s="47"/>
+      <c r="Q16" s="47"/>
+      <c r="R16" s="48"/>
+      <c r="S16" s="48"/>
+      <c r="T16" s="48"/>
+    </row>
+    <row r="17" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="88" t="s">
+        <v>17</v>
+      </c>
+      <c r="C17" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" s="13"/>
+      <c r="E17" s="22">
+        <v>4.8500000000000001E-2</v>
+      </c>
+      <c r="F17" s="21"/>
+      <c r="G17" s="22">
+        <v>4.7238816997745424E-2</v>
+      </c>
+      <c r="H17" s="22">
+        <v>5.3597253713620239E-4</v>
+      </c>
+      <c r="I17" s="21"/>
+      <c r="J17" s="23">
+        <v>0.97399622675763753</v>
+      </c>
+      <c r="K17" s="43"/>
+      <c r="L17" s="44"/>
+      <c r="M17" s="45"/>
+      <c r="N17" s="45"/>
+      <c r="O17" s="45"/>
+      <c r="P17" s="42"/>
+      <c r="Q17" s="47"/>
+      <c r="R17" s="48"/>
+      <c r="S17" s="48"/>
+      <c r="T17" s="48"/>
+    </row>
+    <row r="18" spans="2:20" s="49" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="28" t="s">
+        <v>83</v>
+      </c>
+      <c r="C18" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" s="30"/>
+      <c r="E18" s="89">
+        <v>6.8500000000000005E-2</v>
+      </c>
+      <c r="F18" s="30"/>
+      <c r="G18" s="89">
+        <v>4.6410525135781512E-2</v>
+      </c>
+      <c r="H18" s="31">
+        <v>-0.30020602057094503</v>
+      </c>
+      <c r="I18" s="31"/>
+      <c r="J18" s="32">
+        <v>0.67752591439097087</v>
+      </c>
+      <c r="K18" s="43"/>
+      <c r="L18" s="44"/>
+      <c r="M18" s="45"/>
+      <c r="N18" s="45"/>
+      <c r="O18" s="45"/>
+      <c r="P18" s="47"/>
+      <c r="Q18" s="47"/>
+      <c r="R18" s="48"/>
+      <c r="S18" s="48"/>
+      <c r="T18" s="48"/>
+    </row>
+    <row r="19" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" s="52"/>
+      <c r="D19" s="52"/>
+      <c r="E19" s="52"/>
+      <c r="F19" s="52"/>
+      <c r="G19" s="52"/>
+      <c r="H19" s="52"/>
+      <c r="I19" s="52"/>
+      <c r="J19" s="40"/>
+      <c r="K19" s="43"/>
+      <c r="L19" s="44"/>
+      <c r="M19" s="45"/>
+      <c r="N19" s="45"/>
+      <c r="P19" s="47"/>
+      <c r="Q19" s="47"/>
+      <c r="R19" s="48"/>
+      <c r="S19" s="48"/>
+      <c r="T19" s="48"/>
+    </row>
+    <row r="20" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B20" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C20" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="D20" s="21"/>
+      <c r="E20" s="22">
+        <v>7.3499999999999996E-2</v>
+      </c>
+      <c r="F20" s="21"/>
+      <c r="G20" s="22">
+        <v>4.0873309196702436E-2</v>
+      </c>
+      <c r="H20" s="22">
+        <v>-0.42029407256480877</v>
+      </c>
+      <c r="I20" s="22"/>
+      <c r="J20" s="23">
+        <v>0.55609944485309437</v>
+      </c>
+      <c r="K20" s="43"/>
+      <c r="L20" s="44"/>
+      <c r="M20" s="45"/>
+      <c r="N20" s="45"/>
+      <c r="O20" s="45"/>
+      <c r="P20" s="42"/>
+      <c r="Q20" s="47"/>
+      <c r="R20" s="48"/>
+      <c r="S20" s="48"/>
+      <c r="T20" s="48"/>
+    </row>
+    <row r="21" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B21" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C21" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="D21" s="13"/>
+      <c r="E21" s="22">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="F21" s="21"/>
+      <c r="G21" s="22">
+        <v>4.2964024605267916E-2</v>
+      </c>
+      <c r="H21" s="22">
+        <v>-0.42589357873683525</v>
+      </c>
+      <c r="I21" s="21"/>
+      <c r="J21" s="23">
+        <v>0.56531611322720943</v>
+      </c>
+      <c r="K21" s="43"/>
+      <c r="L21" s="44"/>
+      <c r="M21" s="45"/>
+      <c r="N21" s="45"/>
+      <c r="O21" s="45"/>
+      <c r="P21" s="42"/>
+      <c r="Q21" s="47"/>
+      <c r="R21" s="48"/>
+      <c r="S21" s="48"/>
+      <c r="T21" s="48"/>
+    </row>
+    <row r="22" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C22" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D22" s="13"/>
+      <c r="E22" s="22">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="F22" s="21"/>
+      <c r="G22" s="22">
+        <v>2.9070154412760171E-2</v>
+      </c>
+      <c r="H22" s="22">
+        <v>1.7348764054491515E-2</v>
+      </c>
+      <c r="I22" s="21"/>
+      <c r="J22" s="23">
+        <v>1.0024191176813853</v>
+      </c>
+      <c r="K22" s="43"/>
+      <c r="L22" s="44"/>
+      <c r="M22" s="45"/>
+      <c r="N22" s="45"/>
+      <c r="O22" s="45"/>
+      <c r="P22" s="42"/>
+      <c r="Q22" s="47"/>
+      <c r="R22" s="48"/>
+      <c r="S22" s="48"/>
+      <c r="T22" s="48"/>
+    </row>
+    <row r="23" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B23" s="28" t="s">
         <v>11</v>
       </c>
       <c r="C23" s="29" t="s">
         <v>12</v>
       </c>
       <c r="D23" s="30"/>
       <c r="E23" s="89">
-        <v>4.2999999999999997E-2</v>
+        <v>4.5499999999999999E-2</v>
       </c>
       <c r="F23" s="30"/>
       <c r="G23" s="89">
-        <v>4.273254876820537E-2</v>
+        <v>4.3536517291710923E-2</v>
       </c>
       <c r="H23" s="31">
-        <v>-3.9815526540022128E-2</v>
+        <v>-7.5761167876290557E-3</v>
       </c>
       <c r="I23" s="31"/>
       <c r="J23" s="32">
-        <v>0.99378020391175281</v>
+        <v>0.95684653388375662</v>
       </c>
       <c r="K23" s="43"/>
       <c r="L23" s="44"/>
       <c r="M23" s="45"/>
       <c r="N23" s="45"/>
       <c r="O23" s="45"/>
       <c r="P23" s="42"/>
       <c r="Q23" s="47"/>
       <c r="R23" s="48"/>
       <c r="S23" s="48"/>
       <c r="T23" s="48"/>
     </row>
     <row r="24" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B24" s="51" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="52"/>
       <c r="D24" s="52"/>
       <c r="E24" s="52"/>
       <c r="F24" s="52"/>
       <c r="G24" s="52"/>
       <c r="H24" s="52"/>
       <c r="I24" s="52"/>
       <c r="J24" s="40"/>
       <c r="K24" s="43"/>
       <c r="L24" s="44"/>
       <c r="M24" s="45"/>
       <c r="N24" s="45"/>
       <c r="P24" s="47"/>
       <c r="Q24" s="47"/>
       <c r="R24" s="48"/>
       <c r="S24" s="48"/>
       <c r="T24" s="48"/>
     </row>
     <row r="25" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B25" s="19" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C25" s="20" t="s">
         <v>29</v>
       </c>
       <c r="D25" s="21"/>
       <c r="E25" s="22">
         <v>7.1999999999999995E-2</v>
       </c>
       <c r="F25" s="21"/>
       <c r="G25" s="22">
-        <v>4.3999484894667401E-2</v>
+        <v>4.1771569420133277E-2</v>
       </c>
       <c r="H25" s="22">
-        <v>-0.53288201032113969</v>
+        <v>-0.3784295257417904</v>
       </c>
       <c r="I25" s="21"/>
       <c r="J25" s="23">
-        <v>0.61110395687038066</v>
+        <v>0.58016068639074003</v>
       </c>
       <c r="K25" s="43"/>
       <c r="L25" s="44"/>
       <c r="M25" s="45"/>
       <c r="N25" s="45"/>
       <c r="O25" s="45"/>
       <c r="P25" s="42"/>
       <c r="Q25" s="47"/>
       <c r="R25" s="48"/>
       <c r="S25" s="48"/>
       <c r="T25" s="48"/>
     </row>
     <row r="26" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B26" s="11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C26" s="12" t="s">
         <v>30</v>
       </c>
       <c r="D26" s="13"/>
       <c r="E26" s="22">
         <v>6.9000000000000006E-2</v>
       </c>
       <c r="F26" s="21"/>
       <c r="G26" s="22">
-        <v>4.1373684702709239E-2</v>
+        <v>4.042551881244736E-2</v>
       </c>
       <c r="H26" s="22">
-        <v>-0.52442279338596687</v>
+        <v>-0.37366661991938011</v>
       </c>
       <c r="I26" s="21"/>
       <c r="J26" s="23">
-        <v>0.59961861887984402</v>
+        <v>0.58587708423836748</v>
       </c>
       <c r="K26" s="43"/>
       <c r="L26" s="44"/>
       <c r="M26" s="45"/>
       <c r="N26" s="45"/>
       <c r="O26" s="45"/>
       <c r="P26" s="42"/>
       <c r="Q26" s="47"/>
       <c r="R26" s="48"/>
       <c r="S26" s="48"/>
       <c r="T26" s="48"/>
     </row>
     <row r="27" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B27" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="12" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D27" s="13"/>
       <c r="E27" s="22">
         <v>2.9499999999999998E-2</v>
       </c>
       <c r="F27" s="21"/>
       <c r="G27" s="22">
-        <v>2.9188085682252243E-2</v>
+        <v>2.9119874496412724E-2</v>
       </c>
       <c r="H27" s="22">
-        <v>1.640020566646069E-2</v>
+        <v>1.9746722454233766E-2</v>
       </c>
       <c r="I27" s="21"/>
       <c r="J27" s="23">
-        <v>0.98942663329668623</v>
+        <v>0.98711438970890597</v>
       </c>
       <c r="K27" s="43"/>
       <c r="L27" s="44"/>
       <c r="M27" s="45"/>
       <c r="N27" s="45"/>
       <c r="O27" s="45"/>
       <c r="P27" s="42"/>
       <c r="Q27" s="47"/>
       <c r="R27" s="48"/>
       <c r="S27" s="48"/>
       <c r="T27" s="48"/>
     </row>
     <row r="28" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B28" s="28" t="s">
         <v>15</v>
       </c>
       <c r="C28" s="29" t="s">
         <v>16</v>
       </c>
       <c r="D28" s="30"/>
       <c r="E28" s="89">
         <v>4.2000000000000003E-2</v>
       </c>
       <c r="F28" s="30"/>
       <c r="G28" s="89">
-        <v>4.2090963475701508E-2</v>
+        <v>4.2260365078224622E-2</v>
       </c>
       <c r="H28" s="31">
-        <v>-3.0450658455149784E-2</v>
+        <v>8.6157307687799983E-3</v>
       </c>
       <c r="I28" s="31"/>
       <c r="J28" s="32">
-        <v>1.002165797040512</v>
+        <v>1.0061991685291576</v>
       </c>
       <c r="K28" s="43"/>
       <c r="L28" s="44"/>
       <c r="M28" s="45"/>
       <c r="N28" s="45"/>
       <c r="O28" s="45"/>
       <c r="P28" s="42"/>
       <c r="Q28" s="47"/>
       <c r="R28" s="48"/>
       <c r="S28" s="48"/>
       <c r="T28" s="48"/>
     </row>
     <row r="29" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B29" s="51" t="s">
         <v>22</v>
       </c>
       <c r="C29" s="52"/>
       <c r="D29" s="52"/>
       <c r="E29" s="52"/>
       <c r="F29" s="52"/>
       <c r="G29" s="52"/>
       <c r="H29" s="52"/>
       <c r="I29" s="52"/>
       <c r="J29" s="40"/>
       <c r="K29" s="43"/>
       <c r="L29" s="44"/>
       <c r="M29" s="45"/>
       <c r="N29" s="45"/>
       <c r="P29" s="47"/>
       <c r="Q29" s="47"/>
       <c r="R29" s="48"/>
       <c r="S29" s="48"/>
       <c r="T29" s="48"/>
     </row>
     <row r="30" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B30" s="19" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C30" s="20" t="s">
         <v>31</v>
       </c>
       <c r="D30" s="21"/>
       <c r="E30" s="22">
-        <v>6.5500000000000003E-2</v>
+        <v>7.2499999999999995E-2</v>
       </c>
       <c r="F30" s="21"/>
       <c r="G30" s="22">
-        <v>3.602259879310999E-2</v>
+        <v>3.4380553313262487E-2</v>
       </c>
       <c r="H30" s="22">
-        <v>-0.68370430129218185</v>
+        <v>-0.50534880152116635</v>
       </c>
       <c r="I30" s="21"/>
       <c r="J30" s="23">
-        <v>0.54996334035282424</v>
+        <v>0.47421452845879297</v>
       </c>
       <c r="K30" s="43"/>
       <c r="L30" s="44"/>
       <c r="M30" s="45"/>
       <c r="N30" s="45"/>
       <c r="O30" s="45"/>
       <c r="P30" s="42"/>
       <c r="Q30" s="47"/>
       <c r="R30" s="48"/>
       <c r="S30" s="48"/>
       <c r="T30" s="48"/>
     </row>
     <row r="31" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B31" s="11" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C31" s="12" t="s">
         <v>32</v>
       </c>
       <c r="D31" s="13"/>
       <c r="E31" s="22">
-        <v>6.4000000000000001E-2</v>
+        <v>7.0999999999999994E-2</v>
       </c>
       <c r="F31" s="21"/>
       <c r="G31" s="22">
-        <v>3.4351810861456937E-2</v>
+        <v>3.2953375564236852E-2</v>
       </c>
       <c r="H31" s="22">
-        <v>-0.63321999822670916</v>
+        <v>-0.44960198858239853</v>
       </c>
       <c r="I31" s="21"/>
       <c r="J31" s="23">
-        <v>0.53674704471026458</v>
+        <v>0.46413205020051906</v>
       </c>
       <c r="K31" s="43"/>
       <c r="L31" s="44"/>
       <c r="M31" s="45"/>
       <c r="N31" s="45"/>
       <c r="O31" s="45"/>
       <c r="P31" s="42"/>
       <c r="Q31" s="47"/>
       <c r="R31" s="48"/>
       <c r="S31" s="48"/>
       <c r="T31" s="48"/>
     </row>
     <row r="32" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B32" s="11" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C32" s="12" t="s">
         <v>33</v>
       </c>
       <c r="D32" s="13"/>
       <c r="E32" s="22">
-        <v>6.6500000000000004E-2</v>
+        <v>7.3499999999999996E-2</v>
       </c>
       <c r="F32" s="21"/>
       <c r="G32" s="22">
-        <v>3.8678637974170753E-2</v>
+        <v>3.6440587250822075E-2</v>
       </c>
       <c r="H32" s="22">
-        <v>-0.63023245310050002</v>
+        <v>-0.45922548991716033</v>
       </c>
       <c r="I32" s="21"/>
       <c r="J32" s="23">
-        <v>0.58163365374692855</v>
+        <v>0.49579030273227315</v>
       </c>
       <c r="K32" s="43"/>
       <c r="L32" s="44"/>
       <c r="M32" s="45"/>
       <c r="N32" s="45"/>
       <c r="O32" s="45"/>
       <c r="P32" s="42"/>
       <c r="Q32" s="47"/>
       <c r="R32" s="48"/>
       <c r="S32" s="48"/>
       <c r="T32" s="48"/>
     </row>
     <row r="33" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="11" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C33" s="12" t="s">
         <v>34</v>
       </c>
       <c r="D33" s="13"/>
       <c r="E33" s="22">
-        <v>6.0999999999999999E-2</v>
+        <v>6.7500000000000004E-2</v>
       </c>
       <c r="F33" s="21"/>
       <c r="G33" s="22">
-        <v>2.8961266069353436E-2</v>
+        <v>2.6101427674143873E-2</v>
       </c>
       <c r="H33" s="22">
-        <v>-0.69021415352644322</v>
+        <v>-0.48694872541702611</v>
       </c>
       <c r="I33" s="21"/>
       <c r="J33" s="23">
-        <v>0.47477485359595795</v>
+        <v>0.38668781739472402</v>
       </c>
       <c r="K33" s="43"/>
       <c r="L33" s="44"/>
       <c r="M33" s="45"/>
       <c r="N33" s="45"/>
       <c r="O33" s="45"/>
       <c r="P33" s="42"/>
       <c r="Q33" s="47"/>
       <c r="R33" s="48"/>
       <c r="S33" s="48"/>
       <c r="T33" s="48"/>
     </row>
     <row r="34" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="11" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C34" s="12" t="s">
         <v>35</v>
       </c>
       <c r="D34" s="13"/>
       <c r="E34" s="22">
         <v>7.85E-2</v>
       </c>
       <c r="F34" s="21"/>
       <c r="G34" s="22">
-        <v>3.7528185349960871E-2</v>
+        <v>3.4835410854337501E-2</v>
       </c>
       <c r="H34" s="22">
-        <v>-0.75620650212749219</v>
+        <v>-0.53891604990622877</v>
       </c>
       <c r="I34" s="21"/>
       <c r="J34" s="23">
-        <v>0.47806605541351427</v>
+        <v>0.44376319559665606</v>
       </c>
       <c r="K34" s="43"/>
       <c r="L34" s="44"/>
       <c r="M34" s="45"/>
       <c r="N34" s="45"/>
       <c r="O34" s="45"/>
       <c r="P34" s="42"/>
       <c r="Q34" s="47"/>
       <c r="R34" s="48"/>
       <c r="S34" s="48"/>
       <c r="T34" s="48"/>
     </row>
     <row r="35" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B35" s="11" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C35" s="12" t="s">
         <v>36</v>
       </c>
       <c r="D35" s="13"/>
       <c r="E35" s="22">
         <v>7.8E-2</v>
       </c>
       <c r="F35" s="21"/>
       <c r="G35" s="22">
-        <v>3.9233173158265064E-2</v>
+        <v>3.7074864421022598E-2</v>
       </c>
       <c r="H35" s="22">
-        <v>-0.77057190583972324</v>
+        <v>-0.55020458936285321</v>
       </c>
       <c r="I35" s="21"/>
       <c r="J35" s="23">
-        <v>0.5029893994649367</v>
+        <v>0.47531877462849487</v>
       </c>
       <c r="K35" s="43"/>
       <c r="L35" s="44"/>
       <c r="M35" s="45"/>
       <c r="N35" s="45"/>
       <c r="O35" s="45"/>
       <c r="P35" s="42"/>
       <c r="Q35" s="47"/>
       <c r="R35" s="48"/>
       <c r="S35" s="48"/>
       <c r="T35" s="48"/>
     </row>
     <row r="36" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B36" s="11" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C36" s="12" t="s">
         <v>37</v>
       </c>
       <c r="D36" s="13"/>
       <c r="E36" s="22">
-        <v>6.5000000000000002E-2</v>
+        <v>7.1999999999999995E-2</v>
       </c>
       <c r="F36" s="21"/>
       <c r="G36" s="22">
-        <v>3.7942820729878292E-2</v>
+        <v>3.6865488146867388E-2</v>
       </c>
       <c r="H36" s="22">
-        <v>-0.59307977462802153</v>
+        <v>-0.43028734170727984</v>
       </c>
       <c r="I36" s="21"/>
       <c r="J36" s="23">
-        <v>0.5837357035365891</v>
+        <v>0.51202066870649154</v>
       </c>
       <c r="K36" s="43"/>
       <c r="L36" s="44"/>
       <c r="M36" s="45"/>
       <c r="N36" s="45"/>
       <c r="O36" s="45"/>
       <c r="P36" s="42"/>
       <c r="Q36" s="47"/>
       <c r="R36" s="48"/>
       <c r="S36" s="48"/>
       <c r="T36" s="48"/>
     </row>
     <row r="37" spans="2:20" s="46" customFormat="1" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B37" s="28"/>
       <c r="C37" s="29"/>
       <c r="D37" s="30"/>
       <c r="E37" s="31"/>
       <c r="F37" s="30"/>
       <c r="G37" s="31"/>
       <c r="H37" s="31"/>
       <c r="I37" s="30"/>
       <c r="J37" s="32"/>
       <c r="K37" s="43"/>
       <c r="L37" s="44"/>
       <c r="M37" s="45"/>
@@ -3693,617 +5326,2367 @@
       <c r="S38" s="48"/>
       <c r="T38" s="48"/>
     </row>
     <row r="39" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B39" s="56"/>
       <c r="C39" s="56"/>
       <c r="D39" s="56"/>
       <c r="E39" s="57"/>
       <c r="F39" s="56"/>
       <c r="G39" s="57"/>
       <c r="H39" s="56"/>
       <c r="I39" s="56"/>
       <c r="J39" s="56"/>
       <c r="K39" s="58"/>
       <c r="L39" s="44"/>
       <c r="M39" s="45"/>
     </row>
     <row r="40" spans="2:20" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C40" s="56"/>
       <c r="D40" s="57"/>
       <c r="E40" s="56"/>
       <c r="F40" s="57"/>
-      <c r="G40" s="106"/>
-[...2 lines deleted...]
-      <c r="J40" s="106"/>
+      <c r="G40" s="105"/>
+      <c r="H40" s="105"/>
+      <c r="I40" s="105"/>
+      <c r="J40" s="105"/>
       <c r="K40" s="10"/>
       <c r="L40" s="44"/>
       <c r="M40" s="45"/>
     </row>
     <row r="41" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B41" s="56"/>
       <c r="C41" s="56"/>
       <c r="D41" s="57"/>
       <c r="E41" s="59"/>
       <c r="F41" s="57"/>
-      <c r="G41" s="107"/>
-      <c r="H41" s="107"/>
+      <c r="G41" s="106"/>
+      <c r="H41" s="106"/>
       <c r="I41" s="56"/>
       <c r="J41" s="58"/>
       <c r="K41" s="10"/>
       <c r="L41" s="44"/>
       <c r="M41" s="45"/>
     </row>
     <row r="42" spans="2:20" ht="45" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B42" s="2"/>
       <c r="C42" s="3"/>
       <c r="D42" s="4"/>
       <c r="E42" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F42" s="6"/>
       <c r="G42" s="7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I42" s="8"/>
       <c r="J42" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K42" s="10"/>
       <c r="L42" s="44"/>
       <c r="M42" s="45"/>
     </row>
     <row r="43" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B43" s="14" t="s">
         <v>39</v>
       </c>
       <c r="C43" s="15"/>
       <c r="D43" s="16"/>
       <c r="E43" s="17"/>
       <c r="F43" s="16"/>
       <c r="G43" s="17"/>
       <c r="H43" s="17"/>
       <c r="I43" s="17"/>
       <c r="J43" s="18"/>
       <c r="K43" s="10"/>
       <c r="L43" s="44"/>
       <c r="M43" s="45"/>
     </row>
     <row r="44" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B44" s="11" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C44" s="12" t="s">
         <v>38</v>
       </c>
       <c r="D44" s="13"/>
       <c r="E44" s="22">
         <v>6.6500000000000004E-2</v>
       </c>
       <c r="F44" s="21"/>
       <c r="G44" s="22">
-        <v>4.6470422641484793E-2</v>
+        <v>4.7784424888495151E-2</v>
       </c>
       <c r="H44" s="22">
-        <v>-0.24351222289003949</v>
+        <v>-0.15057399234620425</v>
       </c>
       <c r="I44" s="22"/>
       <c r="J44" s="23">
-        <v>0.69880334799225252</v>
+        <v>0.71856278027812259</v>
       </c>
       <c r="K44" s="10"/>
       <c r="L44" s="44"/>
       <c r="M44" s="45"/>
       <c r="N44" s="45"/>
       <c r="O44" s="45"/>
       <c r="P44" s="42"/>
       <c r="Q44" s="47"/>
       <c r="R44" s="48"/>
       <c r="S44" s="48"/>
     </row>
     <row r="45" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B45" s="11" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C45" s="12" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D45" s="13"/>
       <c r="E45" s="22">
         <v>0.16600000000000001</v>
       </c>
       <c r="F45" s="21"/>
       <c r="G45" s="22">
-        <v>0.10344517160735371</v>
+        <v>0.10978632013379208</v>
       </c>
       <c r="H45" s="22">
-        <v>-0.69476631702675462</v>
+        <v>-0.39454104146391317</v>
       </c>
       <c r="I45" s="22"/>
       <c r="J45" s="23">
-        <v>0.62316368438164882</v>
+        <v>0.66136337429995229</v>
       </c>
       <c r="K45" s="10"/>
       <c r="L45" s="44"/>
       <c r="M45" s="45"/>
       <c r="N45" s="45"/>
       <c r="O45" s="45"/>
       <c r="P45" s="42"/>
       <c r="Q45" s="47"/>
       <c r="R45" s="48"/>
       <c r="S45" s="48"/>
     </row>
     <row r="46" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B46" s="28" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C46" s="29" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D46" s="30"/>
       <c r="E46" s="89">
         <v>0.16750000000000001</v>
       </c>
       <c r="F46" s="30"/>
       <c r="G46" s="89">
-        <v>0.10181389908846061</v>
+        <v>9.7425938846050164E-2</v>
       </c>
       <c r="H46" s="31">
-        <v>-0.90991059934636187</v>
+        <v>-0.57837650487968928</v>
       </c>
       <c r="I46" s="31"/>
       <c r="J46" s="32">
-        <v>0.60784417366245136</v>
+        <v>0.58164739609582183</v>
       </c>
       <c r="K46" s="10"/>
       <c r="L46" s="44"/>
       <c r="M46" s="45"/>
       <c r="N46" s="45"/>
       <c r="O46" s="45"/>
       <c r="P46" s="42"/>
       <c r="Q46" s="47"/>
       <c r="R46" s="48"/>
       <c r="S46" s="48"/>
     </row>
     <row r="47" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B47" s="14" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C47" s="15"/>
       <c r="D47" s="16"/>
       <c r="E47" s="17"/>
       <c r="F47" s="16"/>
       <c r="G47" s="17"/>
       <c r="H47" s="17"/>
       <c r="I47" s="17"/>
       <c r="J47" s="18"/>
       <c r="K47" s="10"/>
       <c r="L47" s="44"/>
       <c r="M47" s="45"/>
     </row>
     <row r="48" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B48" s="28" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C48" s="29" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D48" s="30"/>
       <c r="E48" s="26">
         <v>9.6500000000000002E-2</v>
       </c>
       <c r="F48" s="24"/>
       <c r="G48" s="26">
-        <v>7.954840547328762E-2</v>
+        <v>7.9586360661010991E-2</v>
       </c>
       <c r="H48" s="25">
-        <v>-0.16536376035528197</v>
+        <v>-0.31503824378847467</v>
       </c>
       <c r="I48" s="25"/>
       <c r="J48" s="27">
-        <v>0.82433580801334316</v>
+        <v>0.82472912602083925</v>
       </c>
       <c r="K48" s="10"/>
       <c r="L48" s="44"/>
       <c r="M48" s="45"/>
       <c r="N48" s="45"/>
       <c r="O48" s="45"/>
       <c r="P48" s="42"/>
       <c r="Q48" s="47"/>
       <c r="R48" s="48"/>
       <c r="S48" s="48"/>
     </row>
     <row r="49" spans="2:20" x14ac:dyDescent="0.2">
       <c r="B49" s="56"/>
       <c r="C49" s="56"/>
       <c r="D49" s="57"/>
       <c r="E49" s="86"/>
       <c r="F49" s="57"/>
       <c r="G49" s="57"/>
       <c r="H49" s="57"/>
       <c r="I49" s="57"/>
       <c r="J49" s="57"/>
       <c r="K49" s="10"/>
     </row>
     <row r="50" spans="2:20" s="61" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="95" t="s">
-[...9 lines deleted...]
-      <c r="J50" s="95"/>
+      <c r="B50" s="94" t="s">
+        <v>63</v>
+      </c>
+      <c r="C50" s="94"/>
+      <c r="D50" s="94"/>
+      <c r="E50" s="94"/>
+      <c r="F50" s="94"/>
+      <c r="G50" s="94"/>
+      <c r="H50" s="94"/>
+      <c r="I50" s="94"/>
+      <c r="J50" s="94"/>
       <c r="K50" s="64"/>
       <c r="L50" s="65"/>
       <c r="M50" s="66"/>
       <c r="N50" s="66"/>
       <c r="Q50" s="67"/>
       <c r="R50" s="66"/>
       <c r="S50" s="66"/>
       <c r="T50" s="66"/>
     </row>
     <row r="51" spans="2:20" s="61" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="94" t="s">
-[...9 lines deleted...]
-      <c r="J51" s="94"/>
+      <c r="B51" s="93" t="s">
+        <v>57</v>
+      </c>
+      <c r="C51" s="93"/>
+      <c r="D51" s="93"/>
+      <c r="E51" s="93"/>
+      <c r="F51" s="93"/>
+      <c r="G51" s="93"/>
+      <c r="H51" s="93"/>
+      <c r="I51" s="93"/>
+      <c r="J51" s="93"/>
       <c r="K51" s="64"/>
       <c r="L51" s="65"/>
       <c r="M51" s="66"/>
       <c r="N51" s="66"/>
       <c r="Q51" s="67"/>
       <c r="R51" s="66"/>
       <c r="S51" s="66"/>
       <c r="T51" s="66"/>
     </row>
     <row r="52" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="94" t="s">
-[...9 lines deleted...]
-      <c r="J52" s="94"/>
+      <c r="B52" s="93" t="s">
+        <v>49</v>
+      </c>
+      <c r="C52" s="93"/>
+      <c r="D52" s="93"/>
+      <c r="E52" s="93"/>
+      <c r="F52" s="93"/>
+      <c r="G52" s="93"/>
+      <c r="H52" s="93"/>
+      <c r="I52" s="93"/>
+      <c r="J52" s="93"/>
       <c r="K52" s="64"/>
       <c r="L52" s="65"/>
       <c r="M52" s="66"/>
       <c r="N52" s="66"/>
       <c r="Q52" s="67"/>
       <c r="R52" s="66"/>
       <c r="S52" s="66"/>
       <c r="T52" s="66"/>
     </row>
     <row r="53" spans="2:20" s="61" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="95" t="s">
-[...9 lines deleted...]
-      <c r="J53" s="95"/>
+      <c r="B53" s="94" t="s">
+        <v>66</v>
+      </c>
+      <c r="C53" s="94"/>
+      <c r="D53" s="94"/>
+      <c r="E53" s="94"/>
+      <c r="F53" s="94"/>
+      <c r="G53" s="94"/>
+      <c r="H53" s="94"/>
+      <c r="I53" s="94"/>
+      <c r="J53" s="94"/>
       <c r="K53" s="64"/>
       <c r="L53" s="65"/>
       <c r="M53" s="66"/>
       <c r="N53" s="66"/>
       <c r="Q53" s="67"/>
       <c r="R53" s="66"/>
       <c r="S53" s="66"/>
       <c r="T53" s="66"/>
     </row>
     <row r="54" spans="2:20" s="61" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="95"/>
-[...7 lines deleted...]
-      <c r="J54" s="95"/>
+      <c r="B54" s="94"/>
+      <c r="C54" s="94"/>
+      <c r="D54" s="94"/>
+      <c r="E54" s="94"/>
+      <c r="F54" s="94"/>
+      <c r="G54" s="94"/>
+      <c r="H54" s="94"/>
+      <c r="I54" s="94"/>
+      <c r="J54" s="94"/>
       <c r="K54" s="64"/>
       <c r="L54" s="65"/>
       <c r="M54" s="66"/>
       <c r="N54" s="66"/>
       <c r="Q54" s="67"/>
       <c r="R54" s="66"/>
       <c r="S54" s="66"/>
       <c r="T54" s="66"/>
     </row>
     <row r="55" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B55" s="95"/>
-[...7 lines deleted...]
-      <c r="J55" s="95"/>
+      <c r="B55" s="94"/>
+      <c r="C55" s="94"/>
+      <c r="D55" s="94"/>
+      <c r="E55" s="94"/>
+      <c r="F55" s="94"/>
+      <c r="G55" s="94"/>
+      <c r="H55" s="94"/>
+      <c r="I55" s="94"/>
+      <c r="J55" s="94"/>
       <c r="K55" s="64"/>
       <c r="L55" s="65"/>
       <c r="M55" s="66"/>
       <c r="N55" s="66"/>
       <c r="Q55" s="67"/>
       <c r="R55" s="66"/>
       <c r="S55" s="66"/>
       <c r="T55" s="66"/>
     </row>
     <row r="56" spans="2:20" x14ac:dyDescent="0.2">
       <c r="B56" s="60" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="57" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="B57" s="60"/>
       <c r="C57" s="60"/>
       <c r="E57" s="62"/>
       <c r="G57" s="62"/>
       <c r="H57" s="62"/>
       <c r="J57" s="63"/>
       <c r="K57" s="64"/>
       <c r="L57" s="65"/>
       <c r="M57" s="66"/>
       <c r="N57" s="66"/>
       <c r="Q57" s="67"/>
       <c r="R57" s="66"/>
       <c r="S57" s="66"/>
       <c r="T57" s="66"/>
     </row>
     <row r="58" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B58" s="93" t="s">
-[...9 lines deleted...]
-      <c r="J58" s="93"/>
+      <c r="B58" s="92" t="s">
+        <v>53</v>
+      </c>
+      <c r="C58" s="92"/>
+      <c r="D58" s="92"/>
+      <c r="E58" s="92"/>
+      <c r="F58" s="92"/>
+      <c r="G58" s="92"/>
+      <c r="H58" s="92"/>
+      <c r="I58" s="92"/>
+      <c r="J58" s="92"/>
       <c r="K58" s="64"/>
       <c r="L58" s="65"/>
       <c r="M58" s="66"/>
       <c r="N58" s="66"/>
       <c r="Q58" s="67"/>
       <c r="R58" s="66"/>
       <c r="S58" s="66"/>
       <c r="T58" s="66"/>
     </row>
     <row r="59" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B59" s="93"/>
-[...7 lines deleted...]
-      <c r="J59" s="93"/>
+      <c r="B59" s="92"/>
+      <c r="C59" s="92"/>
+      <c r="D59" s="92"/>
+      <c r="E59" s="92"/>
+      <c r="F59" s="92"/>
+      <c r="G59" s="92"/>
+      <c r="H59" s="92"/>
+      <c r="I59" s="92"/>
+      <c r="J59" s="92"/>
       <c r="K59" s="64"/>
       <c r="L59" s="65"/>
       <c r="M59" s="66"/>
       <c r="N59" s="66"/>
       <c r="Q59" s="67"/>
       <c r="R59" s="66"/>
       <c r="S59" s="66"/>
       <c r="T59" s="66"/>
     </row>
     <row r="60" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B60" s="93"/>
-[...7 lines deleted...]
-      <c r="J60" s="93"/>
+      <c r="B60" s="92"/>
+      <c r="C60" s="92"/>
+      <c r="D60" s="92"/>
+      <c r="E60" s="92"/>
+      <c r="F60" s="92"/>
+      <c r="G60" s="92"/>
+      <c r="H60" s="92"/>
+      <c r="I60" s="92"/>
+      <c r="J60" s="92"/>
       <c r="K60" s="64"/>
       <c r="L60" s="65"/>
       <c r="M60" s="66"/>
       <c r="N60" s="66"/>
       <c r="Q60" s="67"/>
       <c r="R60" s="66"/>
       <c r="S60" s="66"/>
       <c r="T60" s="66"/>
     </row>
     <row r="61" spans="2:20" s="61" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B61" s="93"/>
-[...7 lines deleted...]
-      <c r="J61" s="93"/>
+      <c r="B61" s="92"/>
+      <c r="C61" s="92"/>
+      <c r="D61" s="92"/>
+      <c r="E61" s="92"/>
+      <c r="F61" s="92"/>
+      <c r="G61" s="92"/>
+      <c r="H61" s="92"/>
+      <c r="I61" s="92"/>
+      <c r="J61" s="92"/>
       <c r="K61" s="64"/>
       <c r="L61" s="65"/>
       <c r="M61" s="66"/>
       <c r="N61" s="66"/>
       <c r="Q61" s="67"/>
       <c r="R61" s="66"/>
       <c r="S61" s="66"/>
       <c r="T61" s="66"/>
     </row>
     <row r="62" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="74" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C62" s="77"/>
       <c r="D62" s="77"/>
       <c r="E62" s="77"/>
       <c r="F62" s="77"/>
       <c r="G62" s="77"/>
       <c r="H62" s="77"/>
       <c r="I62" s="77"/>
       <c r="J62" s="77"/>
       <c r="K62" s="64"/>
       <c r="L62" s="65"/>
       <c r="M62" s="66"/>
       <c r="N62" s="66"/>
       <c r="Q62" s="67"/>
       <c r="R62" s="66"/>
       <c r="S62" s="66"/>
       <c r="T62" s="66"/>
     </row>
     <row r="63" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B63" s="93" t="s">
-[...9 lines deleted...]
-      <c r="J63" s="93"/>
+      <c r="B63" s="92" t="s">
+        <v>50</v>
+      </c>
+      <c r="C63" s="92"/>
+      <c r="D63" s="92"/>
+      <c r="E63" s="92"/>
+      <c r="F63" s="92"/>
+      <c r="G63" s="92"/>
+      <c r="H63" s="92"/>
+      <c r="I63" s="92"/>
+      <c r="J63" s="92"/>
       <c r="K63" s="64"/>
       <c r="L63" s="65"/>
       <c r="M63" s="66"/>
       <c r="N63" s="66"/>
       <c r="Q63" s="67"/>
       <c r="R63" s="66"/>
       <c r="S63" s="66"/>
       <c r="T63" s="66"/>
     </row>
     <row r="64" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B64" s="93"/>
-[...7 lines deleted...]
-      <c r="J64" s="93"/>
+      <c r="B64" s="92"/>
+      <c r="C64" s="92"/>
+      <c r="D64" s="92"/>
+      <c r="E64" s="92"/>
+      <c r="F64" s="92"/>
+      <c r="G64" s="92"/>
+      <c r="H64" s="92"/>
+      <c r="I64" s="92"/>
+      <c r="J64" s="92"/>
       <c r="K64" s="64"/>
       <c r="L64" s="65"/>
       <c r="M64" s="66"/>
       <c r="N64" s="66"/>
       <c r="Q64" s="67"/>
       <c r="R64" s="66"/>
       <c r="S64" s="66"/>
       <c r="T64" s="66"/>
     </row>
     <row r="65" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B65" s="93"/>
-[...7 lines deleted...]
-      <c r="J65" s="93"/>
+      <c r="B65" s="92"/>
+      <c r="C65" s="92"/>
+      <c r="D65" s="92"/>
+      <c r="E65" s="92"/>
+      <c r="F65" s="92"/>
+      <c r="G65" s="92"/>
+      <c r="H65" s="92"/>
+      <c r="I65" s="92"/>
+      <c r="J65" s="92"/>
       <c r="K65" s="64"/>
       <c r="L65" s="65"/>
       <c r="M65" s="66"/>
       <c r="N65" s="66"/>
       <c r="Q65" s="67"/>
       <c r="R65" s="66"/>
       <c r="S65" s="66"/>
       <c r="T65" s="66"/>
     </row>
     <row r="66" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B66" s="75"/>
       <c r="C66" s="78"/>
       <c r="D66" s="78"/>
       <c r="E66" s="78"/>
       <c r="F66" s="78"/>
       <c r="G66" s="78"/>
       <c r="H66" s="78"/>
       <c r="I66" s="78"/>
       <c r="J66" s="78"/>
       <c r="K66" s="64"/>
       <c r="L66" s="65"/>
       <c r="M66" s="66"/>
       <c r="N66" s="66"/>
     </row>
     <row r="67" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B67" s="76" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C67" s="79"/>
       <c r="D67" s="79"/>
       <c r="E67" s="79"/>
       <c r="F67" s="80"/>
       <c r="G67" s="80"/>
       <c r="H67" s="80"/>
       <c r="I67" s="80"/>
       <c r="J67" s="80"/>
       <c r="K67" s="64"/>
       <c r="L67" s="65"/>
       <c r="M67" s="66"/>
       <c r="N67" s="66"/>
     </row>
     <row r="68" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B68" s="76"/>
       <c r="C68" s="79"/>
       <c r="D68" s="79"/>
       <c r="E68" s="79"/>
       <c r="F68" s="80"/>
       <c r="G68" s="80"/>
       <c r="H68" s="80"/>
       <c r="I68" s="80"/>
       <c r="J68" s="80"/>
       <c r="K68" s="64"/>
       <c r="L68" s="65"/>
       <c r="M68" s="66"/>
       <c r="N68" s="66"/>
     </row>
     <row r="69" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B69" s="92">
-        <v>4827590</v>
+      <c r="B69" s="90" t="s">
+        <v>86</v>
+      </c>
+      <c r="C69" s="71"/>
+      <c r="D69" s="71"/>
+      <c r="E69" s="71"/>
+      <c r="F69" s="71"/>
+      <c r="G69" s="71"/>
+      <c r="H69" s="71"/>
+      <c r="I69" s="71"/>
+      <c r="J69" s="71"/>
+      <c r="K69" s="68"/>
+    </row>
+    <row r="70" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B70" s="69"/>
+      <c r="C70" s="69"/>
+      <c r="D70" s="69"/>
+      <c r="E70" s="69"/>
+      <c r="F70" s="69"/>
+      <c r="G70" s="69"/>
+      <c r="H70" s="69"/>
+      <c r="I70" s="69"/>
+      <c r="J70" s="69"/>
+      <c r="K70" s="70"/>
+    </row>
+    <row r="71" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B71" s="69"/>
+      <c r="C71" s="69"/>
+      <c r="D71" s="69"/>
+      <c r="E71" s="69"/>
+      <c r="F71" s="69"/>
+      <c r="G71" s="69"/>
+      <c r="H71" s="69"/>
+      <c r="I71" s="69"/>
+      <c r="J71" s="69"/>
+      <c r="K71" s="70"/>
+    </row>
+  </sheetData>
+  <mergeCells count="13">
+    <mergeCell ref="B63:J65"/>
+    <mergeCell ref="B51:J51"/>
+    <mergeCell ref="B52:J52"/>
+    <mergeCell ref="B53:J53"/>
+    <mergeCell ref="B54:J54"/>
+    <mergeCell ref="B55:J55"/>
+    <mergeCell ref="B58:J61"/>
+    <mergeCell ref="B50:J50"/>
+    <mergeCell ref="G1:J2"/>
+    <mergeCell ref="B2:F2"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="G40:J40"/>
+    <mergeCell ref="G41:H41"/>
+  </mergeCells>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="38" max="10" man="1"/>
+  </rowBreaks>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7DFEB80D-CB55-4196-8D6D-0073C88EB09F}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="B1:T71"/>
+  <sheetViews>
+    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A46" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B69" sqref="B69"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
+    <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
+    <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
+    <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
+    <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
+    <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
+    <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
+    <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
+    <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
+    <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
+    <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
+    <col min="13" max="13" width="16" style="10" customWidth="1"/>
+    <col min="14" max="14" width="11.85546875" style="10" customWidth="1"/>
+    <col min="15" max="15" width="26.28515625" style="10" customWidth="1"/>
+    <col min="16" max="16" width="9.28515625" style="10" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="9.7109375" style="10" customWidth="1"/>
+    <col min="18" max="18" width="9.140625" style="10"/>
+    <col min="19" max="19" width="7.140625" style="10" bestFit="1" customWidth="1"/>
+    <col min="20" max="16384" width="9.140625" style="10"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:20" ht="40.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B1" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="C1" s="35"/>
+      <c r="D1" s="36"/>
+      <c r="E1" s="35"/>
+      <c r="F1" s="73"/>
+      <c r="G1" s="95"/>
+      <c r="H1" s="96"/>
+      <c r="I1" s="96"/>
+      <c r="J1" s="97"/>
+    </row>
+    <row r="2" spans="2:20" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="101">
+        <v>45716</v>
+      </c>
+      <c r="C2" s="102"/>
+      <c r="D2" s="102"/>
+      <c r="E2" s="102"/>
+      <c r="F2" s="103"/>
+      <c r="G2" s="98"/>
+      <c r="H2" s="99"/>
+      <c r="I2" s="99"/>
+      <c r="J2" s="100"/>
+    </row>
+    <row r="3" spans="2:20" x14ac:dyDescent="0.2">
+      <c r="E3" s="34"/>
+      <c r="G3" s="34"/>
+      <c r="H3" s="34"/>
+      <c r="J3" s="34"/>
+      <c r="L3" s="34"/>
+      <c r="M3" s="34"/>
+      <c r="N3" s="34"/>
+      <c r="O3" s="34"/>
+    </row>
+    <row r="4" spans="2:20" ht="18" x14ac:dyDescent="0.25">
+      <c r="B4" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="E4"/>
+      <c r="G4" s="34"/>
+      <c r="H4" s="34"/>
+      <c r="J4" s="34"/>
+      <c r="L4" s="34"/>
+      <c r="M4" s="34"/>
+      <c r="N4" s="34"/>
+      <c r="O4" s="34"/>
+    </row>
+    <row r="5" spans="2:20" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="C5" s="82"/>
+      <c r="D5" s="30"/>
+      <c r="E5" s="83"/>
+      <c r="F5" s="84"/>
+      <c r="G5" s="104"/>
+      <c r="H5" s="104"/>
+      <c r="I5" s="84"/>
+      <c r="J5" s="85"/>
+      <c r="L5" s="34"/>
+      <c r="M5" s="34"/>
+      <c r="N5" s="34"/>
+      <c r="O5" s="34"/>
+    </row>
+    <row r="6" spans="2:20" ht="73.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="81"/>
+      <c r="C6" s="3"/>
+      <c r="D6" s="4"/>
+      <c r="E6" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" s="6"/>
+      <c r="G6" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="I6" s="6"/>
+      <c r="J6" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="L6" s="34"/>
+      <c r="M6" s="34"/>
+      <c r="N6" s="34"/>
+      <c r="O6" s="34"/>
+    </row>
+    <row r="7" spans="2:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="C7" s="38"/>
+      <c r="D7" s="38"/>
+      <c r="E7" s="39"/>
+      <c r="F7" s="39"/>
+      <c r="G7" s="39"/>
+      <c r="H7" s="39"/>
+      <c r="I7" s="39"/>
+      <c r="J7" s="40"/>
+      <c r="L7" s="41"/>
+      <c r="M7" s="34"/>
+      <c r="N7" s="34"/>
+      <c r="O7" s="34"/>
+      <c r="P7" s="42"/>
+    </row>
+    <row r="8" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B8" s="87" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" s="21"/>
+      <c r="E8" s="22">
+        <v>7.5499999999999998E-2</v>
+      </c>
+      <c r="F8" s="21"/>
+      <c r="G8" s="22">
+        <v>4.2147969177871752E-2</v>
+      </c>
+      <c r="H8" s="22">
+        <v>-0.33828381752820175</v>
+      </c>
+      <c r="I8" s="22"/>
+      <c r="J8" s="23">
+        <v>0.55825124738902987</v>
+      </c>
+      <c r="K8" s="43"/>
+      <c r="L8" s="44"/>
+      <c r="M8" s="45"/>
+      <c r="N8" s="45"/>
+      <c r="O8" s="45"/>
+      <c r="P8" s="47"/>
+      <c r="Q8" s="47"/>
+      <c r="R8" s="48"/>
+      <c r="S8" s="48"/>
+      <c r="T8" s="48"/>
+    </row>
+    <row r="9" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B9" s="88" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" s="13"/>
+      <c r="E9" s="22">
+        <v>7.9500000000000001E-2</v>
+      </c>
+      <c r="F9" s="21"/>
+      <c r="G9" s="22">
+        <v>5.0503368584626639E-2</v>
+      </c>
+      <c r="H9" s="22">
+        <v>-0.30815769275495042</v>
+      </c>
+      <c r="I9" s="21"/>
+      <c r="J9" s="23">
+        <v>0.63526249791983191</v>
+      </c>
+      <c r="K9" s="43"/>
+      <c r="L9" s="44"/>
+      <c r="M9" s="45"/>
+      <c r="N9" s="45"/>
+      <c r="O9" s="45"/>
+      <c r="P9" s="42"/>
+      <c r="Q9" s="47"/>
+      <c r="R9" s="48"/>
+      <c r="S9" s="48"/>
+      <c r="T9" s="48"/>
+    </row>
+    <row r="10" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B10" s="88" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="D10" s="13"/>
+      <c r="E10" s="22">
+        <v>6.5500000000000003E-2</v>
+      </c>
+      <c r="F10" s="21"/>
+      <c r="G10" s="22">
+        <v>4.7469700842430462E-2</v>
+      </c>
+      <c r="H10" s="22">
+        <v>-0.27417035630220554</v>
+      </c>
+      <c r="I10" s="21"/>
+      <c r="J10" s="23">
+        <v>0.72472825713634292</v>
+      </c>
+      <c r="K10" s="43"/>
+      <c r="L10" s="44"/>
+      <c r="M10" s="45"/>
+      <c r="N10" s="45"/>
+      <c r="O10" s="45"/>
+      <c r="P10" s="47"/>
+      <c r="Q10" s="47"/>
+      <c r="R10" s="48"/>
+      <c r="S10" s="48"/>
+      <c r="T10" s="48"/>
+    </row>
+    <row r="11" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B11" s="88" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" s="50" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" s="13"/>
+      <c r="E11" s="22">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="F11" s="21"/>
+      <c r="G11" s="22">
+        <v>4.8116290659776129E-2</v>
+      </c>
+      <c r="H11" s="22">
+        <v>-0.35999038902217206</v>
+      </c>
+      <c r="I11" s="21"/>
+      <c r="J11" s="23">
+        <v>0.60906697037691304</v>
+      </c>
+      <c r="K11" s="43"/>
+      <c r="L11" s="44"/>
+      <c r="M11" s="45"/>
+      <c r="N11" s="45"/>
+      <c r="O11" s="45"/>
+      <c r="P11" s="42"/>
+      <c r="Q11" s="47"/>
+      <c r="R11" s="48"/>
+      <c r="S11" s="48"/>
+      <c r="T11" s="48"/>
+    </row>
+    <row r="12" spans="2:20" s="49" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="88" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="D12" s="13"/>
+      <c r="E12" s="22">
+        <v>7.2999999999999995E-2</v>
+      </c>
+      <c r="F12" s="21"/>
+      <c r="G12" s="22">
+        <v>3.9081794224286856E-2</v>
+      </c>
+      <c r="H12" s="22">
+        <v>-0.37276700386300177</v>
+      </c>
+      <c r="I12" s="21"/>
+      <c r="J12" s="23">
+        <v>0.53536704416831316</v>
+      </c>
+      <c r="K12" s="43"/>
+      <c r="L12" s="44"/>
+      <c r="M12" s="45"/>
+      <c r="N12" s="45"/>
+      <c r="O12" s="45"/>
+      <c r="P12" s="47"/>
+      <c r="Q12" s="47"/>
+      <c r="R12" s="48"/>
+      <c r="S12" s="48"/>
+      <c r="T12" s="48"/>
+    </row>
+    <row r="13" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="88" t="s">
+        <v>3</v>
+      </c>
+      <c r="C13" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" s="13"/>
+      <c r="E13" s="22">
+        <v>3.2500000000000001E-2</v>
+      </c>
+      <c r="F13" s="21"/>
+      <c r="G13" s="22">
+        <v>3.0261898986240963E-2</v>
+      </c>
+      <c r="H13" s="22">
+        <v>7.5630767252543593E-3</v>
+      </c>
+      <c r="I13" s="21"/>
+      <c r="J13" s="23">
+        <v>0.93113535342279885</v>
+      </c>
+      <c r="K13" s="43"/>
+      <c r="L13" s="44"/>
+      <c r="M13" s="45"/>
+      <c r="N13" s="45"/>
+      <c r="O13" s="45"/>
+      <c r="P13" s="42"/>
+      <c r="Q13" s="47"/>
+      <c r="R13" s="48"/>
+      <c r="S13" s="48"/>
+      <c r="T13" s="48"/>
+    </row>
+    <row r="14" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="88" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="D14" s="13"/>
+      <c r="E14" s="22">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="F14" s="21"/>
+      <c r="G14" s="22">
+        <v>3.7568252372118367E-2</v>
+      </c>
+      <c r="H14" s="22">
+        <v>9.3339992667503379E-3</v>
+      </c>
+      <c r="I14" s="21"/>
+      <c r="J14" s="23">
+        <v>0.98863822031890447</v>
+      </c>
+      <c r="K14" s="43"/>
+      <c r="L14" s="44"/>
+      <c r="M14" s="45"/>
+      <c r="N14" s="45"/>
+      <c r="O14" s="45"/>
+      <c r="P14" s="47"/>
+      <c r="Q14" s="47"/>
+      <c r="R14" s="48"/>
+      <c r="S14" s="48"/>
+      <c r="T14" s="48"/>
+    </row>
+    <row r="15" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="88" t="s">
+        <v>5</v>
+      </c>
+      <c r="C15" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="D15" s="13"/>
+      <c r="E15" s="22">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="F15" s="21"/>
+      <c r="G15" s="22">
+        <v>5.1085697771055698E-2</v>
+      </c>
+      <c r="H15" s="22">
+        <v>9.0673580444505977E-2</v>
+      </c>
+      <c r="I15" s="21"/>
+      <c r="J15" s="23">
+        <v>0.98241726482799419</v>
+      </c>
+      <c r="K15" s="43"/>
+      <c r="L15" s="44"/>
+      <c r="M15" s="45"/>
+      <c r="N15" s="45"/>
+      <c r="O15" s="45"/>
+      <c r="P15" s="42"/>
+      <c r="Q15" s="47"/>
+      <c r="R15" s="48"/>
+      <c r="S15" s="48"/>
+      <c r="T15" s="48"/>
+    </row>
+    <row r="16" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="88" t="s">
+        <v>7</v>
+      </c>
+      <c r="C16" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="13"/>
+      <c r="E16" s="22">
+        <v>2.75E-2</v>
+      </c>
+      <c r="F16" s="21"/>
+      <c r="G16" s="22">
+        <v>2.7640380740213577E-2</v>
+      </c>
+      <c r="H16" s="22">
+        <v>-9.4087296846416706E-5</v>
+      </c>
+      <c r="I16" s="21"/>
+      <c r="J16" s="23">
+        <v>1.0051047541895846</v>
+      </c>
+      <c r="K16" s="43"/>
+      <c r="L16" s="44"/>
+      <c r="M16" s="45"/>
+      <c r="N16" s="45"/>
+      <c r="O16" s="45"/>
+      <c r="P16" s="47"/>
+      <c r="Q16" s="47"/>
+      <c r="R16" s="48"/>
+      <c r="S16" s="48"/>
+      <c r="T16" s="48"/>
+    </row>
+    <row r="17" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="88" t="s">
+        <v>17</v>
+      </c>
+      <c r="C17" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" s="13"/>
+      <c r="E17" s="22">
+        <v>4.8500000000000001E-2</v>
+      </c>
+      <c r="F17" s="21"/>
+      <c r="G17" s="22">
+        <v>4.6726589582228271E-2</v>
+      </c>
+      <c r="H17" s="22">
+        <v>2.3506149614722954E-3</v>
+      </c>
+      <c r="I17" s="21"/>
+      <c r="J17" s="23">
+        <v>0.96343483674697461</v>
+      </c>
+      <c r="K17" s="43"/>
+      <c r="L17" s="44"/>
+      <c r="M17" s="45"/>
+      <c r="N17" s="45"/>
+      <c r="O17" s="45"/>
+      <c r="P17" s="42"/>
+      <c r="Q17" s="47"/>
+      <c r="R17" s="48"/>
+      <c r="S17" s="48"/>
+      <c r="T17" s="48"/>
+    </row>
+    <row r="18" spans="2:20" s="49" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="28" t="s">
+        <v>83</v>
+      </c>
+      <c r="C18" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" s="30"/>
+      <c r="E18" s="89">
+        <v>6.8500000000000005E-2</v>
+      </c>
+      <c r="F18" s="30"/>
+      <c r="G18" s="89">
+        <v>4.625294249279846E-2</v>
+      </c>
+      <c r="H18" s="31">
+        <v>-0.44222967869660462</v>
+      </c>
+      <c r="I18" s="31"/>
+      <c r="J18" s="32">
+        <v>0.67522543785107236</v>
+      </c>
+      <c r="K18" s="43"/>
+      <c r="L18" s="44"/>
+      <c r="M18" s="45"/>
+      <c r="N18" s="45"/>
+      <c r="O18" s="45"/>
+      <c r="P18" s="47"/>
+      <c r="Q18" s="47"/>
+      <c r="R18" s="48"/>
+      <c r="S18" s="48"/>
+      <c r="T18" s="48"/>
+    </row>
+    <row r="19" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" s="52"/>
+      <c r="D19" s="52"/>
+      <c r="E19" s="52"/>
+      <c r="F19" s="52"/>
+      <c r="G19" s="52"/>
+      <c r="H19" s="52"/>
+      <c r="I19" s="52"/>
+      <c r="J19" s="40"/>
+      <c r="K19" s="43"/>
+      <c r="L19" s="44"/>
+      <c r="M19" s="45"/>
+      <c r="N19" s="45"/>
+      <c r="P19" s="47"/>
+      <c r="Q19" s="47"/>
+      <c r="R19" s="48"/>
+      <c r="S19" s="48"/>
+      <c r="T19" s="48"/>
+    </row>
+    <row r="20" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B20" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C20" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="D20" s="21"/>
+      <c r="E20" s="22">
+        <v>7.3499999999999996E-2</v>
+      </c>
+      <c r="F20" s="21"/>
+      <c r="G20" s="22">
+        <v>4.0105038707431991E-2</v>
+      </c>
+      <c r="H20" s="22">
+        <v>-0.38709841017427693</v>
+      </c>
+      <c r="I20" s="22"/>
+      <c r="J20" s="23">
+        <v>0.54564678513512921</v>
+      </c>
+      <c r="K20" s="43"/>
+      <c r="L20" s="44"/>
+      <c r="M20" s="45"/>
+      <c r="N20" s="45"/>
+      <c r="O20" s="45"/>
+      <c r="P20" s="42"/>
+      <c r="Q20" s="47"/>
+      <c r="R20" s="48"/>
+      <c r="S20" s="48"/>
+      <c r="T20" s="48"/>
+    </row>
+    <row r="21" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B21" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C21" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="D21" s="13"/>
+      <c r="E21" s="22">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="F21" s="21"/>
+      <c r="G21" s="22">
+        <v>4.1853173833008905E-2</v>
+      </c>
+      <c r="H21" s="22">
+        <v>-0.39321050131205371</v>
+      </c>
+      <c r="I21" s="21"/>
+      <c r="J21" s="23">
+        <v>0.55069965569748558</v>
+      </c>
+      <c r="K21" s="43"/>
+      <c r="L21" s="44"/>
+      <c r="M21" s="45"/>
+      <c r="N21" s="45"/>
+      <c r="O21" s="45"/>
+      <c r="P21" s="42"/>
+      <c r="Q21" s="47"/>
+      <c r="R21" s="48"/>
+      <c r="S21" s="48"/>
+      <c r="T21" s="48"/>
+    </row>
+    <row r="22" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C22" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D22" s="13"/>
+      <c r="E22" s="22">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="F22" s="21"/>
+      <c r="G22" s="22">
+        <v>2.8815870345896305E-2</v>
+      </c>
+      <c r="H22" s="22">
+        <v>1.7591325444910728E-2</v>
+      </c>
+      <c r="I22" s="21"/>
+      <c r="J22" s="23">
+        <v>0.99365070158263114</v>
+      </c>
+      <c r="K22" s="43"/>
+      <c r="L22" s="44"/>
+      <c r="M22" s="45"/>
+      <c r="N22" s="45"/>
+      <c r="O22" s="45"/>
+      <c r="P22" s="42"/>
+      <c r="Q22" s="47"/>
+      <c r="R22" s="48"/>
+      <c r="S22" s="48"/>
+      <c r="T22" s="48"/>
+    </row>
+    <row r="23" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="C23" s="29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" s="30"/>
+      <c r="E23" s="89">
+        <v>4.5499999999999999E-2</v>
+      </c>
+      <c r="F23" s="30"/>
+      <c r="G23" s="89">
+        <v>4.3296927132182382E-2</v>
+      </c>
+      <c r="H23" s="31">
+        <v>-6.3154754608386807E-3</v>
+      </c>
+      <c r="I23" s="31"/>
+      <c r="J23" s="32">
+        <v>0.95158081609192047</v>
+      </c>
+      <c r="K23" s="43"/>
+      <c r="L23" s="44"/>
+      <c r="M23" s="45"/>
+      <c r="N23" s="45"/>
+      <c r="O23" s="45"/>
+      <c r="P23" s="42"/>
+      <c r="Q23" s="47"/>
+      <c r="R23" s="48"/>
+      <c r="S23" s="48"/>
+      <c r="T23" s="48"/>
+    </row>
+    <row r="24" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="51" t="s">
+        <v>13</v>
+      </c>
+      <c r="C24" s="52"/>
+      <c r="D24" s="52"/>
+      <c r="E24" s="52"/>
+      <c r="F24" s="52"/>
+      <c r="G24" s="52"/>
+      <c r="H24" s="52"/>
+      <c r="I24" s="52"/>
+      <c r="J24" s="40"/>
+      <c r="K24" s="43"/>
+      <c r="L24" s="44"/>
+      <c r="M24" s="45"/>
+      <c r="N24" s="45"/>
+      <c r="P24" s="47"/>
+      <c r="Q24" s="47"/>
+      <c r="R24" s="48"/>
+      <c r="S24" s="48"/>
+      <c r="T24" s="48"/>
+    </row>
+    <row r="25" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B25" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="C25" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="D25" s="21"/>
+      <c r="E25" s="22">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="F25" s="21"/>
+      <c r="G25" s="22">
+        <v>4.0006822905726047E-2</v>
+      </c>
+      <c r="H25" s="22">
+        <v>-0.34776942713405568</v>
+      </c>
+      <c r="I25" s="21"/>
+      <c r="J25" s="23">
+        <v>0.55565031813508403</v>
+      </c>
+      <c r="K25" s="43"/>
+      <c r="L25" s="44"/>
+      <c r="M25" s="45"/>
+      <c r="N25" s="45"/>
+      <c r="O25" s="45"/>
+      <c r="P25" s="42"/>
+      <c r="Q25" s="47"/>
+      <c r="R25" s="48"/>
+      <c r="S25" s="48"/>
+      <c r="T25" s="48"/>
+    </row>
+    <row r="26" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B26" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C26" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D26" s="13"/>
+      <c r="E26" s="22">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="F26" s="21"/>
+      <c r="G26" s="22">
+        <v>3.9264314862194012E-2</v>
+      </c>
+      <c r="H26" s="22">
+        <v>-0.34465194932037546</v>
+      </c>
+      <c r="I26" s="21"/>
+      <c r="J26" s="23">
+        <v>0.56904804148107258</v>
+      </c>
+      <c r="K26" s="43"/>
+      <c r="L26" s="44"/>
+      <c r="M26" s="45"/>
+      <c r="N26" s="45"/>
+      <c r="O26" s="45"/>
+      <c r="P26" s="42"/>
+      <c r="Q26" s="47"/>
+      <c r="R26" s="48"/>
+      <c r="S26" s="48"/>
+      <c r="T26" s="48"/>
+    </row>
+    <row r="27" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="C27" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="D27" s="13"/>
+      <c r="E27" s="22">
+        <v>2.9499999999999998E-2</v>
+      </c>
+      <c r="F27" s="21"/>
+      <c r="G27" s="22">
+        <v>2.9200748466355151E-2</v>
+      </c>
+      <c r="H27" s="22">
+        <v>2.0418870344898647E-2</v>
+      </c>
+      <c r="I27" s="21"/>
+      <c r="J27" s="23">
+        <v>0.98985588021542892</v>
+      </c>
+      <c r="K27" s="43"/>
+      <c r="L27" s="44"/>
+      <c r="M27" s="45"/>
+      <c r="N27" s="45"/>
+      <c r="O27" s="45"/>
+      <c r="P27" s="42"/>
+      <c r="Q27" s="47"/>
+      <c r="R27" s="48"/>
+      <c r="S27" s="48"/>
+      <c r="T27" s="48"/>
+    </row>
+    <row r="28" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="28" t="s">
+        <v>15</v>
+      </c>
+      <c r="C28" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="D28" s="30"/>
+      <c r="E28" s="89">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="F28" s="30"/>
+      <c r="G28" s="89">
+        <v>4.2406501508915485E-2</v>
+      </c>
+      <c r="H28" s="31">
+        <v>7.6503475847585524E-3</v>
+      </c>
+      <c r="I28" s="31"/>
+      <c r="J28" s="32">
+        <v>1.0096786073551305</v>
+      </c>
+      <c r="K28" s="43"/>
+      <c r="L28" s="44"/>
+      <c r="M28" s="45"/>
+      <c r="N28" s="45"/>
+      <c r="O28" s="45"/>
+      <c r="P28" s="42"/>
+      <c r="Q28" s="47"/>
+      <c r="R28" s="48"/>
+      <c r="S28" s="48"/>
+      <c r="T28" s="48"/>
+    </row>
+    <row r="29" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="51" t="s">
+        <v>22</v>
+      </c>
+      <c r="C29" s="52"/>
+      <c r="D29" s="52"/>
+      <c r="E29" s="52"/>
+      <c r="F29" s="52"/>
+      <c r="G29" s="52"/>
+      <c r="H29" s="52"/>
+      <c r="I29" s="52"/>
+      <c r="J29" s="40"/>
+      <c r="K29" s="43"/>
+      <c r="L29" s="44"/>
+      <c r="M29" s="45"/>
+      <c r="N29" s="45"/>
+      <c r="P29" s="47"/>
+      <c r="Q29" s="47"/>
+      <c r="R29" s="48"/>
+      <c r="S29" s="48"/>
+      <c r="T29" s="48"/>
+    </row>
+    <row r="30" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B30" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="C30" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="D30" s="21"/>
+      <c r="E30" s="22">
+        <v>7.2499999999999995E-2</v>
+      </c>
+      <c r="F30" s="21"/>
+      <c r="G30" s="22">
+        <v>3.3970608531674502E-2</v>
+      </c>
+      <c r="H30" s="22">
+        <v>-0.46599664349496689</v>
+      </c>
+      <c r="I30" s="21"/>
+      <c r="J30" s="23">
+        <v>0.46856011767826905</v>
+      </c>
+      <c r="K30" s="43"/>
+      <c r="L30" s="44"/>
+      <c r="M30" s="45"/>
+      <c r="N30" s="45"/>
+      <c r="O30" s="45"/>
+      <c r="P30" s="42"/>
+      <c r="Q30" s="47"/>
+      <c r="R30" s="48"/>
+      <c r="S30" s="48"/>
+      <c r="T30" s="48"/>
+    </row>
+    <row r="31" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B31" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C31" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D31" s="13"/>
+      <c r="E31" s="22">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="F31" s="21"/>
+      <c r="G31" s="22">
+        <v>3.2858654529957489E-2</v>
+      </c>
+      <c r="H31" s="22">
+        <v>-0.41086149432948599</v>
+      </c>
+      <c r="I31" s="21"/>
+      <c r="J31" s="23">
+        <v>0.46279795112616184</v>
+      </c>
+      <c r="K31" s="43"/>
+      <c r="L31" s="44"/>
+      <c r="M31" s="45"/>
+      <c r="N31" s="45"/>
+      <c r="O31" s="45"/>
+      <c r="P31" s="42"/>
+      <c r="Q31" s="47"/>
+      <c r="R31" s="48"/>
+      <c r="S31" s="48"/>
+      <c r="T31" s="48"/>
+    </row>
+    <row r="32" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B32" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="C32" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D32" s="13"/>
+      <c r="E32" s="22">
+        <v>7.3499999999999996E-2</v>
+      </c>
+      <c r="F32" s="21"/>
+      <c r="G32" s="22">
+        <v>3.3500969306521626E-2</v>
+      </c>
+      <c r="H32" s="22">
+        <v>-0.42430364448371782</v>
+      </c>
+      <c r="I32" s="21"/>
+      <c r="J32" s="23">
+        <v>0.45579550076900172</v>
+      </c>
+      <c r="K32" s="43"/>
+      <c r="L32" s="44"/>
+      <c r="M32" s="45"/>
+      <c r="N32" s="45"/>
+      <c r="O32" s="45"/>
+      <c r="P32" s="42"/>
+      <c r="Q32" s="47"/>
+      <c r="R32" s="48"/>
+      <c r="S32" s="48"/>
+      <c r="T32" s="48"/>
+    </row>
+    <row r="33" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C33" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="13"/>
+      <c r="E33" s="22">
+        <v>6.7500000000000004E-2</v>
+      </c>
+      <c r="F33" s="21"/>
+      <c r="G33" s="22">
+        <v>2.5401882915546764E-2</v>
+      </c>
+      <c r="H33" s="22">
+        <v>-0.44479061747944737</v>
+      </c>
+      <c r="I33" s="21"/>
+      <c r="J33" s="23">
+        <v>0.37632419134143352</v>
+      </c>
+      <c r="K33" s="43"/>
+      <c r="L33" s="44"/>
+      <c r="M33" s="45"/>
+      <c r="N33" s="45"/>
+      <c r="O33" s="45"/>
+      <c r="P33" s="42"/>
+      <c r="Q33" s="47"/>
+      <c r="R33" s="48"/>
+      <c r="S33" s="48"/>
+      <c r="T33" s="48"/>
+    </row>
+    <row r="34" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C34" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="D34" s="13"/>
+      <c r="E34" s="22">
+        <v>7.85E-2</v>
+      </c>
+      <c r="F34" s="21"/>
+      <c r="G34" s="22">
+        <v>3.4376282089671494E-2</v>
+      </c>
+      <c r="H34" s="22">
+        <v>-0.49434358783270776</v>
+      </c>
+      <c r="I34" s="21"/>
+      <c r="J34" s="23">
+        <v>0.43791442152447763</v>
+      </c>
+      <c r="K34" s="43"/>
+      <c r="L34" s="44"/>
+      <c r="M34" s="45"/>
+      <c r="N34" s="45"/>
+      <c r="O34" s="45"/>
+      <c r="P34" s="42"/>
+      <c r="Q34" s="47"/>
+      <c r="R34" s="48"/>
+      <c r="S34" s="48"/>
+      <c r="T34" s="48"/>
+    </row>
+    <row r="35" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B35" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="C35" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="D35" s="13"/>
+      <c r="E35" s="22">
+        <v>7.8E-2</v>
+      </c>
+      <c r="F35" s="21"/>
+      <c r="G35" s="22">
+        <v>3.5032492765743106E-2</v>
+      </c>
+      <c r="H35" s="22">
+        <v>-0.50587049143682483</v>
+      </c>
+      <c r="I35" s="21"/>
+      <c r="J35" s="23">
+        <v>0.44913452263773213</v>
+      </c>
+      <c r="K35" s="43"/>
+      <c r="L35" s="44"/>
+      <c r="M35" s="45"/>
+      <c r="N35" s="45"/>
+      <c r="O35" s="45"/>
+      <c r="P35" s="42"/>
+      <c r="Q35" s="47"/>
+      <c r="R35" s="48"/>
+      <c r="S35" s="48"/>
+      <c r="T35" s="48"/>
+    </row>
+    <row r="36" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B36" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C36" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D36" s="13"/>
+      <c r="E36" s="22">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="F36" s="21"/>
+      <c r="G36" s="22">
+        <v>3.6562971264999078E-2</v>
+      </c>
+      <c r="H36" s="22">
+        <v>-0.39707643904386453</v>
+      </c>
+      <c r="I36" s="21"/>
+      <c r="J36" s="23">
+        <v>0.50781904534720945</v>
+      </c>
+      <c r="K36" s="43"/>
+      <c r="L36" s="44"/>
+      <c r="M36" s="45"/>
+      <c r="N36" s="45"/>
+      <c r="O36" s="45"/>
+      <c r="P36" s="42"/>
+      <c r="Q36" s="47"/>
+      <c r="R36" s="48"/>
+      <c r="S36" s="48"/>
+      <c r="T36" s="48"/>
+    </row>
+    <row r="37" spans="2:20" s="46" customFormat="1" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B37" s="28"/>
+      <c r="C37" s="29"/>
+      <c r="D37" s="30"/>
+      <c r="E37" s="31"/>
+      <c r="F37" s="30"/>
+      <c r="G37" s="31"/>
+      <c r="H37" s="31"/>
+      <c r="I37" s="30"/>
+      <c r="J37" s="32"/>
+      <c r="K37" s="43"/>
+      <c r="L37" s="44"/>
+      <c r="M37" s="45"/>
+      <c r="N37" s="45"/>
+      <c r="Q37" s="47"/>
+      <c r="R37" s="48"/>
+      <c r="S37" s="48"/>
+      <c r="T37" s="48"/>
+    </row>
+    <row r="38" spans="2:20" s="46" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="53"/>
+      <c r="C38" s="53"/>
+      <c r="E38" s="54"/>
+      <c r="G38" s="54"/>
+      <c r="H38" s="54"/>
+      <c r="J38" s="55"/>
+      <c r="K38" s="43"/>
+      <c r="L38" s="44"/>
+      <c r="M38" s="45"/>
+      <c r="N38" s="45"/>
+      <c r="Q38" s="47"/>
+      <c r="R38" s="48"/>
+      <c r="S38" s="48"/>
+      <c r="T38" s="48"/>
+    </row>
+    <row r="39" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="56"/>
+      <c r="C39" s="56"/>
+      <c r="D39" s="56"/>
+      <c r="E39" s="57"/>
+      <c r="F39" s="56"/>
+      <c r="G39" s="57"/>
+      <c r="H39" s="56"/>
+      <c r="I39" s="56"/>
+      <c r="J39" s="56"/>
+      <c r="K39" s="58"/>
+      <c r="L39" s="44"/>
+      <c r="M39" s="45"/>
+    </row>
+    <row r="40" spans="2:20" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B40" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C40" s="56"/>
+      <c r="D40" s="57"/>
+      <c r="E40" s="56"/>
+      <c r="F40" s="57"/>
+      <c r="G40" s="105"/>
+      <c r="H40" s="105"/>
+      <c r="I40" s="105"/>
+      <c r="J40" s="105"/>
+      <c r="K40" s="10"/>
+      <c r="L40" s="44"/>
+      <c r="M40" s="45"/>
+    </row>
+    <row r="41" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B41" s="56"/>
+      <c r="C41" s="56"/>
+      <c r="D41" s="57"/>
+      <c r="E41" s="59"/>
+      <c r="F41" s="57"/>
+      <c r="G41" s="106"/>
+      <c r="H41" s="106"/>
+      <c r="I41" s="56"/>
+      <c r="J41" s="58"/>
+      <c r="K41" s="10"/>
+      <c r="L41" s="44"/>
+      <c r="M41" s="45"/>
+    </row>
+    <row r="42" spans="2:20" ht="45" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B42" s="2"/>
+      <c r="C42" s="3"/>
+      <c r="D42" s="4"/>
+      <c r="E42" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F42" s="6"/>
+      <c r="G42" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H42" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="I42" s="8"/>
+      <c r="J42" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="K42" s="10"/>
+      <c r="L42" s="44"/>
+      <c r="M42" s="45"/>
+    </row>
+    <row r="43" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="C43" s="15"/>
+      <c r="D43" s="16"/>
+      <c r="E43" s="17"/>
+      <c r="F43" s="16"/>
+      <c r="G43" s="17"/>
+      <c r="H43" s="17"/>
+      <c r="I43" s="17"/>
+      <c r="J43" s="18"/>
+      <c r="K43" s="10"/>
+      <c r="L43" s="44"/>
+      <c r="M43" s="45"/>
+    </row>
+    <row r="44" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B44" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C44" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="D44" s="13"/>
+      <c r="E44" s="22">
+        <v>6.6500000000000004E-2</v>
+      </c>
+      <c r="F44" s="21"/>
+      <c r="G44" s="22">
+        <v>4.7550228359523522E-2</v>
+      </c>
+      <c r="H44" s="22">
+        <v>-0.13194036758263708</v>
+      </c>
+      <c r="I44" s="22"/>
+      <c r="J44" s="23">
+        <v>0.7150410279627597</v>
+      </c>
+      <c r="K44" s="10"/>
+      <c r="L44" s="44"/>
+      <c r="M44" s="45"/>
+      <c r="N44" s="45"/>
+      <c r="O44" s="45"/>
+      <c r="P44" s="42"/>
+      <c r="Q44" s="47"/>
+      <c r="R44" s="48"/>
+      <c r="S44" s="48"/>
+    </row>
+    <row r="45" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B45" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C45" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="D45" s="13"/>
+      <c r="E45" s="22">
+        <v>0.16600000000000001</v>
+      </c>
+      <c r="F45" s="21"/>
+      <c r="G45" s="22">
+        <v>0.10889369367673245</v>
+      </c>
+      <c r="H45" s="22">
+        <v>-0.33807368212233069</v>
+      </c>
+      <c r="I45" s="22"/>
+      <c r="J45" s="23">
+        <v>0.65598610648634004</v>
+      </c>
+      <c r="K45" s="10"/>
+      <c r="L45" s="44"/>
+      <c r="M45" s="45"/>
+      <c r="N45" s="45"/>
+      <c r="O45" s="45"/>
+      <c r="P45" s="42"/>
+      <c r="Q45" s="47"/>
+      <c r="R45" s="48"/>
+      <c r="S45" s="48"/>
+    </row>
+    <row r="46" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B46" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="C46" s="29" t="s">
+        <v>59</v>
+      </c>
+      <c r="D46" s="30"/>
+      <c r="E46" s="89">
+        <v>0.16750000000000001</v>
+      </c>
+      <c r="F46" s="30"/>
+      <c r="G46" s="89">
+        <v>9.5533640667521902E-2</v>
+      </c>
+      <c r="H46" s="31">
+        <v>-0.50830222580641282</v>
+      </c>
+      <c r="I46" s="31"/>
+      <c r="J46" s="32">
+        <v>0.57035009353744415</v>
+      </c>
+      <c r="K46" s="10"/>
+      <c r="L46" s="44"/>
+      <c r="M46" s="45"/>
+      <c r="N46" s="45"/>
+      <c r="O46" s="45"/>
+      <c r="P46" s="42"/>
+      <c r="Q46" s="47"/>
+      <c r="R46" s="48"/>
+      <c r="S46" s="48"/>
+    </row>
+    <row r="47" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B47" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C47" s="15"/>
+      <c r="D47" s="16"/>
+      <c r="E47" s="17"/>
+      <c r="F47" s="16"/>
+      <c r="G47" s="17"/>
+      <c r="H47" s="17"/>
+      <c r="I47" s="17"/>
+      <c r="J47" s="18"/>
+      <c r="K47" s="10"/>
+      <c r="L47" s="44"/>
+      <c r="M47" s="45"/>
+    </row>
+    <row r="48" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B48" s="28" t="s">
+        <v>79</v>
+      </c>
+      <c r="C48" s="29" t="s">
+        <v>52</v>
+      </c>
+      <c r="D48" s="30"/>
+      <c r="E48" s="26">
+        <v>9.6500000000000002E-2</v>
+      </c>
+      <c r="F48" s="24"/>
+      <c r="G48" s="26">
+        <v>7.7700986810379721E-2</v>
+      </c>
+      <c r="H48" s="25">
+        <v>-0.29812460454782314</v>
+      </c>
+      <c r="I48" s="25"/>
+      <c r="J48" s="27">
+        <v>0.8051915731645567</v>
+      </c>
+      <c r="K48" s="10"/>
+      <c r="L48" s="44"/>
+      <c r="M48" s="45"/>
+      <c r="N48" s="45"/>
+      <c r="O48" s="45"/>
+      <c r="P48" s="42"/>
+      <c r="Q48" s="47"/>
+      <c r="R48" s="48"/>
+      <c r="S48" s="48"/>
+    </row>
+    <row r="49" spans="2:20" x14ac:dyDescent="0.2">
+      <c r="B49" s="56"/>
+      <c r="C49" s="56"/>
+      <c r="D49" s="57"/>
+      <c r="E49" s="86"/>
+      <c r="F49" s="57"/>
+      <c r="G49" s="57"/>
+      <c r="H49" s="57"/>
+      <c r="I49" s="57"/>
+      <c r="J49" s="57"/>
+      <c r="K49" s="10"/>
+    </row>
+    <row r="50" spans="2:20" s="61" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="94" t="s">
+        <v>63</v>
+      </c>
+      <c r="C50" s="94"/>
+      <c r="D50" s="94"/>
+      <c r="E50" s="94"/>
+      <c r="F50" s="94"/>
+      <c r="G50" s="94"/>
+      <c r="H50" s="94"/>
+      <c r="I50" s="94"/>
+      <c r="J50" s="94"/>
+      <c r="K50" s="64"/>
+      <c r="L50" s="65"/>
+      <c r="M50" s="66"/>
+      <c r="N50" s="66"/>
+      <c r="Q50" s="67"/>
+      <c r="R50" s="66"/>
+      <c r="S50" s="66"/>
+      <c r="T50" s="66"/>
+    </row>
+    <row r="51" spans="2:20" s="61" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="93" t="s">
+        <v>57</v>
+      </c>
+      <c r="C51" s="93"/>
+      <c r="D51" s="93"/>
+      <c r="E51" s="93"/>
+      <c r="F51" s="93"/>
+      <c r="G51" s="93"/>
+      <c r="H51" s="93"/>
+      <c r="I51" s="93"/>
+      <c r="J51" s="93"/>
+      <c r="K51" s="64"/>
+      <c r="L51" s="65"/>
+      <c r="M51" s="66"/>
+      <c r="N51" s="66"/>
+      <c r="Q51" s="67"/>
+      <c r="R51" s="66"/>
+      <c r="S51" s="66"/>
+      <c r="T51" s="66"/>
+    </row>
+    <row r="52" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="93" t="s">
+        <v>49</v>
+      </c>
+      <c r="C52" s="93"/>
+      <c r="D52" s="93"/>
+      <c r="E52" s="93"/>
+      <c r="F52" s="93"/>
+      <c r="G52" s="93"/>
+      <c r="H52" s="93"/>
+      <c r="I52" s="93"/>
+      <c r="J52" s="93"/>
+      <c r="K52" s="64"/>
+      <c r="L52" s="65"/>
+      <c r="M52" s="66"/>
+      <c r="N52" s="66"/>
+      <c r="Q52" s="67"/>
+      <c r="R52" s="66"/>
+      <c r="S52" s="66"/>
+      <c r="T52" s="66"/>
+    </row>
+    <row r="53" spans="2:20" s="61" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="94" t="s">
+        <v>66</v>
+      </c>
+      <c r="C53" s="94"/>
+      <c r="D53" s="94"/>
+      <c r="E53" s="94"/>
+      <c r="F53" s="94"/>
+      <c r="G53" s="94"/>
+      <c r="H53" s="94"/>
+      <c r="I53" s="94"/>
+      <c r="J53" s="94"/>
+      <c r="K53" s="64"/>
+      <c r="L53" s="65"/>
+      <c r="M53" s="66"/>
+      <c r="N53" s="66"/>
+      <c r="Q53" s="67"/>
+      <c r="R53" s="66"/>
+      <c r="S53" s="66"/>
+      <c r="T53" s="66"/>
+    </row>
+    <row r="54" spans="2:20" s="61" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B54" s="94"/>
+      <c r="C54" s="94"/>
+      <c r="D54" s="94"/>
+      <c r="E54" s="94"/>
+      <c r="F54" s="94"/>
+      <c r="G54" s="94"/>
+      <c r="H54" s="94"/>
+      <c r="I54" s="94"/>
+      <c r="J54" s="94"/>
+      <c r="K54" s="64"/>
+      <c r="L54" s="65"/>
+      <c r="M54" s="66"/>
+      <c r="N54" s="66"/>
+      <c r="Q54" s="67"/>
+      <c r="R54" s="66"/>
+      <c r="S54" s="66"/>
+      <c r="T54" s="66"/>
+    </row>
+    <row r="55" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B55" s="94"/>
+      <c r="C55" s="94"/>
+      <c r="D55" s="94"/>
+      <c r="E55" s="94"/>
+      <c r="F55" s="94"/>
+      <c r="G55" s="94"/>
+      <c r="H55" s="94"/>
+      <c r="I55" s="94"/>
+      <c r="J55" s="94"/>
+      <c r="K55" s="64"/>
+      <c r="L55" s="65"/>
+      <c r="M55" s="66"/>
+      <c r="N55" s="66"/>
+      <c r="Q55" s="67"/>
+      <c r="R55" s="66"/>
+      <c r="S55" s="66"/>
+      <c r="T55" s="66"/>
+    </row>
+    <row r="56" spans="2:20" x14ac:dyDescent="0.2">
+      <c r="B56" s="60" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="57" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B57" s="60"/>
+      <c r="C57" s="60"/>
+      <c r="E57" s="62"/>
+      <c r="G57" s="62"/>
+      <c r="H57" s="62"/>
+      <c r="J57" s="63"/>
+      <c r="K57" s="64"/>
+      <c r="L57" s="65"/>
+      <c r="M57" s="66"/>
+      <c r="N57" s="66"/>
+      <c r="Q57" s="67"/>
+      <c r="R57" s="66"/>
+      <c r="S57" s="66"/>
+      <c r="T57" s="66"/>
+    </row>
+    <row r="58" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B58" s="92" t="s">
+        <v>53</v>
+      </c>
+      <c r="C58" s="92"/>
+      <c r="D58" s="92"/>
+      <c r="E58" s="92"/>
+      <c r="F58" s="92"/>
+      <c r="G58" s="92"/>
+      <c r="H58" s="92"/>
+      <c r="I58" s="92"/>
+      <c r="J58" s="92"/>
+      <c r="K58" s="64"/>
+      <c r="L58" s="65"/>
+      <c r="M58" s="66"/>
+      <c r="N58" s="66"/>
+      <c r="Q58" s="67"/>
+      <c r="R58" s="66"/>
+      <c r="S58" s="66"/>
+      <c r="T58" s="66"/>
+    </row>
+    <row r="59" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B59" s="92"/>
+      <c r="C59" s="92"/>
+      <c r="D59" s="92"/>
+      <c r="E59" s="92"/>
+      <c r="F59" s="92"/>
+      <c r="G59" s="92"/>
+      <c r="H59" s="92"/>
+      <c r="I59" s="92"/>
+      <c r="J59" s="92"/>
+      <c r="K59" s="64"/>
+      <c r="L59" s="65"/>
+      <c r="M59" s="66"/>
+      <c r="N59" s="66"/>
+      <c r="Q59" s="67"/>
+      <c r="R59" s="66"/>
+      <c r="S59" s="66"/>
+      <c r="T59" s="66"/>
+    </row>
+    <row r="60" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B60" s="92"/>
+      <c r="C60" s="92"/>
+      <c r="D60" s="92"/>
+      <c r="E60" s="92"/>
+      <c r="F60" s="92"/>
+      <c r="G60" s="92"/>
+      <c r="H60" s="92"/>
+      <c r="I60" s="92"/>
+      <c r="J60" s="92"/>
+      <c r="K60" s="64"/>
+      <c r="L60" s="65"/>
+      <c r="M60" s="66"/>
+      <c r="N60" s="66"/>
+      <c r="Q60" s="67"/>
+      <c r="R60" s="66"/>
+      <c r="S60" s="66"/>
+      <c r="T60" s="66"/>
+    </row>
+    <row r="61" spans="2:20" s="61" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B61" s="92"/>
+      <c r="C61" s="92"/>
+      <c r="D61" s="92"/>
+      <c r="E61" s="92"/>
+      <c r="F61" s="92"/>
+      <c r="G61" s="92"/>
+      <c r="H61" s="92"/>
+      <c r="I61" s="92"/>
+      <c r="J61" s="92"/>
+      <c r="K61" s="64"/>
+      <c r="L61" s="65"/>
+      <c r="M61" s="66"/>
+      <c r="N61" s="66"/>
+      <c r="Q61" s="67"/>
+      <c r="R61" s="66"/>
+      <c r="S61" s="66"/>
+      <c r="T61" s="66"/>
+    </row>
+    <row r="62" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B62" s="74" t="s">
+        <v>46</v>
+      </c>
+      <c r="C62" s="77"/>
+      <c r="D62" s="77"/>
+      <c r="E62" s="77"/>
+      <c r="F62" s="77"/>
+      <c r="G62" s="77"/>
+      <c r="H62" s="77"/>
+      <c r="I62" s="77"/>
+      <c r="J62" s="77"/>
+      <c r="K62" s="64"/>
+      <c r="L62" s="65"/>
+      <c r="M62" s="66"/>
+      <c r="N62" s="66"/>
+      <c r="Q62" s="67"/>
+      <c r="R62" s="66"/>
+      <c r="S62" s="66"/>
+      <c r="T62" s="66"/>
+    </row>
+    <row r="63" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B63" s="92" t="s">
+        <v>50</v>
+      </c>
+      <c r="C63" s="92"/>
+      <c r="D63" s="92"/>
+      <c r="E63" s="92"/>
+      <c r="F63" s="92"/>
+      <c r="G63" s="92"/>
+      <c r="H63" s="92"/>
+      <c r="I63" s="92"/>
+      <c r="J63" s="92"/>
+      <c r="K63" s="64"/>
+      <c r="L63" s="65"/>
+      <c r="M63" s="66"/>
+      <c r="N63" s="66"/>
+      <c r="Q63" s="67"/>
+      <c r="R63" s="66"/>
+      <c r="S63" s="66"/>
+      <c r="T63" s="66"/>
+    </row>
+    <row r="64" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B64" s="92"/>
+      <c r="C64" s="92"/>
+      <c r="D64" s="92"/>
+      <c r="E64" s="92"/>
+      <c r="F64" s="92"/>
+      <c r="G64" s="92"/>
+      <c r="H64" s="92"/>
+      <c r="I64" s="92"/>
+      <c r="J64" s="92"/>
+      <c r="K64" s="64"/>
+      <c r="L64" s="65"/>
+      <c r="M64" s="66"/>
+      <c r="N64" s="66"/>
+      <c r="Q64" s="67"/>
+      <c r="R64" s="66"/>
+      <c r="S64" s="66"/>
+      <c r="T64" s="66"/>
+    </row>
+    <row r="65" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B65" s="92"/>
+      <c r="C65" s="92"/>
+      <c r="D65" s="92"/>
+      <c r="E65" s="92"/>
+      <c r="F65" s="92"/>
+      <c r="G65" s="92"/>
+      <c r="H65" s="92"/>
+      <c r="I65" s="92"/>
+      <c r="J65" s="92"/>
+      <c r="K65" s="64"/>
+      <c r="L65" s="65"/>
+      <c r="M65" s="66"/>
+      <c r="N65" s="66"/>
+      <c r="Q65" s="67"/>
+      <c r="R65" s="66"/>
+      <c r="S65" s="66"/>
+      <c r="T65" s="66"/>
+    </row>
+    <row r="66" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B66" s="75"/>
+      <c r="C66" s="78"/>
+      <c r="D66" s="78"/>
+      <c r="E66" s="78"/>
+      <c r="F66" s="78"/>
+      <c r="G66" s="78"/>
+      <c r="H66" s="78"/>
+      <c r="I66" s="78"/>
+      <c r="J66" s="78"/>
+      <c r="K66" s="64"/>
+      <c r="L66" s="65"/>
+      <c r="M66" s="66"/>
+      <c r="N66" s="66"/>
+    </row>
+    <row r="67" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B67" s="76" t="s">
+        <v>42</v>
+      </c>
+      <c r="C67" s="79"/>
+      <c r="D67" s="79"/>
+      <c r="E67" s="79"/>
+      <c r="F67" s="80"/>
+      <c r="G67" s="80"/>
+      <c r="H67" s="80"/>
+      <c r="I67" s="80"/>
+      <c r="J67" s="80"/>
+      <c r="K67" s="64"/>
+      <c r="L67" s="65"/>
+      <c r="M67" s="66"/>
+      <c r="N67" s="66"/>
+    </row>
+    <row r="68" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B68" s="76"/>
+      <c r="C68" s="79"/>
+      <c r="D68" s="79"/>
+      <c r="E68" s="79"/>
+      <c r="F68" s="80"/>
+      <c r="G68" s="80"/>
+      <c r="H68" s="80"/>
+      <c r="I68" s="80"/>
+      <c r="J68" s="80"/>
+      <c r="K68" s="64"/>
+      <c r="L68" s="65"/>
+      <c r="M68" s="66"/>
+      <c r="N68" s="66"/>
+    </row>
+    <row r="69" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B69" s="90" t="s">
+        <v>85</v>
       </c>
       <c r="C69" s="71"/>
       <c r="D69" s="71"/>
       <c r="E69" s="71"/>
       <c r="F69" s="71"/>
       <c r="G69" s="71"/>
       <c r="H69" s="71"/>
       <c r="I69" s="71"/>
       <c r="J69" s="71"/>
       <c r="K69" s="68"/>
     </row>
     <row r="70" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="69"/>
       <c r="C70" s="69"/>
       <c r="D70" s="69"/>
       <c r="E70" s="69"/>
       <c r="F70" s="69"/>
       <c r="G70" s="69"/>
       <c r="H70" s="69"/>
       <c r="I70" s="69"/>
       <c r="J70" s="69"/>
       <c r="K70" s="70"/>
     </row>
     <row r="71" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="69"/>
@@ -4322,1102 +7705,1102 @@
     <mergeCell ref="B50:J50"/>
     <mergeCell ref="G1:J2"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="G40:J40"/>
     <mergeCell ref="G41:H41"/>
     <mergeCell ref="B63:J65"/>
     <mergeCell ref="B51:J51"/>
     <mergeCell ref="B52:J52"/>
     <mergeCell ref="B53:J53"/>
     <mergeCell ref="B54:J54"/>
     <mergeCell ref="B55:J55"/>
     <mergeCell ref="B58:J61"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="38" max="10" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{86065EAF-18AF-432A-9D1F-766727BB069D}">
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CBD5041E-6894-4330-97B2-5BF2D0154026}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:T71"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
     <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
     <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
     <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
     <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
     <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
     <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
     <col min="13" max="13" width="16" style="10" customWidth="1"/>
     <col min="14" max="14" width="11.85546875" style="10" customWidth="1"/>
     <col min="15" max="15" width="26.28515625" style="10" customWidth="1"/>
     <col min="16" max="16" width="9.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="10" customWidth="1"/>
     <col min="18" max="18" width="9.140625" style="10"/>
     <col min="19" max="19" width="7.140625" style="10" bestFit="1" customWidth="1"/>
     <col min="20" max="16384" width="9.140625" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" ht="40.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="72" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C1" s="35"/>
       <c r="D1" s="36"/>
       <c r="E1" s="35"/>
       <c r="F1" s="73"/>
-      <c r="G1" s="96"/>
-[...2 lines deleted...]
-      <c r="J1" s="98"/>
+      <c r="G1" s="95"/>
+      <c r="H1" s="96"/>
+      <c r="I1" s="96"/>
+      <c r="J1" s="97"/>
     </row>
     <row r="2" spans="2:20" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="102">
-[...9 lines deleted...]
-      <c r="J2" s="101"/>
+      <c r="B2" s="101">
+        <v>45688</v>
+      </c>
+      <c r="C2" s="102"/>
+      <c r="D2" s="102"/>
+      <c r="E2" s="102"/>
+      <c r="F2" s="103"/>
+      <c r="G2" s="98"/>
+      <c r="H2" s="99"/>
+      <c r="I2" s="99"/>
+      <c r="J2" s="100"/>
     </row>
     <row r="3" spans="2:20" x14ac:dyDescent="0.2">
       <c r="E3" s="34"/>
       <c r="G3" s="34"/>
       <c r="H3" s="34"/>
       <c r="J3" s="34"/>
       <c r="L3" s="34"/>
       <c r="M3" s="34"/>
       <c r="N3" s="34"/>
       <c r="O3" s="34"/>
     </row>
     <row r="4" spans="2:20" ht="18" x14ac:dyDescent="0.25">
       <c r="B4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="E4"/>
       <c r="G4" s="34"/>
       <c r="H4" s="34"/>
       <c r="J4" s="34"/>
       <c r="L4" s="34"/>
       <c r="M4" s="34"/>
       <c r="N4" s="34"/>
       <c r="O4" s="34"/>
     </row>
     <row r="5" spans="2:20" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C5" s="82"/>
       <c r="D5" s="30"/>
       <c r="E5" s="83"/>
       <c r="F5" s="84"/>
-      <c r="G5" s="105"/>
-      <c r="H5" s="105"/>
+      <c r="G5" s="104"/>
+      <c r="H5" s="104"/>
       <c r="I5" s="84"/>
       <c r="J5" s="85"/>
       <c r="L5" s="34"/>
       <c r="M5" s="34"/>
       <c r="N5" s="34"/>
       <c r="O5" s="34"/>
     </row>
     <row r="6" spans="2:20" ht="73.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B6" s="81"/>
       <c r="C6" s="3"/>
       <c r="D6" s="4"/>
       <c r="E6" s="8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="H6" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="L6" s="34"/>
       <c r="M6" s="34"/>
       <c r="N6" s="34"/>
       <c r="O6" s="34"/>
     </row>
     <row r="7" spans="2:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B7" s="37" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="38"/>
       <c r="D7" s="38"/>
       <c r="E7" s="39"/>
       <c r="F7" s="39"/>
       <c r="G7" s="39"/>
       <c r="H7" s="39"/>
       <c r="I7" s="39"/>
       <c r="J7" s="40"/>
       <c r="L7" s="41"/>
       <c r="M7" s="34"/>
       <c r="N7" s="34"/>
       <c r="O7" s="34"/>
       <c r="P7" s="42"/>
     </row>
     <row r="8" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B8" s="87" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="D8" s="21"/>
       <c r="E8" s="22">
         <v>7.5499999999999998E-2</v>
       </c>
       <c r="F8" s="21"/>
       <c r="G8" s="22">
-        <v>3.9945292046865429E-2</v>
+        <v>4.0696840238389258E-2</v>
       </c>
       <c r="H8" s="22">
-        <v>-0.2350855912709815</v>
+        <v>-0.30513482238569928</v>
       </c>
       <c r="I8" s="22"/>
       <c r="J8" s="23">
-        <v>0.52907671585252225</v>
+        <v>0.53903099653495712</v>
       </c>
       <c r="K8" s="43"/>
       <c r="L8" s="44"/>
       <c r="M8" s="45"/>
       <c r="N8" s="45"/>
       <c r="O8" s="45"/>
       <c r="P8" s="47"/>
       <c r="Q8" s="47"/>
       <c r="R8" s="48"/>
       <c r="S8" s="48"/>
       <c r="T8" s="48"/>
     </row>
     <row r="9" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B9" s="88" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C9" s="12" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="13"/>
       <c r="E9" s="22">
         <v>7.9500000000000001E-2</v>
       </c>
       <c r="F9" s="21"/>
       <c r="G9" s="22">
-        <v>4.5877463358210607E-2</v>
+        <v>4.8048324203079362E-2</v>
       </c>
       <c r="H9" s="22">
-        <v>-0.21394977707147603</v>
+        <v>-0.27841725954588514</v>
       </c>
       <c r="I9" s="21"/>
       <c r="J9" s="23">
-        <v>0.57707501079510193</v>
+        <v>0.60438143651672149</v>
       </c>
       <c r="K9" s="43"/>
       <c r="L9" s="44"/>
       <c r="M9" s="45"/>
       <c r="N9" s="45"/>
       <c r="O9" s="45"/>
       <c r="P9" s="42"/>
       <c r="Q9" s="47"/>
       <c r="R9" s="48"/>
       <c r="S9" s="48"/>
       <c r="T9" s="48"/>
     </row>
     <row r="10" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B10" s="88" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C10" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="13"/>
       <c r="E10" s="22">
         <v>6.5500000000000003E-2</v>
       </c>
       <c r="F10" s="21"/>
       <c r="G10" s="22">
-        <v>4.3743903998835675E-2</v>
+        <v>4.6106151589936424E-2</v>
       </c>
       <c r="H10" s="22">
-        <v>-0.21842459103661008</v>
+        <v>-0.25616293211581614</v>
       </c>
       <c r="I10" s="21"/>
       <c r="J10" s="23">
-        <v>0.66784586257764389</v>
+        <v>0.70391071129673932</v>
       </c>
       <c r="K10" s="43"/>
       <c r="L10" s="44"/>
       <c r="M10" s="45"/>
       <c r="N10" s="45"/>
       <c r="O10" s="45"/>
       <c r="P10" s="47"/>
       <c r="Q10" s="47"/>
       <c r="R10" s="48"/>
       <c r="S10" s="48"/>
       <c r="T10" s="48"/>
     </row>
     <row r="11" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B11" s="88" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C11" s="50" t="s">
         <v>25</v>
       </c>
       <c r="D11" s="13"/>
       <c r="E11" s="22">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="F11" s="21"/>
       <c r="G11" s="22">
-        <v>4.2257406687301047E-2</v>
+        <v>4.5451580289262543E-2</v>
       </c>
       <c r="H11" s="22">
-        <v>-0.25906379202497454</v>
+        <v>-0.32835204732744899</v>
       </c>
       <c r="I11" s="21"/>
       <c r="J11" s="23">
-        <v>0.53490388211773476</v>
+        <v>0.57533645935775368</v>
       </c>
       <c r="K11" s="43"/>
       <c r="L11" s="44"/>
       <c r="M11" s="45"/>
       <c r="N11" s="45"/>
       <c r="O11" s="45"/>
       <c r="P11" s="42"/>
       <c r="Q11" s="47"/>
       <c r="R11" s="48"/>
       <c r="S11" s="48"/>
       <c r="T11" s="48"/>
     </row>
     <row r="12" spans="2:20" s="49" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="88" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C12" s="12" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="13"/>
       <c r="E12" s="22">
         <v>7.2999999999999995E-2</v>
       </c>
       <c r="F12" s="21"/>
       <c r="G12" s="22">
-        <v>3.6717633097037017E-2</v>
+        <v>3.8361554938637348E-2</v>
       </c>
       <c r="H12" s="22">
-        <v>-0.26768836375686073</v>
+        <v>-0.33852213292872135</v>
       </c>
       <c r="I12" s="21"/>
       <c r="J12" s="23">
-        <v>0.50298127530187697</v>
+        <v>0.52550075258407325</v>
       </c>
       <c r="K12" s="43"/>
       <c r="L12" s="44"/>
       <c r="M12" s="45"/>
       <c r="N12" s="45"/>
       <c r="O12" s="45"/>
       <c r="P12" s="47"/>
       <c r="Q12" s="47"/>
       <c r="R12" s="48"/>
       <c r="S12" s="48"/>
       <c r="T12" s="48"/>
     </row>
     <row r="13" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B13" s="88" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="12" t="s">
         <v>18</v>
       </c>
       <c r="D13" s="13"/>
       <c r="E13" s="22">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="F13" s="21"/>
       <c r="G13" s="22">
-        <v>2.9129395772447445E-2</v>
+        <v>3.0148518115930768E-2</v>
       </c>
       <c r="H13" s="22">
-        <v>1.4229340565040308E-2</v>
+        <v>9.6651109544249828E-3</v>
       </c>
       <c r="I13" s="21"/>
       <c r="J13" s="23">
-        <v>0.89628910069069057</v>
+        <v>0.92764671125940823</v>
       </c>
       <c r="K13" s="43"/>
       <c r="L13" s="44"/>
       <c r="M13" s="45"/>
       <c r="N13" s="45"/>
       <c r="O13" s="45"/>
       <c r="P13" s="42"/>
       <c r="Q13" s="47"/>
       <c r="R13" s="48"/>
       <c r="S13" s="48"/>
       <c r="T13" s="48"/>
     </row>
     <row r="14" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B14" s="88" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="12" t="s">
         <v>19</v>
       </c>
       <c r="D14" s="13"/>
       <c r="E14" s="22">
         <v>3.7999999999999999E-2</v>
       </c>
       <c r="F14" s="21"/>
       <c r="G14" s="22">
-        <v>3.5658985242824896E-2</v>
+        <v>3.7455350096205854E-2</v>
       </c>
       <c r="H14" s="22">
-        <v>1.4061337362099765E-2</v>
+        <v>1.0329083589135065E-2</v>
       </c>
       <c r="I14" s="21"/>
       <c r="J14" s="23">
-        <v>0.93839434849539205</v>
+        <v>0.98566710779489097</v>
       </c>
       <c r="K14" s="43"/>
       <c r="L14" s="44"/>
       <c r="M14" s="45"/>
       <c r="N14" s="45"/>
       <c r="O14" s="45"/>
       <c r="P14" s="47"/>
       <c r="Q14" s="47"/>
       <c r="R14" s="48"/>
       <c r="S14" s="48"/>
       <c r="T14" s="48"/>
     </row>
     <row r="15" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B15" s="88" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="12" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="13"/>
       <c r="E15" s="22">
         <v>5.1999999999999998E-2</v>
       </c>
       <c r="F15" s="21"/>
       <c r="G15" s="22">
-        <v>5.068050216909379E-2</v>
+        <v>5.1093077293554869E-2</v>
       </c>
       <c r="H15" s="22">
-        <v>9.4494838952745019E-2</v>
+        <v>9.2251146238501822E-2</v>
       </c>
       <c r="I15" s="21"/>
       <c r="J15" s="23">
-        <v>0.97462504171334219</v>
+        <v>0.9825591787222091</v>
       </c>
       <c r="K15" s="43"/>
       <c r="L15" s="44"/>
       <c r="M15" s="45"/>
       <c r="N15" s="45"/>
       <c r="O15" s="45"/>
       <c r="P15" s="42"/>
       <c r="Q15" s="47"/>
       <c r="R15" s="48"/>
       <c r="S15" s="48"/>
       <c r="T15" s="48"/>
     </row>
     <row r="16" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B16" s="88" t="s">
         <v>7</v>
       </c>
       <c r="C16" s="12" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="13"/>
       <c r="E16" s="22">
         <v>2.75E-2</v>
       </c>
       <c r="F16" s="21"/>
       <c r="G16" s="22">
-        <v>2.7269066396220589E-2</v>
+        <v>2.7076963553438218E-2</v>
       </c>
       <c r="H16" s="22">
-        <v>8.5947535164297131E-4</v>
+        <v>6.612158059481338E-4</v>
       </c>
       <c r="I16" s="21"/>
       <c r="J16" s="23">
-        <v>0.99160241440802144</v>
+        <v>0.98461685648866248</v>
       </c>
       <c r="K16" s="43"/>
       <c r="L16" s="44"/>
       <c r="M16" s="45"/>
       <c r="N16" s="45"/>
       <c r="O16" s="45"/>
       <c r="P16" s="47"/>
       <c r="Q16" s="47"/>
       <c r="R16" s="48"/>
       <c r="S16" s="48"/>
       <c r="T16" s="48"/>
     </row>
     <row r="17" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B17" s="88" t="s">
         <v>17</v>
       </c>
       <c r="C17" s="12" t="s">
         <v>20</v>
       </c>
       <c r="D17" s="13"/>
       <c r="E17" s="22">
         <v>4.8500000000000001E-2</v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="22">
-        <v>4.5841422802077557E-2</v>
+        <v>4.6297454030399608E-2</v>
       </c>
       <c r="H17" s="22">
-        <v>6.458046940380424E-3</v>
+        <v>4.6268122509366388E-3</v>
       </c>
       <c r="I17" s="21"/>
       <c r="J17" s="23">
-        <v>0.94518397530056819</v>
+        <v>0.95458668103916711</v>
       </c>
       <c r="K17" s="43"/>
       <c r="L17" s="44"/>
       <c r="M17" s="45"/>
       <c r="N17" s="45"/>
       <c r="O17" s="45"/>
       <c r="P17" s="42"/>
       <c r="Q17" s="47"/>
       <c r="R17" s="48"/>
       <c r="S17" s="48"/>
       <c r="T17" s="48"/>
     </row>
     <row r="18" spans="2:20" s="49" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B18" s="28" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="C18" s="29" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D18" s="30"/>
       <c r="E18" s="89">
         <v>6.8500000000000005E-2</v>
       </c>
       <c r="F18" s="30"/>
       <c r="G18" s="89">
-        <v>4.1576613446482724E-2</v>
+        <v>4.2245433992635417E-2</v>
       </c>
       <c r="H18" s="31">
-        <v>-0.36223798631762522</v>
+        <v>-0.41748462404003467</v>
       </c>
       <c r="I18" s="31"/>
       <c r="J18" s="32">
-        <v>0.60695786053259448</v>
+        <v>0.61672166412606444</v>
       </c>
       <c r="K18" s="43"/>
       <c r="L18" s="44"/>
       <c r="M18" s="45"/>
       <c r="N18" s="45"/>
       <c r="O18" s="45"/>
       <c r="P18" s="47"/>
       <c r="Q18" s="47"/>
       <c r="R18" s="48"/>
       <c r="S18" s="48"/>
       <c r="T18" s="48"/>
     </row>
     <row r="19" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B19" s="51" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="40"/>
       <c r="K19" s="43"/>
       <c r="L19" s="44"/>
       <c r="M19" s="45"/>
       <c r="N19" s="45"/>
       <c r="P19" s="47"/>
       <c r="Q19" s="47"/>
       <c r="R19" s="48"/>
       <c r="S19" s="48"/>
       <c r="T19" s="48"/>
     </row>
     <row r="20" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B20" s="87" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C20" s="20" t="s">
         <v>27</v>
       </c>
       <c r="D20" s="21"/>
       <c r="E20" s="22">
         <v>7.3499999999999996E-2</v>
       </c>
       <c r="F20" s="21"/>
       <c r="G20" s="22">
-        <v>3.6555132963412895E-2</v>
+        <v>3.7754519671587154E-2</v>
       </c>
       <c r="H20" s="22">
-        <v>-0.27997073120155375</v>
+        <v>-0.35313125419677788</v>
       </c>
       <c r="I20" s="22"/>
       <c r="J20" s="23">
-        <v>0.49734874780153604</v>
+        <v>0.51366693430730825</v>
       </c>
       <c r="K20" s="43"/>
       <c r="L20" s="44"/>
       <c r="M20" s="45"/>
       <c r="N20" s="45"/>
       <c r="O20" s="45"/>
       <c r="P20" s="42"/>
       <c r="Q20" s="47"/>
       <c r="R20" s="48"/>
       <c r="S20" s="48"/>
       <c r="T20" s="48"/>
     </row>
     <row r="21" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B21" s="11" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C21" s="12" t="s">
         <v>28</v>
       </c>
       <c r="D21" s="13"/>
       <c r="E21" s="22">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="22">
-        <v>3.7452863323505954E-2</v>
+        <v>3.9292835462352078E-2</v>
       </c>
       <c r="H21" s="22">
-        <v>-0.2844370836286097</v>
+        <v>-0.35865226088941199</v>
       </c>
       <c r="I21" s="21"/>
       <c r="J21" s="23">
-        <v>0.49280083320402573</v>
+        <v>0.51701099292568531</v>
       </c>
       <c r="K21" s="43"/>
       <c r="L21" s="44"/>
       <c r="M21" s="45"/>
       <c r="N21" s="45"/>
       <c r="O21" s="45"/>
       <c r="P21" s="42"/>
       <c r="Q21" s="47"/>
       <c r="R21" s="48"/>
       <c r="S21" s="48"/>
       <c r="T21" s="48"/>
     </row>
     <row r="22" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B22" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="12" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D22" s="13"/>
       <c r="E22" s="22">
         <v>2.9000000000000001E-2</v>
       </c>
       <c r="F22" s="21"/>
       <c r="G22" s="22">
-        <v>2.8874241794084755E-2</v>
+        <v>2.8535548516680526E-2</v>
       </c>
       <c r="H22" s="22">
-        <v>1.8990489476386343E-2</v>
+        <v>1.808817130491383E-2</v>
       </c>
       <c r="I22" s="21"/>
       <c r="J22" s="23">
-        <v>0.99566351014085352</v>
+        <v>0.98398443160967319</v>
       </c>
       <c r="K22" s="43"/>
       <c r="L22" s="44"/>
       <c r="M22" s="45"/>
       <c r="N22" s="45"/>
       <c r="O22" s="45"/>
       <c r="P22" s="42"/>
       <c r="Q22" s="47"/>
       <c r="R22" s="48"/>
       <c r="S22" s="48"/>
       <c r="T22" s="48"/>
     </row>
     <row r="23" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B23" s="28" t="s">
         <v>11</v>
       </c>
       <c r="C23" s="29" t="s">
         <v>12</v>
       </c>
       <c r="D23" s="30"/>
       <c r="E23" s="89">
         <v>4.5499999999999999E-2</v>
       </c>
       <c r="F23" s="30"/>
       <c r="G23" s="89">
-        <v>4.3705891748777537E-2</v>
+        <v>4.3550835630384033E-2</v>
       </c>
       <c r="H23" s="31">
-        <v>8.4000477418892194E-4</v>
+        <v>-3.5045450871614239E-3</v>
       </c>
       <c r="I23" s="31"/>
       <c r="J23" s="32">
-        <v>0.96056904942368215</v>
+        <v>0.95716122264580294</v>
       </c>
       <c r="K23" s="43"/>
       <c r="L23" s="44"/>
       <c r="M23" s="45"/>
       <c r="N23" s="45"/>
       <c r="O23" s="45"/>
       <c r="P23" s="42"/>
       <c r="Q23" s="47"/>
       <c r="R23" s="48"/>
       <c r="S23" s="48"/>
       <c r="T23" s="48"/>
     </row>
     <row r="24" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B24" s="51" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="52"/>
       <c r="D24" s="52"/>
       <c r="E24" s="52"/>
       <c r="F24" s="52"/>
       <c r="G24" s="52"/>
       <c r="H24" s="52"/>
       <c r="I24" s="52"/>
       <c r="J24" s="40"/>
       <c r="K24" s="43"/>
       <c r="L24" s="44"/>
       <c r="M24" s="45"/>
       <c r="N24" s="45"/>
       <c r="P24" s="47"/>
       <c r="Q24" s="47"/>
       <c r="R24" s="48"/>
       <c r="S24" s="48"/>
       <c r="T24" s="48"/>
     </row>
     <row r="25" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B25" s="19" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C25" s="20" t="s">
         <v>29</v>
       </c>
       <c r="D25" s="21"/>
       <c r="E25" s="22">
         <v>7.1999999999999995E-2</v>
       </c>
       <c r="F25" s="21"/>
       <c r="G25" s="22">
-        <v>3.869827364093887E-2</v>
+        <v>3.8501629091917643E-2</v>
       </c>
       <c r="H25" s="22">
-        <v>-0.24764205076172829</v>
+        <v>-0.31534458190381603</v>
       </c>
       <c r="I25" s="21"/>
       <c r="J25" s="23">
-        <v>0.53747602279081763</v>
+        <v>0.53474484849885617</v>
       </c>
       <c r="K25" s="43"/>
       <c r="L25" s="44"/>
       <c r="M25" s="45"/>
       <c r="N25" s="45"/>
       <c r="O25" s="45"/>
       <c r="P25" s="42"/>
       <c r="Q25" s="47"/>
       <c r="R25" s="48"/>
       <c r="S25" s="48"/>
       <c r="T25" s="48"/>
     </row>
     <row r="26" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B26" s="11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C26" s="12" t="s">
         <v>30</v>
       </c>
       <c r="D26" s="13"/>
       <c r="E26" s="22">
         <v>6.9000000000000006E-2</v>
       </c>
       <c r="F26" s="21"/>
       <c r="G26" s="22">
-        <v>3.4230824427028003E-2</v>
+        <v>3.723059398113248E-2</v>
       </c>
       <c r="H26" s="22">
-        <v>-0.24893715009705594</v>
+        <v>-0.31447280675172068</v>
       </c>
       <c r="I26" s="21"/>
       <c r="J26" s="23">
-        <v>0.49609890473953622</v>
+        <v>0.53957382581351421</v>
       </c>
       <c r="K26" s="43"/>
       <c r="L26" s="44"/>
       <c r="M26" s="45"/>
       <c r="N26" s="45"/>
       <c r="O26" s="45"/>
       <c r="P26" s="42"/>
       <c r="Q26" s="47"/>
       <c r="R26" s="48"/>
       <c r="S26" s="48"/>
       <c r="T26" s="48"/>
     </row>
     <row r="27" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B27" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="12" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D27" s="13"/>
       <c r="E27" s="22">
         <v>2.9499999999999998E-2</v>
       </c>
       <c r="F27" s="21"/>
       <c r="G27" s="22">
-        <v>2.9189632326306485E-2</v>
+        <v>2.9131016934594706E-2</v>
       </c>
       <c r="H27" s="22">
-        <v>2.2006255576909578E-2</v>
+        <v>2.1010145677597864E-2</v>
       </c>
       <c r="I27" s="21"/>
       <c r="J27" s="23">
-        <v>0.9894790619086945</v>
+        <v>0.98749209947778671</v>
       </c>
       <c r="K27" s="43"/>
       <c r="L27" s="44"/>
       <c r="M27" s="45"/>
       <c r="N27" s="45"/>
       <c r="O27" s="45"/>
       <c r="P27" s="42"/>
       <c r="Q27" s="47"/>
       <c r="R27" s="48"/>
       <c r="S27" s="48"/>
       <c r="T27" s="48"/>
     </row>
     <row r="28" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B28" s="28" t="s">
         <v>15</v>
       </c>
       <c r="C28" s="29" t="s">
         <v>16</v>
       </c>
       <c r="D28" s="30"/>
       <c r="E28" s="89">
         <v>4.2000000000000003E-2</v>
       </c>
       <c r="F28" s="30"/>
       <c r="G28" s="89">
-        <v>4.2824400692944409E-2</v>
+        <v>4.2911789040247533E-2</v>
       </c>
       <c r="H28" s="31">
-        <v>6.591091801884756E-3</v>
+        <v>7.8951083349851833E-3</v>
       </c>
       <c r="I28" s="31"/>
       <c r="J28" s="32">
-        <v>1.0196285879272478</v>
+        <v>1.0217092628630364</v>
       </c>
       <c r="K28" s="43"/>
       <c r="L28" s="44"/>
       <c r="M28" s="45"/>
       <c r="N28" s="45"/>
       <c r="O28" s="45"/>
       <c r="P28" s="42"/>
       <c r="Q28" s="47"/>
       <c r="R28" s="48"/>
       <c r="S28" s="48"/>
       <c r="T28" s="48"/>
     </row>
     <row r="29" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B29" s="51" t="s">
         <v>22</v>
       </c>
       <c r="C29" s="52"/>
       <c r="D29" s="52"/>
       <c r="E29" s="52"/>
       <c r="F29" s="52"/>
       <c r="G29" s="52"/>
       <c r="H29" s="52"/>
       <c r="I29" s="52"/>
       <c r="J29" s="40"/>
       <c r="K29" s="43"/>
       <c r="L29" s="44"/>
       <c r="M29" s="45"/>
       <c r="N29" s="45"/>
       <c r="P29" s="47"/>
       <c r="Q29" s="47"/>
       <c r="R29" s="48"/>
       <c r="S29" s="48"/>
       <c r="T29" s="48"/>
     </row>
     <row r="30" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B30" s="19" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C30" s="20" t="s">
         <v>31</v>
       </c>
       <c r="D30" s="21"/>
       <c r="E30" s="22">
         <v>7.2499999999999995E-2</v>
       </c>
       <c r="F30" s="21"/>
       <c r="G30" s="22">
-        <v>3.1025493858322178E-2</v>
+        <v>3.2008256330645114E-2</v>
       </c>
       <c r="H30" s="22">
-        <v>-0.34367518225861154</v>
+        <v>-0.42620280706374802</v>
       </c>
       <c r="I30" s="21"/>
       <c r="J30" s="23">
-        <v>0.42793784632168524</v>
+        <v>0.44149319076751886</v>
       </c>
       <c r="K30" s="43"/>
       <c r="L30" s="44"/>
       <c r="M30" s="45"/>
       <c r="N30" s="45"/>
       <c r="O30" s="45"/>
       <c r="P30" s="42"/>
       <c r="Q30" s="47"/>
       <c r="R30" s="48"/>
       <c r="S30" s="48"/>
       <c r="T30" s="48"/>
     </row>
     <row r="31" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B31" s="11" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C31" s="12" t="s">
         <v>32</v>
       </c>
       <c r="D31" s="13"/>
       <c r="E31" s="22">
         <v>7.0999999999999994E-2</v>
       </c>
       <c r="F31" s="21"/>
       <c r="G31" s="22">
-        <v>2.7635686837408132E-2</v>
+        <v>3.0553825322502257E-2</v>
       </c>
       <c r="H31" s="22">
-        <v>-0.28788488087989667</v>
+        <v>-0.37200267618292004</v>
       </c>
       <c r="I31" s="21"/>
       <c r="J31" s="23">
-        <v>0.38923502587898778</v>
+        <v>0.43033556792256705</v>
       </c>
       <c r="K31" s="43"/>
       <c r="L31" s="44"/>
       <c r="M31" s="45"/>
       <c r="N31" s="45"/>
       <c r="O31" s="45"/>
       <c r="P31" s="42"/>
       <c r="Q31" s="47"/>
       <c r="R31" s="48"/>
       <c r="S31" s="48"/>
       <c r="T31" s="48"/>
     </row>
     <row r="32" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B32" s="11" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C32" s="12" t="s">
         <v>33</v>
       </c>
       <c r="D32" s="13"/>
       <c r="E32" s="22">
         <v>7.3499999999999996E-2</v>
       </c>
       <c r="F32" s="21"/>
       <c r="G32" s="22">
-        <v>3.3673103541145534E-2</v>
+        <v>3.2712902930104398E-2</v>
       </c>
       <c r="H32" s="22">
-        <v>-0.30296533198972136</v>
+        <v>-0.38564529610055298</v>
       </c>
       <c r="I32" s="21"/>
       <c r="J32" s="23">
-        <v>0.45813746314483722</v>
+        <v>0.44507350925312111</v>
       </c>
       <c r="K32" s="43"/>
       <c r="L32" s="44"/>
       <c r="M32" s="45"/>
       <c r="N32" s="45"/>
       <c r="O32" s="45"/>
       <c r="P32" s="42"/>
       <c r="Q32" s="47"/>
       <c r="R32" s="48"/>
       <c r="S32" s="48"/>
       <c r="T32" s="48"/>
     </row>
     <row r="33" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="11" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C33" s="12" t="s">
         <v>34</v>
       </c>
       <c r="D33" s="13"/>
       <c r="E33" s="22">
         <v>6.7500000000000004E-2</v>
       </c>
       <c r="F33" s="21"/>
       <c r="G33" s="22">
-        <v>1.6186067867465084E-2</v>
+        <v>2.3629916901649218E-2</v>
       </c>
       <c r="H33" s="22">
-        <v>-0.30543915468648403</v>
+        <v>-0.40192919615015638</v>
       </c>
       <c r="I33" s="21"/>
       <c r="J33" s="23">
-        <v>0.23979359803651976</v>
+        <v>0.35007284298739577</v>
       </c>
       <c r="K33" s="43"/>
       <c r="L33" s="44"/>
       <c r="M33" s="45"/>
       <c r="N33" s="45"/>
       <c r="O33" s="45"/>
       <c r="P33" s="42"/>
       <c r="Q33" s="47"/>
       <c r="R33" s="48"/>
       <c r="S33" s="48"/>
       <c r="T33" s="48"/>
     </row>
     <row r="34" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="11" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C34" s="12" t="s">
         <v>35</v>
       </c>
       <c r="D34" s="13"/>
       <c r="E34" s="22">
         <v>7.85E-2</v>
       </c>
       <c r="F34" s="21"/>
       <c r="G34" s="22">
-        <v>2.9669217335190835E-2</v>
+        <v>3.1376157173906363E-2</v>
       </c>
       <c r="H34" s="22">
-        <v>-0.35323896458528065</v>
+        <v>-0.44929983495312054</v>
       </c>
       <c r="I34" s="21"/>
       <c r="J34" s="23">
-        <v>0.37795181318714438</v>
+        <v>0.39969626973129124</v>
       </c>
       <c r="K34" s="43"/>
       <c r="L34" s="44"/>
       <c r="M34" s="45"/>
       <c r="N34" s="45"/>
       <c r="O34" s="45"/>
       <c r="P34" s="42"/>
       <c r="Q34" s="47"/>
       <c r="R34" s="48"/>
       <c r="S34" s="48"/>
       <c r="T34" s="48"/>
     </row>
     <row r="35" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B35" s="11" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C35" s="12" t="s">
         <v>36</v>
       </c>
       <c r="D35" s="13"/>
       <c r="E35" s="22">
         <v>7.8E-2</v>
       </c>
       <c r="F35" s="21"/>
       <c r="G35" s="22">
-        <v>2.9700835312639427E-2</v>
+        <v>3.2196487814285274E-2</v>
       </c>
       <c r="H35" s="22">
-        <v>-0.36535976808049275</v>
+        <v>-0.46049520368062796</v>
       </c>
       <c r="I35" s="21"/>
       <c r="J35" s="23">
-        <v>0.38077993990563369</v>
+        <v>0.41277548479852916</v>
       </c>
       <c r="K35" s="43"/>
       <c r="L35" s="44"/>
       <c r="M35" s="45"/>
       <c r="N35" s="45"/>
       <c r="O35" s="45"/>
       <c r="P35" s="42"/>
       <c r="Q35" s="47"/>
       <c r="R35" s="48"/>
       <c r="S35" s="48"/>
       <c r="T35" s="48"/>
     </row>
     <row r="36" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B36" s="11" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C36" s="12" t="s">
         <v>37</v>
       </c>
       <c r="D36" s="13"/>
       <c r="E36" s="22">
         <v>7.1999999999999995E-2</v>
       </c>
       <c r="F36" s="21"/>
       <c r="G36" s="22">
-        <v>3.2876498668641251E-2</v>
+        <v>3.5130657460110175E-2</v>
       </c>
       <c r="H36" s="22">
-        <v>-0.28849328653925882</v>
+        <v>-0.36299528278070192</v>
       </c>
       <c r="I36" s="21"/>
       <c r="J36" s="23">
-        <v>0.45661803706446186</v>
+        <v>0.4879257980570858</v>
       </c>
       <c r="K36" s="43"/>
       <c r="L36" s="44"/>
       <c r="M36" s="45"/>
       <c r="N36" s="45"/>
       <c r="O36" s="45"/>
       <c r="P36" s="42"/>
       <c r="Q36" s="47"/>
       <c r="R36" s="48"/>
       <c r="S36" s="48"/>
       <c r="T36" s="48"/>
     </row>
     <row r="37" spans="2:20" s="46" customFormat="1" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B37" s="28"/>
       <c r="C37" s="29"/>
       <c r="D37" s="30"/>
       <c r="E37" s="31"/>
       <c r="F37" s="30"/>
       <c r="G37" s="31"/>
       <c r="H37" s="31"/>
       <c r="I37" s="30"/>
       <c r="J37" s="32"/>
       <c r="K37" s="43"/>
       <c r="L37" s="44"/>
       <c r="M37" s="45"/>
@@ -5443,617 +8826,617 @@
       <c r="S38" s="48"/>
       <c r="T38" s="48"/>
     </row>
     <row r="39" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B39" s="56"/>
       <c r="C39" s="56"/>
       <c r="D39" s="56"/>
       <c r="E39" s="57"/>
       <c r="F39" s="56"/>
       <c r="G39" s="57"/>
       <c r="H39" s="56"/>
       <c r="I39" s="56"/>
       <c r="J39" s="56"/>
       <c r="K39" s="58"/>
       <c r="L39" s="44"/>
       <c r="M39" s="45"/>
     </row>
     <row r="40" spans="2:20" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C40" s="56"/>
       <c r="D40" s="57"/>
       <c r="E40" s="56"/>
       <c r="F40" s="57"/>
-      <c r="G40" s="106"/>
-[...2 lines deleted...]
-      <c r="J40" s="106"/>
+      <c r="G40" s="105"/>
+      <c r="H40" s="105"/>
+      <c r="I40" s="105"/>
+      <c r="J40" s="105"/>
       <c r="K40" s="10"/>
       <c r="L40" s="44"/>
       <c r="M40" s="45"/>
     </row>
     <row r="41" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B41" s="56"/>
       <c r="C41" s="56"/>
       <c r="D41" s="57"/>
       <c r="E41" s="59"/>
       <c r="F41" s="57"/>
-      <c r="G41" s="107"/>
-      <c r="H41" s="107"/>
+      <c r="G41" s="106"/>
+      <c r="H41" s="106"/>
       <c r="I41" s="56"/>
       <c r="J41" s="58"/>
       <c r="K41" s="10"/>
       <c r="L41" s="44"/>
       <c r="M41" s="45"/>
     </row>
     <row r="42" spans="2:20" ht="45" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B42" s="2"/>
       <c r="C42" s="3"/>
       <c r="D42" s="4"/>
       <c r="E42" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F42" s="6"/>
       <c r="G42" s="7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I42" s="8"/>
       <c r="J42" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K42" s="10"/>
       <c r="L42" s="44"/>
       <c r="M42" s="45"/>
     </row>
     <row r="43" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B43" s="14" t="s">
         <v>39</v>
       </c>
       <c r="C43" s="15"/>
       <c r="D43" s="16"/>
       <c r="E43" s="17"/>
       <c r="F43" s="16"/>
       <c r="G43" s="17"/>
       <c r="H43" s="17"/>
       <c r="I43" s="17"/>
       <c r="J43" s="18"/>
       <c r="K43" s="10"/>
       <c r="L43" s="44"/>
       <c r="M43" s="45"/>
     </row>
     <row r="44" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B44" s="11" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C44" s="12" t="s">
         <v>38</v>
       </c>
       <c r="D44" s="13"/>
       <c r="E44" s="22">
         <v>6.6500000000000004E-2</v>
       </c>
       <c r="F44" s="21"/>
       <c r="G44" s="22">
-        <v>4.5543038542284316E-2</v>
+        <v>4.6229868516466315E-2</v>
       </c>
       <c r="H44" s="22">
-        <v>-7.1703646714802546E-2</v>
+        <v>-0.1130228899955434</v>
       </c>
       <c r="I44" s="22"/>
       <c r="J44" s="23">
-        <v>0.68485772244036558</v>
+        <v>0.69518599272881676</v>
       </c>
       <c r="K44" s="10"/>
       <c r="L44" s="44"/>
       <c r="M44" s="45"/>
       <c r="N44" s="45"/>
       <c r="O44" s="45"/>
       <c r="P44" s="42"/>
       <c r="Q44" s="47"/>
       <c r="R44" s="48"/>
       <c r="S44" s="48"/>
     </row>
     <row r="45" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B45" s="11" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C45" s="12" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D45" s="13"/>
       <c r="E45" s="22">
         <v>0.16600000000000001</v>
       </c>
       <c r="F45" s="21"/>
       <c r="G45" s="22">
-        <v>0.10057421828034445</v>
+        <v>0.10546667481112497</v>
       </c>
       <c r="H45" s="22">
-        <v>-0.17230614038165804</v>
+        <v>-0.27535653134630356</v>
       </c>
       <c r="I45" s="22"/>
       <c r="J45" s="23">
-        <v>0.60586878482135209</v>
+        <v>0.63534141452484916</v>
       </c>
       <c r="K45" s="10"/>
       <c r="L45" s="44"/>
       <c r="M45" s="45"/>
       <c r="N45" s="45"/>
       <c r="O45" s="45"/>
       <c r="P45" s="42"/>
       <c r="Q45" s="47"/>
       <c r="R45" s="48"/>
       <c r="S45" s="48"/>
     </row>
     <row r="46" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B46" s="28" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C46" s="29" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D46" s="30"/>
       <c r="E46" s="89">
         <v>0.16750000000000001</v>
       </c>
       <c r="F46" s="30"/>
       <c r="G46" s="89">
-        <v>9.1499951036262087E-2</v>
+        <v>9.1235180606392463E-2</v>
       </c>
       <c r="H46" s="31">
-        <v>-0.2808860088729549</v>
+        <v>-0.43633564855460816</v>
       </c>
       <c r="I46" s="31"/>
       <c r="J46" s="32">
-        <v>0.54626836439559456</v>
+        <v>0.54468764541129822</v>
       </c>
       <c r="K46" s="10"/>
       <c r="L46" s="44"/>
       <c r="M46" s="45"/>
       <c r="N46" s="45"/>
       <c r="O46" s="45"/>
       <c r="P46" s="42"/>
       <c r="Q46" s="47"/>
       <c r="R46" s="48"/>
       <c r="S46" s="48"/>
     </row>
     <row r="47" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B47" s="14" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C47" s="15"/>
       <c r="D47" s="16"/>
       <c r="E47" s="17"/>
       <c r="F47" s="16"/>
       <c r="G47" s="17"/>
       <c r="H47" s="17"/>
       <c r="I47" s="17"/>
       <c r="J47" s="18"/>
       <c r="K47" s="10"/>
       <c r="L47" s="44"/>
       <c r="M47" s="45"/>
     </row>
     <row r="48" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B48" s="28" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C48" s="29" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D48" s="30"/>
       <c r="E48" s="26">
         <v>9.6500000000000002E-2</v>
       </c>
       <c r="F48" s="24"/>
       <c r="G48" s="26">
-        <v>7.0202198010970898E-2</v>
+        <v>7.547842907452508E-2</v>
       </c>
       <c r="H48" s="25">
-        <v>-0.23429995596100162</v>
+        <v>-0.27932559145654029</v>
       </c>
       <c r="I48" s="25"/>
       <c r="J48" s="27">
-        <v>0.72748391721213368</v>
+        <v>0.78215988678264325</v>
       </c>
       <c r="K48" s="10"/>
       <c r="L48" s="44"/>
       <c r="M48" s="45"/>
       <c r="N48" s="45"/>
       <c r="O48" s="45"/>
       <c r="P48" s="42"/>
       <c r="Q48" s="47"/>
       <c r="R48" s="48"/>
       <c r="S48" s="48"/>
     </row>
     <row r="49" spans="2:20" x14ac:dyDescent="0.2">
       <c r="B49" s="56"/>
       <c r="C49" s="56"/>
       <c r="D49" s="57"/>
       <c r="E49" s="86"/>
       <c r="F49" s="57"/>
       <c r="G49" s="57"/>
       <c r="H49" s="57"/>
       <c r="I49" s="57"/>
       <c r="J49" s="57"/>
       <c r="K49" s="10"/>
     </row>
     <row r="50" spans="2:20" s="61" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="95" t="s">
-[...9 lines deleted...]
-      <c r="J50" s="95"/>
+      <c r="B50" s="94" t="s">
+        <v>63</v>
+      </c>
+      <c r="C50" s="94"/>
+      <c r="D50" s="94"/>
+      <c r="E50" s="94"/>
+      <c r="F50" s="94"/>
+      <c r="G50" s="94"/>
+      <c r="H50" s="94"/>
+      <c r="I50" s="94"/>
+      <c r="J50" s="94"/>
       <c r="K50" s="64"/>
       <c r="L50" s="65"/>
       <c r="M50" s="66"/>
       <c r="N50" s="66"/>
       <c r="Q50" s="67"/>
       <c r="R50" s="66"/>
       <c r="S50" s="66"/>
       <c r="T50" s="66"/>
     </row>
     <row r="51" spans="2:20" s="61" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="94" t="s">
-[...9 lines deleted...]
-      <c r="J51" s="94"/>
+      <c r="B51" s="93" t="s">
+        <v>57</v>
+      </c>
+      <c r="C51" s="93"/>
+      <c r="D51" s="93"/>
+      <c r="E51" s="93"/>
+      <c r="F51" s="93"/>
+      <c r="G51" s="93"/>
+      <c r="H51" s="93"/>
+      <c r="I51" s="93"/>
+      <c r="J51" s="93"/>
       <c r="K51" s="64"/>
       <c r="L51" s="65"/>
       <c r="M51" s="66"/>
       <c r="N51" s="66"/>
       <c r="Q51" s="67"/>
       <c r="R51" s="66"/>
       <c r="S51" s="66"/>
       <c r="T51" s="66"/>
     </row>
     <row r="52" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="94" t="s">
-[...9 lines deleted...]
-      <c r="J52" s="94"/>
+      <c r="B52" s="93" t="s">
+        <v>49</v>
+      </c>
+      <c r="C52" s="93"/>
+      <c r="D52" s="93"/>
+      <c r="E52" s="93"/>
+      <c r="F52" s="93"/>
+      <c r="G52" s="93"/>
+      <c r="H52" s="93"/>
+      <c r="I52" s="93"/>
+      <c r="J52" s="93"/>
       <c r="K52" s="64"/>
       <c r="L52" s="65"/>
       <c r="M52" s="66"/>
       <c r="N52" s="66"/>
       <c r="Q52" s="67"/>
       <c r="R52" s="66"/>
       <c r="S52" s="66"/>
       <c r="T52" s="66"/>
     </row>
     <row r="53" spans="2:20" s="61" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="95" t="s">
-[...9 lines deleted...]
-      <c r="J53" s="95"/>
+      <c r="B53" s="94" t="s">
+        <v>66</v>
+      </c>
+      <c r="C53" s="94"/>
+      <c r="D53" s="94"/>
+      <c r="E53" s="94"/>
+      <c r="F53" s="94"/>
+      <c r="G53" s="94"/>
+      <c r="H53" s="94"/>
+      <c r="I53" s="94"/>
+      <c r="J53" s="94"/>
       <c r="K53" s="64"/>
       <c r="L53" s="65"/>
       <c r="M53" s="66"/>
       <c r="N53" s="66"/>
       <c r="Q53" s="67"/>
       <c r="R53" s="66"/>
       <c r="S53" s="66"/>
       <c r="T53" s="66"/>
     </row>
     <row r="54" spans="2:20" s="61" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="95"/>
-[...7 lines deleted...]
-      <c r="J54" s="95"/>
+      <c r="B54" s="94"/>
+      <c r="C54" s="94"/>
+      <c r="D54" s="94"/>
+      <c r="E54" s="94"/>
+      <c r="F54" s="94"/>
+      <c r="G54" s="94"/>
+      <c r="H54" s="94"/>
+      <c r="I54" s="94"/>
+      <c r="J54" s="94"/>
       <c r="K54" s="64"/>
       <c r="L54" s="65"/>
       <c r="M54" s="66"/>
       <c r="N54" s="66"/>
       <c r="Q54" s="67"/>
       <c r="R54" s="66"/>
       <c r="S54" s="66"/>
       <c r="T54" s="66"/>
     </row>
     <row r="55" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B55" s="95"/>
-[...7 lines deleted...]
-      <c r="J55" s="95"/>
+      <c r="B55" s="94"/>
+      <c r="C55" s="94"/>
+      <c r="D55" s="94"/>
+      <c r="E55" s="94"/>
+      <c r="F55" s="94"/>
+      <c r="G55" s="94"/>
+      <c r="H55" s="94"/>
+      <c r="I55" s="94"/>
+      <c r="J55" s="94"/>
       <c r="K55" s="64"/>
       <c r="L55" s="65"/>
       <c r="M55" s="66"/>
       <c r="N55" s="66"/>
       <c r="Q55" s="67"/>
       <c r="R55" s="66"/>
       <c r="S55" s="66"/>
       <c r="T55" s="66"/>
     </row>
     <row r="56" spans="2:20" x14ac:dyDescent="0.2">
       <c r="B56" s="60" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="57" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="B57" s="60"/>
       <c r="C57" s="60"/>
       <c r="E57" s="62"/>
       <c r="G57" s="62"/>
       <c r="H57" s="62"/>
       <c r="J57" s="63"/>
       <c r="K57" s="64"/>
       <c r="L57" s="65"/>
       <c r="M57" s="66"/>
       <c r="N57" s="66"/>
       <c r="Q57" s="67"/>
       <c r="R57" s="66"/>
       <c r="S57" s="66"/>
       <c r="T57" s="66"/>
     </row>
     <row r="58" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B58" s="93" t="s">
-[...9 lines deleted...]
-      <c r="J58" s="93"/>
+      <c r="B58" s="92" t="s">
+        <v>53</v>
+      </c>
+      <c r="C58" s="92"/>
+      <c r="D58" s="92"/>
+      <c r="E58" s="92"/>
+      <c r="F58" s="92"/>
+      <c r="G58" s="92"/>
+      <c r="H58" s="92"/>
+      <c r="I58" s="92"/>
+      <c r="J58" s="92"/>
       <c r="K58" s="64"/>
       <c r="L58" s="65"/>
       <c r="M58" s="66"/>
       <c r="N58" s="66"/>
       <c r="Q58" s="67"/>
       <c r="R58" s="66"/>
       <c r="S58" s="66"/>
       <c r="T58" s="66"/>
     </row>
     <row r="59" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B59" s="93"/>
-[...7 lines deleted...]
-      <c r="J59" s="93"/>
+      <c r="B59" s="92"/>
+      <c r="C59" s="92"/>
+      <c r="D59" s="92"/>
+      <c r="E59" s="92"/>
+      <c r="F59" s="92"/>
+      <c r="G59" s="92"/>
+      <c r="H59" s="92"/>
+      <c r="I59" s="92"/>
+      <c r="J59" s="92"/>
       <c r="K59" s="64"/>
       <c r="L59" s="65"/>
       <c r="M59" s="66"/>
       <c r="N59" s="66"/>
       <c r="Q59" s="67"/>
       <c r="R59" s="66"/>
       <c r="S59" s="66"/>
       <c r="T59" s="66"/>
     </row>
     <row r="60" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B60" s="93"/>
-[...7 lines deleted...]
-      <c r="J60" s="93"/>
+      <c r="B60" s="92"/>
+      <c r="C60" s="92"/>
+      <c r="D60" s="92"/>
+      <c r="E60" s="92"/>
+      <c r="F60" s="92"/>
+      <c r="G60" s="92"/>
+      <c r="H60" s="92"/>
+      <c r="I60" s="92"/>
+      <c r="J60" s="92"/>
       <c r="K60" s="64"/>
       <c r="L60" s="65"/>
       <c r="M60" s="66"/>
       <c r="N60" s="66"/>
       <c r="Q60" s="67"/>
       <c r="R60" s="66"/>
       <c r="S60" s="66"/>
       <c r="T60" s="66"/>
     </row>
     <row r="61" spans="2:20" s="61" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B61" s="93"/>
-[...7 lines deleted...]
-      <c r="J61" s="93"/>
+      <c r="B61" s="92"/>
+      <c r="C61" s="92"/>
+      <c r="D61" s="92"/>
+      <c r="E61" s="92"/>
+      <c r="F61" s="92"/>
+      <c r="G61" s="92"/>
+      <c r="H61" s="92"/>
+      <c r="I61" s="92"/>
+      <c r="J61" s="92"/>
       <c r="K61" s="64"/>
       <c r="L61" s="65"/>
       <c r="M61" s="66"/>
       <c r="N61" s="66"/>
       <c r="Q61" s="67"/>
       <c r="R61" s="66"/>
       <c r="S61" s="66"/>
       <c r="T61" s="66"/>
     </row>
     <row r="62" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="74" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C62" s="77"/>
       <c r="D62" s="77"/>
       <c r="E62" s="77"/>
       <c r="F62" s="77"/>
       <c r="G62" s="77"/>
       <c r="H62" s="77"/>
       <c r="I62" s="77"/>
       <c r="J62" s="77"/>
       <c r="K62" s="64"/>
       <c r="L62" s="65"/>
       <c r="M62" s="66"/>
       <c r="N62" s="66"/>
       <c r="Q62" s="67"/>
       <c r="R62" s="66"/>
       <c r="S62" s="66"/>
       <c r="T62" s="66"/>
     </row>
     <row r="63" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B63" s="93" t="s">
-[...9 lines deleted...]
-      <c r="J63" s="93"/>
+      <c r="B63" s="92" t="s">
+        <v>50</v>
+      </c>
+      <c r="C63" s="92"/>
+      <c r="D63" s="92"/>
+      <c r="E63" s="92"/>
+      <c r="F63" s="92"/>
+      <c r="G63" s="92"/>
+      <c r="H63" s="92"/>
+      <c r="I63" s="92"/>
+      <c r="J63" s="92"/>
       <c r="K63" s="64"/>
       <c r="L63" s="65"/>
       <c r="M63" s="66"/>
       <c r="N63" s="66"/>
       <c r="Q63" s="67"/>
       <c r="R63" s="66"/>
       <c r="S63" s="66"/>
       <c r="T63" s="66"/>
     </row>
     <row r="64" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B64" s="93"/>
-[...7 lines deleted...]
-      <c r="J64" s="93"/>
+      <c r="B64" s="92"/>
+      <c r="C64" s="92"/>
+      <c r="D64" s="92"/>
+      <c r="E64" s="92"/>
+      <c r="F64" s="92"/>
+      <c r="G64" s="92"/>
+      <c r="H64" s="92"/>
+      <c r="I64" s="92"/>
+      <c r="J64" s="92"/>
       <c r="K64" s="64"/>
       <c r="L64" s="65"/>
       <c r="M64" s="66"/>
       <c r="N64" s="66"/>
       <c r="Q64" s="67"/>
       <c r="R64" s="66"/>
       <c r="S64" s="66"/>
       <c r="T64" s="66"/>
     </row>
     <row r="65" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B65" s="93"/>
-[...7 lines deleted...]
-      <c r="J65" s="93"/>
+      <c r="B65" s="92"/>
+      <c r="C65" s="92"/>
+      <c r="D65" s="92"/>
+      <c r="E65" s="92"/>
+      <c r="F65" s="92"/>
+      <c r="G65" s="92"/>
+      <c r="H65" s="92"/>
+      <c r="I65" s="92"/>
+      <c r="J65" s="92"/>
       <c r="K65" s="64"/>
       <c r="L65" s="65"/>
       <c r="M65" s="66"/>
       <c r="N65" s="66"/>
       <c r="Q65" s="67"/>
       <c r="R65" s="66"/>
       <c r="S65" s="66"/>
       <c r="T65" s="66"/>
     </row>
     <row r="66" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B66" s="75"/>
       <c r="C66" s="78"/>
       <c r="D66" s="78"/>
       <c r="E66" s="78"/>
       <c r="F66" s="78"/>
       <c r="G66" s="78"/>
       <c r="H66" s="78"/>
       <c r="I66" s="78"/>
       <c r="J66" s="78"/>
       <c r="K66" s="64"/>
       <c r="L66" s="65"/>
       <c r="M66" s="66"/>
       <c r="N66" s="66"/>
     </row>
     <row r="67" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B67" s="76" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C67" s="79"/>
       <c r="D67" s="79"/>
       <c r="E67" s="79"/>
       <c r="F67" s="80"/>
       <c r="G67" s="80"/>
       <c r="H67" s="80"/>
       <c r="I67" s="80"/>
       <c r="J67" s="80"/>
       <c r="K67" s="64"/>
       <c r="L67" s="65"/>
       <c r="M67" s="66"/>
       <c r="N67" s="66"/>
     </row>
     <row r="68" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B68" s="76"/>
       <c r="C68" s="79"/>
       <c r="D68" s="79"/>
       <c r="E68" s="79"/>
       <c r="F68" s="80"/>
       <c r="G68" s="80"/>
       <c r="H68" s="80"/>
       <c r="I68" s="80"/>
       <c r="J68" s="80"/>
       <c r="K68" s="64"/>
       <c r="L68" s="65"/>
       <c r="M68" s="66"/>
       <c r="N68" s="66"/>
     </row>
     <row r="69" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B69" s="91" t="s">
-        <v>88</v>
+      <c r="B69" s="90" t="s">
+        <v>84</v>
       </c>
       <c r="C69" s="71"/>
       <c r="D69" s="71"/>
       <c r="E69" s="71"/>
       <c r="F69" s="71"/>
       <c r="G69" s="71"/>
       <c r="H69" s="71"/>
       <c r="I69" s="71"/>
       <c r="J69" s="71"/>
       <c r="K69" s="68"/>
     </row>
     <row r="70" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="69"/>
       <c r="C70" s="69"/>
       <c r="D70" s="69"/>
       <c r="E70" s="69"/>
       <c r="F70" s="69"/>
       <c r="G70" s="69"/>
       <c r="H70" s="69"/>
       <c r="I70" s="69"/>
       <c r="J70" s="69"/>
       <c r="K70" s="70"/>
     </row>
     <row r="71" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="69"/>
@@ -6072,1102 +9455,6281 @@
     <mergeCell ref="B63:J65"/>
     <mergeCell ref="B51:J51"/>
     <mergeCell ref="B52:J52"/>
     <mergeCell ref="B53:J53"/>
     <mergeCell ref="B54:J54"/>
     <mergeCell ref="B55:J55"/>
     <mergeCell ref="B58:J61"/>
     <mergeCell ref="B50:J50"/>
     <mergeCell ref="G1:J2"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="G40:J40"/>
     <mergeCell ref="G41:H41"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="38" max="10" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{645A73AE-0566-4D5A-8367-36EA1C1E7A78}">
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
+  <sheetPr codeName="Sheet6"/>
+  <dimension ref="A1:A2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetData>
+    <row r="1" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="2" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{20D160D0-49F9-4500-84C6-B1D4EB9214C6}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="B1:T70"/>
+  <sheetViews>
+    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A36" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B68" sqref="B68"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
+    <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
+    <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
+    <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
+    <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
+    <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
+    <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
+    <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
+    <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
+    <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
+    <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
+    <col min="13" max="13" width="16" style="10" customWidth="1"/>
+    <col min="14" max="14" width="11.85546875" style="10" customWidth="1"/>
+    <col min="15" max="15" width="26.28515625" style="10" customWidth="1"/>
+    <col min="16" max="16" width="9.28515625" style="10" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="9.7109375" style="10" customWidth="1"/>
+    <col min="18" max="18" width="9.140625" style="10"/>
+    <col min="19" max="19" width="7.140625" style="10" bestFit="1" customWidth="1"/>
+    <col min="20" max="16384" width="9.140625" style="10"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:20" ht="40.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B1" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="C1" s="35"/>
+      <c r="D1" s="36"/>
+      <c r="E1" s="35"/>
+      <c r="F1" s="73"/>
+      <c r="G1" s="95"/>
+      <c r="H1" s="96"/>
+      <c r="I1" s="96"/>
+      <c r="J1" s="97"/>
+    </row>
+    <row r="2" spans="2:20" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="101">
+        <v>45991</v>
+      </c>
+      <c r="C2" s="102"/>
+      <c r="D2" s="102"/>
+      <c r="E2" s="102"/>
+      <c r="F2" s="103"/>
+      <c r="G2" s="98"/>
+      <c r="H2" s="99"/>
+      <c r="I2" s="99"/>
+      <c r="J2" s="100"/>
+    </row>
+    <row r="3" spans="2:20" x14ac:dyDescent="0.2">
+      <c r="E3" s="34"/>
+      <c r="G3" s="34"/>
+      <c r="H3" s="34"/>
+      <c r="J3" s="34"/>
+      <c r="L3" s="34"/>
+      <c r="M3" s="34"/>
+      <c r="N3" s="34"/>
+      <c r="O3" s="34"/>
+    </row>
+    <row r="4" spans="2:20" ht="18" x14ac:dyDescent="0.25">
+      <c r="B4" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="E4"/>
+      <c r="G4" s="34"/>
+      <c r="H4" s="34"/>
+      <c r="J4" s="34"/>
+      <c r="L4" s="34"/>
+      <c r="M4" s="34"/>
+      <c r="N4" s="34"/>
+      <c r="O4" s="34"/>
+    </row>
+    <row r="5" spans="2:20" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="C5" s="82"/>
+      <c r="D5" s="30"/>
+      <c r="E5" s="83"/>
+      <c r="F5" s="84"/>
+      <c r="G5" s="104"/>
+      <c r="H5" s="104"/>
+      <c r="I5" s="84"/>
+      <c r="J5" s="85"/>
+      <c r="L5" s="34"/>
+      <c r="M5" s="34"/>
+      <c r="N5" s="34"/>
+      <c r="O5" s="34"/>
+    </row>
+    <row r="6" spans="2:20" ht="73.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="81"/>
+      <c r="C6" s="3"/>
+      <c r="D6" s="4"/>
+      <c r="E6" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" s="6"/>
+      <c r="G6" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="I6" s="6"/>
+      <c r="J6" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="L6" s="34"/>
+      <c r="M6" s="34"/>
+      <c r="N6" s="34"/>
+      <c r="O6" s="34"/>
+    </row>
+    <row r="7" spans="2:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="C7" s="38"/>
+      <c r="D7" s="38"/>
+      <c r="E7" s="39"/>
+      <c r="F7" s="39"/>
+      <c r="G7" s="39"/>
+      <c r="H7" s="39"/>
+      <c r="I7" s="39"/>
+      <c r="J7" s="40"/>
+      <c r="L7" s="41"/>
+      <c r="M7" s="34"/>
+      <c r="N7" s="34"/>
+      <c r="O7" s="34"/>
+      <c r="P7" s="42"/>
+    </row>
+    <row r="8" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B8" s="87" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" s="21"/>
+      <c r="E8" s="22">
+        <v>7.0499999999999993E-2</v>
+      </c>
+      <c r="F8" s="21"/>
+      <c r="G8" s="22">
+        <v>4.4373697691784453E-2</v>
+      </c>
+      <c r="H8" s="22">
+        <v>-0.60813910677814464</v>
+      </c>
+      <c r="I8" s="22"/>
+      <c r="J8" s="23">
+        <v>0.62941415165651715</v>
+      </c>
+      <c r="K8" s="43"/>
+      <c r="L8" s="44"/>
+      <c r="M8" s="45"/>
+      <c r="N8" s="45"/>
+      <c r="O8" s="45"/>
+      <c r="P8" s="47"/>
+      <c r="Q8" s="47"/>
+      <c r="R8" s="48"/>
+      <c r="S8" s="48"/>
+      <c r="T8" s="48"/>
+    </row>
+    <row r="9" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B9" s="88" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" s="13"/>
+      <c r="E9" s="22">
+        <v>7.9500000000000001E-2</v>
+      </c>
+      <c r="F9" s="21"/>
+      <c r="G9" s="22">
+        <v>5.1006029834999272E-2</v>
+      </c>
+      <c r="H9" s="22">
+        <v>-0.56939280226590194</v>
+      </c>
+      <c r="I9" s="21"/>
+      <c r="J9" s="23">
+        <v>0.64158528094338707</v>
+      </c>
+      <c r="K9" s="43"/>
+      <c r="L9" s="44"/>
+      <c r="M9" s="45"/>
+      <c r="N9" s="45"/>
+      <c r="O9" s="45"/>
+      <c r="P9" s="42"/>
+      <c r="Q9" s="47"/>
+      <c r="R9" s="48"/>
+      <c r="S9" s="48"/>
+      <c r="T9" s="48"/>
+    </row>
+    <row r="10" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B10" s="88" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="D10" s="13"/>
+      <c r="E10" s="22">
+        <v>6.5500000000000003E-2</v>
+      </c>
+      <c r="F10" s="21"/>
+      <c r="G10" s="22">
+        <v>4.6942143054059138E-2</v>
+      </c>
+      <c r="H10" s="22">
+        <v>-0.20047923376934129</v>
+      </c>
+      <c r="I10" s="21"/>
+      <c r="J10" s="23">
+        <v>0.71667393975662808</v>
+      </c>
+      <c r="K10" s="43"/>
+      <c r="L10" s="44"/>
+      <c r="M10" s="45"/>
+      <c r="N10" s="45"/>
+      <c r="O10" s="45"/>
+      <c r="P10" s="47"/>
+      <c r="Q10" s="47"/>
+      <c r="R10" s="48"/>
+      <c r="S10" s="48"/>
+      <c r="T10" s="48"/>
+    </row>
+    <row r="11" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B11" s="88" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" s="50" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" s="13"/>
+      <c r="E11" s="22">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="F11" s="21"/>
+      <c r="G11" s="22">
+        <v>4.7432208822417436E-2</v>
+      </c>
+      <c r="H11" s="22">
+        <v>-0.63706507622607156</v>
+      </c>
+      <c r="I11" s="21"/>
+      <c r="J11" s="23">
+        <v>0.6004077066128789</v>
+      </c>
+      <c r="K11" s="43"/>
+      <c r="L11" s="44"/>
+      <c r="M11" s="45"/>
+      <c r="N11" s="45"/>
+      <c r="O11" s="45"/>
+      <c r="P11" s="42"/>
+      <c r="Q11" s="47"/>
+      <c r="R11" s="48"/>
+      <c r="S11" s="48"/>
+      <c r="T11" s="48"/>
+    </row>
+    <row r="12" spans="2:20" s="49" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="88" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="D12" s="13"/>
+      <c r="E12" s="22">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="F12" s="21"/>
+      <c r="G12" s="22">
+        <v>4.0594875055551601E-2</v>
+      </c>
+      <c r="H12" s="22">
+        <v>-0.65213725643359377</v>
+      </c>
+      <c r="I12" s="21"/>
+      <c r="J12" s="23">
+        <v>0.59698345669928821</v>
+      </c>
+      <c r="K12" s="43"/>
+      <c r="L12" s="44"/>
+      <c r="M12" s="45"/>
+      <c r="N12" s="45"/>
+      <c r="O12" s="45"/>
+      <c r="P12" s="47"/>
+      <c r="Q12" s="47"/>
+      <c r="R12" s="48"/>
+      <c r="S12" s="48"/>
+      <c r="T12" s="48"/>
+    </row>
+    <row r="13" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="88" t="s">
+        <v>3</v>
+      </c>
+      <c r="C13" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" s="13"/>
+      <c r="E13" s="22">
+        <v>3.2500000000000001E-2</v>
+      </c>
+      <c r="F13" s="21"/>
+      <c r="G13" s="22">
+        <v>3.1677747457483564E-2</v>
+      </c>
+      <c r="H13" s="22">
+        <v>-3.1076435063535092E-3</v>
+      </c>
+      <c r="I13" s="21"/>
+      <c r="J13" s="23">
+        <v>0.974699921768725</v>
+      </c>
+      <c r="K13" s="43"/>
+      <c r="L13" s="44"/>
+      <c r="M13" s="45"/>
+      <c r="N13" s="45"/>
+      <c r="O13" s="45"/>
+      <c r="P13" s="42"/>
+      <c r="Q13" s="47"/>
+      <c r="R13" s="48"/>
+      <c r="S13" s="48"/>
+      <c r="T13" s="48"/>
+    </row>
+    <row r="14" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="88" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="D14" s="13"/>
+      <c r="E14" s="22">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="F14" s="21"/>
+      <c r="G14" s="22">
+        <v>3.6463844194949732E-2</v>
+      </c>
+      <c r="H14" s="22">
+        <v>7.0384775900362156E-3</v>
+      </c>
+      <c r="I14" s="21"/>
+      <c r="J14" s="23">
+        <v>0.95957484723551933</v>
+      </c>
+      <c r="K14" s="43"/>
+      <c r="L14" s="44"/>
+      <c r="M14" s="45"/>
+      <c r="N14" s="45"/>
+      <c r="O14" s="45"/>
+      <c r="P14" s="47"/>
+      <c r="Q14" s="47"/>
+      <c r="R14" s="48"/>
+      <c r="S14" s="48"/>
+      <c r="T14" s="48"/>
+    </row>
+    <row r="15" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="88" t="s">
+        <v>5</v>
+      </c>
+      <c r="C15" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="D15" s="13"/>
+      <c r="E15" s="22">
+        <v>5.3499999999999999E-2</v>
+      </c>
+      <c r="F15" s="21"/>
+      <c r="G15" s="22">
+        <v>5.1864152472611585E-2</v>
+      </c>
+      <c r="H15" s="22">
+        <v>9.3785938014312564E-2</v>
+      </c>
+      <c r="I15" s="21"/>
+      <c r="J15" s="23">
+        <v>0.96942341070302029</v>
+      </c>
+      <c r="K15" s="43"/>
+      <c r="L15" s="44"/>
+      <c r="M15" s="45"/>
+      <c r="N15" s="45"/>
+      <c r="O15" s="45"/>
+      <c r="P15" s="42"/>
+      <c r="Q15" s="47"/>
+      <c r="R15" s="48"/>
+      <c r="S15" s="48"/>
+      <c r="T15" s="48"/>
+    </row>
+    <row r="16" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="88" t="s">
+        <v>7</v>
+      </c>
+      <c r="C16" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="13"/>
+      <c r="E16" s="22">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="F16" s="21"/>
+      <c r="G16" s="22">
+        <v>2.7893359392397243E-2</v>
+      </c>
+      <c r="H16" s="22">
+        <v>0.11528902076607767</v>
+      </c>
+      <c r="I16" s="21"/>
+      <c r="J16" s="23">
+        <v>0.96183997904818075</v>
+      </c>
+      <c r="K16" s="43"/>
+      <c r="L16" s="44"/>
+      <c r="M16" s="45"/>
+      <c r="N16" s="45"/>
+      <c r="O16" s="45"/>
+      <c r="P16" s="47"/>
+      <c r="Q16" s="47"/>
+      <c r="R16" s="48"/>
+      <c r="S16" s="48"/>
+      <c r="T16" s="48"/>
+    </row>
+    <row r="17" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="88" t="s">
+        <v>17</v>
+      </c>
+      <c r="C17" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" s="13"/>
+      <c r="E17" s="22">
+        <v>4.8500000000000001E-2</v>
+      </c>
+      <c r="F17" s="21"/>
+      <c r="G17" s="22">
+        <v>4.9337910852652593E-2</v>
+      </c>
+      <c r="H17" s="22">
+        <v>-8.3679587804294468E-3</v>
+      </c>
+      <c r="I17" s="21"/>
+      <c r="J17" s="23">
+        <v>1.0172765124258267</v>
+      </c>
+      <c r="K17" s="43"/>
+      <c r="L17" s="44"/>
+      <c r="M17" s="45"/>
+      <c r="N17" s="45"/>
+      <c r="O17" s="45"/>
+      <c r="P17" s="42"/>
+      <c r="Q17" s="47"/>
+      <c r="R17" s="48"/>
+      <c r="S17" s="48"/>
+      <c r="T17" s="48"/>
+    </row>
+    <row r="18" spans="2:20" s="49" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="28" t="s">
+        <v>83</v>
+      </c>
+      <c r="C18" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" s="30"/>
+      <c r="E18" s="89">
+        <v>6.8500000000000005E-2</v>
+      </c>
+      <c r="F18" s="30"/>
+      <c r="G18" s="89">
+        <v>5.2007364973280089E-2</v>
+      </c>
+      <c r="H18" s="31">
+        <v>-0.13718098782867982</v>
+      </c>
+      <c r="I18" s="31"/>
+      <c r="J18" s="32">
+        <v>0.75923160544934432</v>
+      </c>
+      <c r="K18" s="43"/>
+      <c r="L18" s="44"/>
+      <c r="M18" s="45"/>
+      <c r="N18" s="45"/>
+      <c r="O18" s="45"/>
+      <c r="P18" s="47"/>
+      <c r="Q18" s="47"/>
+      <c r="R18" s="48"/>
+      <c r="S18" s="48"/>
+      <c r="T18" s="48"/>
+    </row>
+    <row r="19" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" s="52"/>
+      <c r="D19" s="52"/>
+      <c r="E19" s="52"/>
+      <c r="F19" s="52"/>
+      <c r="G19" s="52"/>
+      <c r="H19" s="52"/>
+      <c r="I19" s="52"/>
+      <c r="J19" s="40"/>
+      <c r="K19" s="43"/>
+      <c r="L19" s="44"/>
+      <c r="M19" s="45"/>
+      <c r="N19" s="45"/>
+      <c r="P19" s="47"/>
+      <c r="Q19" s="47"/>
+      <c r="R19" s="48"/>
+      <c r="S19" s="48"/>
+      <c r="T19" s="48"/>
+    </row>
+    <row r="20" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B20" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C20" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="D20" s="21"/>
+      <c r="E20" s="22">
+        <v>7.3499999999999996E-2</v>
+      </c>
+      <c r="F20" s="21"/>
+      <c r="G20" s="22">
+        <v>4.0476697368275645E-2</v>
+      </c>
+      <c r="H20" s="22">
+        <v>-0.67253509618034435</v>
+      </c>
+      <c r="I20" s="22"/>
+      <c r="J20" s="23">
+        <v>0.55070336555477073</v>
+      </c>
+      <c r="K20" s="43"/>
+      <c r="L20" s="44"/>
+      <c r="M20" s="45"/>
+      <c r="N20" s="45"/>
+      <c r="O20" s="45"/>
+      <c r="P20" s="42"/>
+      <c r="Q20" s="47"/>
+      <c r="R20" s="48"/>
+      <c r="S20" s="48"/>
+      <c r="T20" s="48"/>
+    </row>
+    <row r="21" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B21" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C21" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="D21" s="13"/>
+      <c r="E21" s="22">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="F21" s="21"/>
+      <c r="G21" s="22">
+        <v>4.1963010568854021E-2</v>
+      </c>
+      <c r="H21" s="22">
+        <v>-0.65877439691251494</v>
+      </c>
+      <c r="I21" s="21"/>
+      <c r="J21" s="23">
+        <v>0.55214487590597394</v>
+      </c>
+      <c r="K21" s="43"/>
+      <c r="L21" s="44"/>
+      <c r="M21" s="45"/>
+      <c r="N21" s="45"/>
+      <c r="O21" s="45"/>
+      <c r="P21" s="42"/>
+      <c r="Q21" s="47"/>
+      <c r="R21" s="48"/>
+      <c r="S21" s="48"/>
+      <c r="T21" s="48"/>
+    </row>
+    <row r="22" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C22" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D22" s="13"/>
+      <c r="E22" s="22">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="F22" s="21"/>
+      <c r="G22" s="22">
+        <v>2.9068273710275178E-2</v>
+      </c>
+      <c r="H22" s="22">
+        <v>1.7604555301049495E-2</v>
+      </c>
+      <c r="I22" s="21"/>
+      <c r="J22" s="23">
+        <v>1.0023542658715578</v>
+      </c>
+      <c r="K22" s="43"/>
+      <c r="L22" s="44"/>
+      <c r="M22" s="45"/>
+      <c r="N22" s="45"/>
+      <c r="O22" s="45"/>
+      <c r="P22" s="42"/>
+      <c r="Q22" s="47"/>
+      <c r="R22" s="48"/>
+      <c r="S22" s="48"/>
+      <c r="T22" s="48"/>
+    </row>
+    <row r="23" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="C23" s="29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" s="30"/>
+      <c r="E23" s="89">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="F23" s="30"/>
+      <c r="G23" s="89">
+        <v>4.3533320679730848E-2</v>
+      </c>
+      <c r="H23" s="31">
+        <v>-8.7149370095922052E-2</v>
+      </c>
+      <c r="I23" s="31"/>
+      <c r="J23" s="32">
+        <v>1.0124028065053687</v>
+      </c>
+      <c r="K23" s="43"/>
+      <c r="L23" s="44"/>
+      <c r="M23" s="45"/>
+      <c r="N23" s="45"/>
+      <c r="O23" s="45"/>
+      <c r="P23" s="42"/>
+      <c r="Q23" s="47"/>
+      <c r="R23" s="48"/>
+      <c r="S23" s="48"/>
+      <c r="T23" s="48"/>
+    </row>
+    <row r="24" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="51" t="s">
+        <v>13</v>
+      </c>
+      <c r="C24" s="52"/>
+      <c r="D24" s="52"/>
+      <c r="E24" s="52"/>
+      <c r="F24" s="52"/>
+      <c r="G24" s="52"/>
+      <c r="H24" s="52"/>
+      <c r="I24" s="52"/>
+      <c r="J24" s="40"/>
+      <c r="K24" s="43"/>
+      <c r="L24" s="44"/>
+      <c r="M24" s="45"/>
+      <c r="N24" s="45"/>
+      <c r="P24" s="47"/>
+      <c r="Q24" s="47"/>
+      <c r="R24" s="48"/>
+      <c r="S24" s="48"/>
+      <c r="T24" s="48"/>
+    </row>
+    <row r="25" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B25" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="C25" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="D25" s="21"/>
+      <c r="E25" s="22">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="F25" s="21"/>
+      <c r="G25" s="22">
+        <v>4.1128684051501323E-2</v>
+      </c>
+      <c r="H25" s="22">
+        <v>-0.6122254743898492</v>
+      </c>
+      <c r="I25" s="21"/>
+      <c r="J25" s="23">
+        <v>0.57123172293751845</v>
+      </c>
+      <c r="K25" s="43"/>
+      <c r="L25" s="44"/>
+      <c r="M25" s="45"/>
+      <c r="N25" s="45"/>
+      <c r="O25" s="45"/>
+      <c r="P25" s="42"/>
+      <c r="Q25" s="47"/>
+      <c r="R25" s="48"/>
+      <c r="S25" s="48"/>
+      <c r="T25" s="48"/>
+    </row>
+    <row r="26" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B26" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C26" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D26" s="13"/>
+      <c r="E26" s="22">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="F26" s="21"/>
+      <c r="G26" s="22">
+        <v>3.9373223406422055E-2</v>
+      </c>
+      <c r="H26" s="22">
+        <v>-0.60864446532261984</v>
+      </c>
+      <c r="I26" s="21"/>
+      <c r="J26" s="23">
+        <v>0.57062642618002968</v>
+      </c>
+      <c r="K26" s="43"/>
+      <c r="L26" s="44"/>
+      <c r="M26" s="45"/>
+      <c r="N26" s="45"/>
+      <c r="O26" s="45"/>
+      <c r="P26" s="42"/>
+      <c r="Q26" s="47"/>
+      <c r="R26" s="48"/>
+      <c r="S26" s="48"/>
+      <c r="T26" s="48"/>
+    </row>
+    <row r="27" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="C27" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="D27" s="13"/>
+      <c r="E27" s="22">
+        <v>2.9499999999999998E-2</v>
+      </c>
+      <c r="F27" s="21"/>
+      <c r="G27" s="22">
+        <v>2.9414916749874186E-2</v>
+      </c>
+      <c r="H27" s="22">
+        <v>1.7985415395217547E-2</v>
+      </c>
+      <c r="I27" s="21"/>
+      <c r="J27" s="23">
+        <v>0.99711582202963345</v>
+      </c>
+      <c r="K27" s="43"/>
+      <c r="L27" s="44"/>
+      <c r="M27" s="45"/>
+      <c r="N27" s="45"/>
+      <c r="O27" s="45"/>
+      <c r="P27" s="42"/>
+      <c r="Q27" s="47"/>
+      <c r="R27" s="48"/>
+      <c r="S27" s="48"/>
+      <c r="T27" s="48"/>
+    </row>
+    <row r="28" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="28" t="s">
+        <v>15</v>
+      </c>
+      <c r="C28" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="D28" s="30"/>
+      <c r="E28" s="89">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="F28" s="30"/>
+      <c r="G28" s="89">
+        <v>4.2116829991671961E-2</v>
+      </c>
+      <c r="H28" s="31">
+        <v>-0.10629490800685742</v>
+      </c>
+      <c r="I28" s="31"/>
+      <c r="J28" s="32">
+        <v>1.00278166646838</v>
+      </c>
+      <c r="K28" s="43"/>
+      <c r="L28" s="44"/>
+      <c r="M28" s="45"/>
+      <c r="N28" s="45"/>
+      <c r="O28" s="45"/>
+      <c r="P28" s="42"/>
+      <c r="Q28" s="47"/>
+      <c r="R28" s="48"/>
+      <c r="S28" s="48"/>
+      <c r="T28" s="48"/>
+    </row>
+    <row r="29" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="51" t="s">
+        <v>22</v>
+      </c>
+      <c r="C29" s="52"/>
+      <c r="D29" s="52"/>
+      <c r="E29" s="52"/>
+      <c r="F29" s="52"/>
+      <c r="G29" s="52"/>
+      <c r="H29" s="52"/>
+      <c r="I29" s="52"/>
+      <c r="J29" s="40"/>
+      <c r="K29" s="43"/>
+      <c r="L29" s="44"/>
+      <c r="M29" s="45"/>
+      <c r="N29" s="45"/>
+      <c r="P29" s="47"/>
+      <c r="Q29" s="47"/>
+      <c r="R29" s="48"/>
+      <c r="S29" s="48"/>
+      <c r="T29" s="48"/>
+    </row>
+    <row r="30" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B30" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="C30" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="D30" s="21"/>
+      <c r="E30" s="22">
+        <v>6.5500000000000003E-2</v>
+      </c>
+      <c r="F30" s="21"/>
+      <c r="G30" s="22">
+        <v>3.3758796505614842E-2</v>
+      </c>
+      <c r="H30" s="22">
+        <v>-0.76162522917808617</v>
+      </c>
+      <c r="I30" s="21"/>
+      <c r="J30" s="23">
+        <v>0.51540147336816555</v>
+      </c>
+      <c r="K30" s="43"/>
+      <c r="L30" s="44"/>
+      <c r="M30" s="45"/>
+      <c r="N30" s="45"/>
+      <c r="O30" s="45"/>
+      <c r="P30" s="42"/>
+      <c r="Q30" s="47"/>
+      <c r="R30" s="48"/>
+      <c r="S30" s="48"/>
+      <c r="T30" s="48"/>
+    </row>
+    <row r="31" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B31" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C31" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D31" s="13"/>
+      <c r="E31" s="22">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="F31" s="21"/>
+      <c r="G31" s="22">
+        <v>3.3293850151396777E-2</v>
+      </c>
+      <c r="H31" s="22">
+        <v>-0.71093983059553434</v>
+      </c>
+      <c r="I31" s="21"/>
+      <c r="J31" s="23">
+        <v>0.52021640861557461</v>
+      </c>
+      <c r="K31" s="43"/>
+      <c r="L31" s="44"/>
+      <c r="M31" s="45"/>
+      <c r="N31" s="45"/>
+      <c r="O31" s="45"/>
+      <c r="P31" s="42"/>
+      <c r="Q31" s="47"/>
+      <c r="R31" s="48"/>
+      <c r="S31" s="48"/>
+      <c r="T31" s="48"/>
+    </row>
+    <row r="32" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B32" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="C32" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D32" s="13"/>
+      <c r="E32" s="22">
+        <v>6.6500000000000004E-2</v>
+      </c>
+      <c r="F32" s="21"/>
+      <c r="G32" s="22">
+        <v>3.5792201739933055E-2</v>
+      </c>
+      <c r="H32" s="22">
+        <v>-0.71892097453825976</v>
+      </c>
+      <c r="I32" s="21"/>
+      <c r="J32" s="23">
+        <v>0.53822859759297825</v>
+      </c>
+      <c r="K32" s="43"/>
+      <c r="L32" s="44"/>
+      <c r="M32" s="45"/>
+      <c r="N32" s="45"/>
+      <c r="O32" s="45"/>
+      <c r="P32" s="42"/>
+      <c r="Q32" s="47"/>
+      <c r="R32" s="48"/>
+      <c r="S32" s="48"/>
+      <c r="T32" s="48"/>
+    </row>
+    <row r="33" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C33" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="13"/>
+      <c r="E33" s="22">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="F33" s="21"/>
+      <c r="G33" s="22">
+        <v>2.9607820853027971E-2</v>
+      </c>
+      <c r="H33" s="22">
+        <v>-0.78255939462262269</v>
+      </c>
+      <c r="I33" s="21"/>
+      <c r="J33" s="23">
+        <v>0.48537411234472083</v>
+      </c>
+      <c r="K33" s="43"/>
+      <c r="L33" s="44"/>
+      <c r="M33" s="45"/>
+      <c r="N33" s="45"/>
+      <c r="O33" s="45"/>
+      <c r="P33" s="42"/>
+      <c r="Q33" s="47"/>
+      <c r="R33" s="48"/>
+      <c r="S33" s="48"/>
+      <c r="T33" s="48"/>
+    </row>
+    <row r="34" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C34" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="D34" s="13"/>
+      <c r="E34" s="22">
+        <v>7.85E-2</v>
+      </c>
+      <c r="F34" s="21"/>
+      <c r="G34" s="22">
+        <v>3.3978755132191736E-2</v>
+      </c>
+      <c r="H34" s="22">
+        <v>-0.88276894151829011</v>
+      </c>
+      <c r="I34" s="21"/>
+      <c r="J34" s="23">
+        <v>0.43285038384957625</v>
+      </c>
+      <c r="K34" s="43"/>
+      <c r="L34" s="44"/>
+      <c r="M34" s="45"/>
+      <c r="N34" s="45"/>
+      <c r="O34" s="45"/>
+      <c r="P34" s="42"/>
+      <c r="Q34" s="47"/>
+      <c r="R34" s="48"/>
+      <c r="S34" s="48"/>
+      <c r="T34" s="48"/>
+    </row>
+    <row r="35" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B35" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="C35" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="D35" s="13"/>
+      <c r="E35" s="22">
+        <v>7.8E-2</v>
+      </c>
+      <c r="F35" s="21"/>
+      <c r="G35" s="22">
+        <v>3.7513738272668219E-2</v>
+      </c>
+      <c r="H35" s="22">
+        <v>-0.76284311298796215</v>
+      </c>
+      <c r="I35" s="21"/>
+      <c r="J35" s="23">
+        <v>0.48094536247010539</v>
+      </c>
+      <c r="K35" s="43"/>
+      <c r="L35" s="44"/>
+      <c r="M35" s="45"/>
+      <c r="N35" s="45"/>
+      <c r="O35" s="45"/>
+      <c r="P35" s="42"/>
+      <c r="Q35" s="47"/>
+      <c r="R35" s="48"/>
+      <c r="S35" s="48"/>
+      <c r="T35" s="48"/>
+    </row>
+    <row r="36" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B36" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C36" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D36" s="13"/>
+      <c r="E36" s="22">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="F36" s="21"/>
+      <c r="G36" s="22">
+        <v>3.5903884818527722E-2</v>
+      </c>
+      <c r="H36" s="22">
+        <v>-0.6698916997593285</v>
+      </c>
+      <c r="I36" s="21"/>
+      <c r="J36" s="23">
+        <v>0.55236745874658033</v>
+      </c>
+      <c r="K36" s="43"/>
+      <c r="L36" s="44"/>
+      <c r="M36" s="45"/>
+      <c r="N36" s="45"/>
+      <c r="O36" s="45"/>
+      <c r="P36" s="42"/>
+      <c r="Q36" s="47"/>
+      <c r="R36" s="48"/>
+      <c r="S36" s="48"/>
+      <c r="T36" s="48"/>
+    </row>
+    <row r="37" spans="2:20" s="46" customFormat="1" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B37" s="28"/>
+      <c r="C37" s="29"/>
+      <c r="D37" s="30"/>
+      <c r="E37" s="31"/>
+      <c r="F37" s="30"/>
+      <c r="G37" s="31"/>
+      <c r="H37" s="31"/>
+      <c r="I37" s="30"/>
+      <c r="J37" s="32"/>
+      <c r="K37" s="43"/>
+      <c r="L37" s="44"/>
+      <c r="M37" s="45"/>
+      <c r="N37" s="45"/>
+      <c r="Q37" s="47"/>
+      <c r="R37" s="48"/>
+      <c r="S37" s="48"/>
+      <c r="T37" s="48"/>
+    </row>
+    <row r="38" spans="2:20" s="46" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="53"/>
+      <c r="C38" s="53"/>
+      <c r="E38" s="54"/>
+      <c r="G38" s="54"/>
+      <c r="H38" s="54"/>
+      <c r="J38" s="55"/>
+      <c r="K38" s="43"/>
+      <c r="L38" s="44"/>
+      <c r="M38" s="45"/>
+      <c r="N38" s="45"/>
+      <c r="Q38" s="47"/>
+      <c r="R38" s="48"/>
+      <c r="S38" s="48"/>
+      <c r="T38" s="48"/>
+    </row>
+    <row r="39" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="56"/>
+      <c r="C39" s="56"/>
+      <c r="D39" s="56"/>
+      <c r="E39" s="57"/>
+      <c r="F39" s="56"/>
+      <c r="G39" s="57"/>
+      <c r="H39" s="56"/>
+      <c r="I39" s="56"/>
+      <c r="J39" s="56"/>
+      <c r="K39" s="58"/>
+      <c r="L39" s="44"/>
+      <c r="M39" s="45"/>
+    </row>
+    <row r="40" spans="2:20" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B40" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C40" s="56"/>
+      <c r="D40" s="57"/>
+      <c r="E40" s="56"/>
+      <c r="F40" s="57"/>
+      <c r="G40" s="105"/>
+      <c r="H40" s="105"/>
+      <c r="I40" s="105"/>
+      <c r="J40" s="105"/>
+      <c r="K40" s="10"/>
+      <c r="L40" s="44"/>
+      <c r="M40" s="45"/>
+    </row>
+    <row r="41" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B41" s="56"/>
+      <c r="C41" s="56"/>
+      <c r="D41" s="57"/>
+      <c r="E41" s="59"/>
+      <c r="F41" s="57"/>
+      <c r="G41" s="106"/>
+      <c r="H41" s="106"/>
+      <c r="I41" s="56"/>
+      <c r="J41" s="58"/>
+      <c r="K41" s="10"/>
+      <c r="L41" s="44"/>
+      <c r="M41" s="45"/>
+    </row>
+    <row r="42" spans="2:20" ht="45" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B42" s="2"/>
+      <c r="C42" s="3"/>
+      <c r="D42" s="4"/>
+      <c r="E42" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F42" s="6"/>
+      <c r="G42" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H42" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="I42" s="8"/>
+      <c r="J42" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="K42" s="10"/>
+      <c r="L42" s="44"/>
+      <c r="M42" s="45"/>
+    </row>
+    <row r="43" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="C43" s="15"/>
+      <c r="D43" s="16"/>
+      <c r="E43" s="17"/>
+      <c r="F43" s="16"/>
+      <c r="G43" s="17"/>
+      <c r="H43" s="17"/>
+      <c r="I43" s="17"/>
+      <c r="J43" s="18"/>
+      <c r="K43" s="10"/>
+      <c r="L43" s="44"/>
+      <c r="M43" s="45"/>
+    </row>
+    <row r="44" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B44" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C44" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="D44" s="13"/>
+      <c r="E44" s="22">
+        <v>6.25E-2</v>
+      </c>
+      <c r="F44" s="21"/>
+      <c r="G44" s="22">
+        <v>4.512553250972199E-2</v>
+      </c>
+      <c r="H44" s="22">
+        <v>-9.484449821011616E-2</v>
+      </c>
+      <c r="I44" s="22"/>
+      <c r="J44" s="23">
+        <v>0.72200852015555184</v>
+      </c>
+      <c r="K44" s="10"/>
+      <c r="L44" s="44"/>
+      <c r="M44" s="45"/>
+      <c r="N44" s="45"/>
+      <c r="O44" s="45"/>
+      <c r="P44" s="42"/>
+      <c r="Q44" s="47"/>
+      <c r="R44" s="48"/>
+      <c r="S44" s="48"/>
+    </row>
+    <row r="45" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B45" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="C45" s="29" t="s">
+        <v>59</v>
+      </c>
+      <c r="D45" s="30"/>
+      <c r="E45" s="89">
+        <v>0.1565</v>
+      </c>
+      <c r="F45" s="30"/>
+      <c r="G45" s="89">
+        <v>0.10398455008187547</v>
+      </c>
+      <c r="H45" s="31">
+        <v>-0.26136412111649243</v>
+      </c>
+      <c r="I45" s="31"/>
+      <c r="J45" s="32">
+        <v>0.66443801969249505</v>
+      </c>
+      <c r="K45" s="10"/>
+      <c r="L45" s="44"/>
+      <c r="M45" s="45"/>
+      <c r="N45" s="45"/>
+      <c r="O45" s="45"/>
+      <c r="P45" s="42"/>
+      <c r="Q45" s="47"/>
+      <c r="R45" s="48"/>
+      <c r="S45" s="48"/>
+    </row>
+    <row r="46" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B46" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C46" s="15"/>
+      <c r="D46" s="16"/>
+      <c r="E46" s="17"/>
+      <c r="F46" s="16"/>
+      <c r="G46" s="17"/>
+      <c r="H46" s="17"/>
+      <c r="I46" s="17"/>
+      <c r="J46" s="18"/>
+      <c r="K46" s="10"/>
+      <c r="L46" s="44"/>
+      <c r="M46" s="45"/>
+    </row>
+    <row r="47" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B47" s="28" t="s">
+        <v>79</v>
+      </c>
+      <c r="C47" s="29" t="s">
+        <v>52</v>
+      </c>
+      <c r="D47" s="30"/>
+      <c r="E47" s="26">
+        <v>9.6500000000000002E-2</v>
+      </c>
+      <c r="F47" s="24"/>
+      <c r="G47" s="26">
+        <v>8.2829867875394314E-2</v>
+      </c>
+      <c r="H47" s="25">
+        <v>-0.21060628082507593</v>
+      </c>
+      <c r="I47" s="25"/>
+      <c r="J47" s="27">
+        <v>0.85834059974501875</v>
+      </c>
+      <c r="K47" s="10"/>
+      <c r="L47" s="44"/>
+      <c r="M47" s="45"/>
+      <c r="N47" s="45"/>
+      <c r="O47" s="45"/>
+      <c r="P47" s="42"/>
+      <c r="Q47" s="47"/>
+      <c r="R47" s="48"/>
+      <c r="S47" s="48"/>
+    </row>
+    <row r="48" spans="2:20" x14ac:dyDescent="0.2">
+      <c r="B48" s="56"/>
+      <c r="C48" s="56"/>
+      <c r="D48" s="57"/>
+      <c r="E48" s="86"/>
+      <c r="F48" s="57"/>
+      <c r="G48" s="57"/>
+      <c r="H48" s="57"/>
+      <c r="I48" s="57"/>
+      <c r="J48" s="57"/>
+      <c r="K48" s="10"/>
+    </row>
+    <row r="49" spans="2:20" s="61" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B49" s="94" t="s">
+        <v>63</v>
+      </c>
+      <c r="C49" s="94"/>
+      <c r="D49" s="94"/>
+      <c r="E49" s="94"/>
+      <c r="F49" s="94"/>
+      <c r="G49" s="94"/>
+      <c r="H49" s="94"/>
+      <c r="I49" s="94"/>
+      <c r="J49" s="94"/>
+      <c r="K49" s="64"/>
+      <c r="L49" s="65"/>
+      <c r="M49" s="66"/>
+      <c r="N49" s="66"/>
+      <c r="Q49" s="67"/>
+      <c r="R49" s="66"/>
+      <c r="S49" s="66"/>
+      <c r="T49" s="66"/>
+    </row>
+    <row r="50" spans="2:20" s="61" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="93" t="s">
+        <v>57</v>
+      </c>
+      <c r="C50" s="93"/>
+      <c r="D50" s="93"/>
+      <c r="E50" s="93"/>
+      <c r="F50" s="93"/>
+      <c r="G50" s="93"/>
+      <c r="H50" s="93"/>
+      <c r="I50" s="93"/>
+      <c r="J50" s="93"/>
+      <c r="K50" s="64"/>
+      <c r="L50" s="65"/>
+      <c r="M50" s="66"/>
+      <c r="N50" s="66"/>
+      <c r="Q50" s="67"/>
+      <c r="R50" s="66"/>
+      <c r="S50" s="66"/>
+      <c r="T50" s="66"/>
+    </row>
+    <row r="51" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="93" t="s">
+        <v>49</v>
+      </c>
+      <c r="C51" s="93"/>
+      <c r="D51" s="93"/>
+      <c r="E51" s="93"/>
+      <c r="F51" s="93"/>
+      <c r="G51" s="93"/>
+      <c r="H51" s="93"/>
+      <c r="I51" s="93"/>
+      <c r="J51" s="93"/>
+      <c r="K51" s="64"/>
+      <c r="L51" s="65"/>
+      <c r="M51" s="66"/>
+      <c r="N51" s="66"/>
+      <c r="Q51" s="67"/>
+      <c r="R51" s="66"/>
+      <c r="S51" s="66"/>
+      <c r="T51" s="66"/>
+    </row>
+    <row r="52" spans="2:20" s="61" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="94" t="s">
+        <v>66</v>
+      </c>
+      <c r="C52" s="94"/>
+      <c r="D52" s="94"/>
+      <c r="E52" s="94"/>
+      <c r="F52" s="94"/>
+      <c r="G52" s="94"/>
+      <c r="H52" s="94"/>
+      <c r="I52" s="94"/>
+      <c r="J52" s="94"/>
+      <c r="K52" s="64"/>
+      <c r="L52" s="65"/>
+      <c r="M52" s="66"/>
+      <c r="N52" s="66"/>
+      <c r="Q52" s="67"/>
+      <c r="R52" s="66"/>
+      <c r="S52" s="66"/>
+      <c r="T52" s="66"/>
+    </row>
+    <row r="53" spans="2:20" s="61" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="94"/>
+      <c r="C53" s="94"/>
+      <c r="D53" s="94"/>
+      <c r="E53" s="94"/>
+      <c r="F53" s="94"/>
+      <c r="G53" s="94"/>
+      <c r="H53" s="94"/>
+      <c r="I53" s="94"/>
+      <c r="J53" s="94"/>
+      <c r="K53" s="64"/>
+      <c r="L53" s="65"/>
+      <c r="M53" s="66"/>
+      <c r="N53" s="66"/>
+      <c r="Q53" s="67"/>
+      <c r="R53" s="66"/>
+      <c r="S53" s="66"/>
+      <c r="T53" s="66"/>
+    </row>
+    <row r="54" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B54" s="94"/>
+      <c r="C54" s="94"/>
+      <c r="D54" s="94"/>
+      <c r="E54" s="94"/>
+      <c r="F54" s="94"/>
+      <c r="G54" s="94"/>
+      <c r="H54" s="94"/>
+      <c r="I54" s="94"/>
+      <c r="J54" s="94"/>
+      <c r="K54" s="64"/>
+      <c r="L54" s="65"/>
+      <c r="M54" s="66"/>
+      <c r="N54" s="66"/>
+      <c r="Q54" s="67"/>
+      <c r="R54" s="66"/>
+      <c r="S54" s="66"/>
+      <c r="T54" s="66"/>
+    </row>
+    <row r="55" spans="2:20" x14ac:dyDescent="0.2">
+      <c r="B55" s="60" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="56" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B56" s="60"/>
+      <c r="C56" s="60"/>
+      <c r="E56" s="62"/>
+      <c r="G56" s="62"/>
+      <c r="H56" s="62"/>
+      <c r="J56" s="63"/>
+      <c r="K56" s="64"/>
+      <c r="L56" s="65"/>
+      <c r="M56" s="66"/>
+      <c r="N56" s="66"/>
+      <c r="Q56" s="67"/>
+      <c r="R56" s="66"/>
+      <c r="S56" s="66"/>
+      <c r="T56" s="66"/>
+    </row>
+    <row r="57" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B57" s="92" t="s">
+        <v>53</v>
+      </c>
+      <c r="C57" s="92"/>
+      <c r="D57" s="92"/>
+      <c r="E57" s="92"/>
+      <c r="F57" s="92"/>
+      <c r="G57" s="92"/>
+      <c r="H57" s="92"/>
+      <c r="I57" s="92"/>
+      <c r="J57" s="92"/>
+      <c r="K57" s="64"/>
+      <c r="L57" s="65"/>
+      <c r="M57" s="66"/>
+      <c r="N57" s="66"/>
+      <c r="Q57" s="67"/>
+      <c r="R57" s="66"/>
+      <c r="S57" s="66"/>
+      <c r="T57" s="66"/>
+    </row>
+    <row r="58" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B58" s="92"/>
+      <c r="C58" s="92"/>
+      <c r="D58" s="92"/>
+      <c r="E58" s="92"/>
+      <c r="F58" s="92"/>
+      <c r="G58" s="92"/>
+      <c r="H58" s="92"/>
+      <c r="I58" s="92"/>
+      <c r="J58" s="92"/>
+      <c r="K58" s="64"/>
+      <c r="L58" s="65"/>
+      <c r="M58" s="66"/>
+      <c r="N58" s="66"/>
+      <c r="Q58" s="67"/>
+      <c r="R58" s="66"/>
+      <c r="S58" s="66"/>
+      <c r="T58" s="66"/>
+    </row>
+    <row r="59" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B59" s="92"/>
+      <c r="C59" s="92"/>
+      <c r="D59" s="92"/>
+      <c r="E59" s="92"/>
+      <c r="F59" s="92"/>
+      <c r="G59" s="92"/>
+      <c r="H59" s="92"/>
+      <c r="I59" s="92"/>
+      <c r="J59" s="92"/>
+      <c r="K59" s="64"/>
+      <c r="L59" s="65"/>
+      <c r="M59" s="66"/>
+      <c r="N59" s="66"/>
+      <c r="Q59" s="67"/>
+      <c r="R59" s="66"/>
+      <c r="S59" s="66"/>
+      <c r="T59" s="66"/>
+    </row>
+    <row r="60" spans="2:20" s="61" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B60" s="92"/>
+      <c r="C60" s="92"/>
+      <c r="D60" s="92"/>
+      <c r="E60" s="92"/>
+      <c r="F60" s="92"/>
+      <c r="G60" s="92"/>
+      <c r="H60" s="92"/>
+      <c r="I60" s="92"/>
+      <c r="J60" s="92"/>
+      <c r="K60" s="64"/>
+      <c r="L60" s="65"/>
+      <c r="M60" s="66"/>
+      <c r="N60" s="66"/>
+      <c r="Q60" s="67"/>
+      <c r="R60" s="66"/>
+      <c r="S60" s="66"/>
+      <c r="T60" s="66"/>
+    </row>
+    <row r="61" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B61" s="74" t="s">
+        <v>46</v>
+      </c>
+      <c r="C61" s="77"/>
+      <c r="D61" s="77"/>
+      <c r="E61" s="77"/>
+      <c r="F61" s="77"/>
+      <c r="G61" s="77"/>
+      <c r="H61" s="77"/>
+      <c r="I61" s="77"/>
+      <c r="J61" s="77"/>
+      <c r="K61" s="64"/>
+      <c r="L61" s="65"/>
+      <c r="M61" s="66"/>
+      <c r="N61" s="66"/>
+      <c r="Q61" s="67"/>
+      <c r="R61" s="66"/>
+      <c r="S61" s="66"/>
+      <c r="T61" s="66"/>
+    </row>
+    <row r="62" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B62" s="92" t="s">
+        <v>50</v>
+      </c>
+      <c r="C62" s="92"/>
+      <c r="D62" s="92"/>
+      <c r="E62" s="92"/>
+      <c r="F62" s="92"/>
+      <c r="G62" s="92"/>
+      <c r="H62" s="92"/>
+      <c r="I62" s="92"/>
+      <c r="J62" s="92"/>
+      <c r="K62" s="64"/>
+      <c r="L62" s="65"/>
+      <c r="M62" s="66"/>
+      <c r="N62" s="66"/>
+      <c r="Q62" s="67"/>
+      <c r="R62" s="66"/>
+      <c r="S62" s="66"/>
+      <c r="T62" s="66"/>
+    </row>
+    <row r="63" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B63" s="92"/>
+      <c r="C63" s="92"/>
+      <c r="D63" s="92"/>
+      <c r="E63" s="92"/>
+      <c r="F63" s="92"/>
+      <c r="G63" s="92"/>
+      <c r="H63" s="92"/>
+      <c r="I63" s="92"/>
+      <c r="J63" s="92"/>
+      <c r="K63" s="64"/>
+      <c r="L63" s="65"/>
+      <c r="M63" s="66"/>
+      <c r="N63" s="66"/>
+      <c r="Q63" s="67"/>
+      <c r="R63" s="66"/>
+      <c r="S63" s="66"/>
+      <c r="T63" s="66"/>
+    </row>
+    <row r="64" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B64" s="92"/>
+      <c r="C64" s="92"/>
+      <c r="D64" s="92"/>
+      <c r="E64" s="92"/>
+      <c r="F64" s="92"/>
+      <c r="G64" s="92"/>
+      <c r="H64" s="92"/>
+      <c r="I64" s="92"/>
+      <c r="J64" s="92"/>
+      <c r="K64" s="64"/>
+      <c r="L64" s="65"/>
+      <c r="M64" s="66"/>
+      <c r="N64" s="66"/>
+      <c r="Q64" s="67"/>
+      <c r="R64" s="66"/>
+      <c r="S64" s="66"/>
+      <c r="T64" s="66"/>
+    </row>
+    <row r="65" spans="2:14" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B65" s="75"/>
+      <c r="C65" s="78"/>
+      <c r="D65" s="78"/>
+      <c r="E65" s="78"/>
+      <c r="F65" s="78"/>
+      <c r="G65" s="78"/>
+      <c r="H65" s="78"/>
+      <c r="I65" s="78"/>
+      <c r="J65" s="78"/>
+      <c r="K65" s="64"/>
+      <c r="L65" s="65"/>
+      <c r="M65" s="66"/>
+      <c r="N65" s="66"/>
+    </row>
+    <row r="66" spans="2:14" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B66" s="76" t="s">
+        <v>42</v>
+      </c>
+      <c r="C66" s="79"/>
+      <c r="D66" s="79"/>
+      <c r="E66" s="79"/>
+      <c r="F66" s="80"/>
+      <c r="G66" s="80"/>
+      <c r="H66" s="80"/>
+      <c r="I66" s="80"/>
+      <c r="J66" s="80"/>
+      <c r="K66" s="64"/>
+      <c r="L66" s="65"/>
+      <c r="M66" s="66"/>
+      <c r="N66" s="66"/>
+    </row>
+    <row r="67" spans="2:14" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B67" s="76"/>
+      <c r="C67" s="79"/>
+      <c r="D67" s="79"/>
+      <c r="E67" s="79"/>
+      <c r="F67" s="80"/>
+      <c r="G67" s="80"/>
+      <c r="H67" s="80"/>
+      <c r="I67" s="80"/>
+      <c r="J67" s="80"/>
+      <c r="K67" s="64"/>
+      <c r="L67" s="65"/>
+      <c r="M67" s="66"/>
+      <c r="N67" s="66"/>
+    </row>
+    <row r="68" spans="2:14" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B68" s="91">
+        <v>5074783</v>
+      </c>
+      <c r="C68" s="71"/>
+      <c r="D68" s="71"/>
+      <c r="E68" s="71"/>
+      <c r="F68" s="71"/>
+      <c r="G68" s="71"/>
+      <c r="H68" s="71"/>
+      <c r="I68" s="71"/>
+      <c r="J68" s="71"/>
+      <c r="K68" s="68"/>
+    </row>
+    <row r="69" spans="2:14" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B69" s="69"/>
+      <c r="C69" s="69"/>
+      <c r="D69" s="69"/>
+      <c r="E69" s="69"/>
+      <c r="F69" s="69"/>
+      <c r="G69" s="69"/>
+      <c r="H69" s="69"/>
+      <c r="I69" s="69"/>
+      <c r="J69" s="69"/>
+      <c r="K69" s="70"/>
+    </row>
+    <row r="70" spans="2:14" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B70" s="69"/>
+      <c r="C70" s="69"/>
+      <c r="D70" s="69"/>
+      <c r="E70" s="69"/>
+      <c r="F70" s="69"/>
+      <c r="G70" s="69"/>
+      <c r="H70" s="69"/>
+      <c r="I70" s="69"/>
+      <c r="J70" s="69"/>
+      <c r="K70" s="70"/>
+    </row>
+  </sheetData>
+  <mergeCells count="13">
+    <mergeCell ref="B62:J64"/>
+    <mergeCell ref="B50:J50"/>
+    <mergeCell ref="B51:J51"/>
+    <mergeCell ref="B52:J52"/>
+    <mergeCell ref="B53:J53"/>
+    <mergeCell ref="B54:J54"/>
+    <mergeCell ref="B57:J60"/>
+    <mergeCell ref="B49:J49"/>
+    <mergeCell ref="G1:J2"/>
+    <mergeCell ref="B2:F2"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="G40:J40"/>
+    <mergeCell ref="G41:H41"/>
+  </mergeCells>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="38" max="10" man="1"/>
+  </rowBreaks>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{87E0E567-3F24-45C1-9762-D2F53516E147}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="B1:T70"/>
+  <sheetViews>
+    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A33" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
+    <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
+    <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
+    <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
+    <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
+    <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
+    <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
+    <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
+    <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
+    <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
+    <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
+    <col min="13" max="13" width="16" style="10" customWidth="1"/>
+    <col min="14" max="14" width="11.85546875" style="10" customWidth="1"/>
+    <col min="15" max="15" width="26.28515625" style="10" customWidth="1"/>
+    <col min="16" max="16" width="9.28515625" style="10" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="9.7109375" style="10" customWidth="1"/>
+    <col min="18" max="18" width="9.140625" style="10"/>
+    <col min="19" max="19" width="7.140625" style="10" bestFit="1" customWidth="1"/>
+    <col min="20" max="16384" width="9.140625" style="10"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:20" ht="40.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B1" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="C1" s="35"/>
+      <c r="D1" s="36"/>
+      <c r="E1" s="35"/>
+      <c r="F1" s="73"/>
+      <c r="G1" s="95"/>
+      <c r="H1" s="96"/>
+      <c r="I1" s="96"/>
+      <c r="J1" s="97"/>
+    </row>
+    <row r="2" spans="2:20" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="101">
+        <v>45961</v>
+      </c>
+      <c r="C2" s="102"/>
+      <c r="D2" s="102"/>
+      <c r="E2" s="102"/>
+      <c r="F2" s="103"/>
+      <c r="G2" s="98"/>
+      <c r="H2" s="99"/>
+      <c r="I2" s="99"/>
+      <c r="J2" s="100"/>
+    </row>
+    <row r="3" spans="2:20" x14ac:dyDescent="0.2">
+      <c r="E3" s="34"/>
+      <c r="G3" s="34"/>
+      <c r="H3" s="34"/>
+      <c r="J3" s="34"/>
+      <c r="L3" s="34"/>
+      <c r="M3" s="34"/>
+      <c r="N3" s="34"/>
+      <c r="O3" s="34"/>
+    </row>
+    <row r="4" spans="2:20" ht="18" x14ac:dyDescent="0.25">
+      <c r="B4" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="E4"/>
+      <c r="G4" s="34"/>
+      <c r="H4" s="34"/>
+      <c r="J4" s="34"/>
+      <c r="L4" s="34"/>
+      <c r="M4" s="34"/>
+      <c r="N4" s="34"/>
+      <c r="O4" s="34"/>
+    </row>
+    <row r="5" spans="2:20" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="C5" s="82"/>
+      <c r="D5" s="30"/>
+      <c r="E5" s="83"/>
+      <c r="F5" s="84"/>
+      <c r="G5" s="104"/>
+      <c r="H5" s="104"/>
+      <c r="I5" s="84"/>
+      <c r="J5" s="85"/>
+      <c r="L5" s="34"/>
+      <c r="M5" s="34"/>
+      <c r="N5" s="34"/>
+      <c r="O5" s="34"/>
+    </row>
+    <row r="6" spans="2:20" ht="73.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="81"/>
+      <c r="C6" s="3"/>
+      <c r="D6" s="4"/>
+      <c r="E6" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" s="6"/>
+      <c r="G6" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="I6" s="6"/>
+      <c r="J6" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="L6" s="34"/>
+      <c r="M6" s="34"/>
+      <c r="N6" s="34"/>
+      <c r="O6" s="34"/>
+    </row>
+    <row r="7" spans="2:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="C7" s="38"/>
+      <c r="D7" s="38"/>
+      <c r="E7" s="39"/>
+      <c r="F7" s="39"/>
+      <c r="G7" s="39"/>
+      <c r="H7" s="39"/>
+      <c r="I7" s="39"/>
+      <c r="J7" s="40"/>
+      <c r="L7" s="41"/>
+      <c r="M7" s="34"/>
+      <c r="N7" s="34"/>
+      <c r="O7" s="34"/>
+      <c r="P7" s="42"/>
+    </row>
+    <row r="8" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B8" s="87" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" s="21"/>
+      <c r="E8" s="22">
+        <v>7.0499999999999993E-2</v>
+      </c>
+      <c r="F8" s="21"/>
+      <c r="G8" s="22">
+        <v>4.4478334108008964E-2</v>
+      </c>
+      <c r="H8" s="22">
+        <v>-0.58283457350894763</v>
+      </c>
+      <c r="I8" s="22"/>
+      <c r="J8" s="23">
+        <v>0.63089835614197121</v>
+      </c>
+      <c r="K8" s="43"/>
+      <c r="L8" s="44"/>
+      <c r="M8" s="45"/>
+      <c r="N8" s="45"/>
+      <c r="O8" s="45"/>
+      <c r="P8" s="47"/>
+      <c r="Q8" s="47"/>
+      <c r="R8" s="48"/>
+      <c r="S8" s="48"/>
+      <c r="T8" s="48"/>
+    </row>
+    <row r="9" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B9" s="88" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" s="13"/>
+      <c r="E9" s="22">
+        <v>7.9500000000000001E-2</v>
+      </c>
+      <c r="F9" s="21"/>
+      <c r="G9" s="22">
+        <v>5.177676724571615E-2</v>
+      </c>
+      <c r="H9" s="22">
+        <v>-0.54475900543765665</v>
+      </c>
+      <c r="I9" s="21"/>
+      <c r="J9" s="23">
+        <v>0.65128009114108365</v>
+      </c>
+      <c r="K9" s="43"/>
+      <c r="L9" s="44"/>
+      <c r="M9" s="45"/>
+      <c r="N9" s="45"/>
+      <c r="O9" s="45"/>
+      <c r="P9" s="42"/>
+      <c r="Q9" s="47"/>
+      <c r="R9" s="48"/>
+      <c r="S9" s="48"/>
+      <c r="T9" s="48"/>
+    </row>
+    <row r="10" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B10" s="88" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="D10" s="13"/>
+      <c r="E10" s="22">
+        <v>6.5500000000000003E-2</v>
+      </c>
+      <c r="F10" s="21"/>
+      <c r="G10" s="22">
+        <v>4.9018608820108139E-2</v>
+      </c>
+      <c r="H10" s="22">
+        <v>-0.1851354403914065</v>
+      </c>
+      <c r="I10" s="21"/>
+      <c r="J10" s="23">
+        <v>0.74837570717722346</v>
+      </c>
+      <c r="K10" s="43"/>
+      <c r="L10" s="44"/>
+      <c r="M10" s="45"/>
+      <c r="N10" s="45"/>
+      <c r="O10" s="45"/>
+      <c r="P10" s="47"/>
+      <c r="Q10" s="47"/>
+      <c r="R10" s="48"/>
+      <c r="S10" s="48"/>
+      <c r="T10" s="48"/>
+    </row>
+    <row r="11" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B11" s="88" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" s="50" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" s="13"/>
+      <c r="E11" s="22">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="F11" s="21"/>
+      <c r="G11" s="22">
+        <v>4.7623555212934154E-2</v>
+      </c>
+      <c r="H11" s="22">
+        <v>-0.60774045243826491</v>
+      </c>
+      <c r="I11" s="21"/>
+      <c r="J11" s="23">
+        <v>0.60282981282195136</v>
+      </c>
+      <c r="K11" s="43"/>
+      <c r="L11" s="44"/>
+      <c r="M11" s="45"/>
+      <c r="N11" s="45"/>
+      <c r="O11" s="45"/>
+      <c r="P11" s="42"/>
+      <c r="Q11" s="47"/>
+      <c r="R11" s="48"/>
+      <c r="S11" s="48"/>
+      <c r="T11" s="48"/>
+    </row>
+    <row r="12" spans="2:20" s="49" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="88" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="D12" s="13"/>
+      <c r="E12" s="22">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="F12" s="21"/>
+      <c r="G12" s="22">
+        <v>4.0822835404627306E-2</v>
+      </c>
+      <c r="H12" s="22">
+        <v>-0.62526732946887764</v>
+      </c>
+      <c r="I12" s="21"/>
+      <c r="J12" s="23">
+        <v>0.60033581477393094</v>
+      </c>
+      <c r="K12" s="43"/>
+      <c r="L12" s="44"/>
+      <c r="M12" s="45"/>
+      <c r="N12" s="45"/>
+      <c r="O12" s="45"/>
+      <c r="P12" s="47"/>
+      <c r="Q12" s="47"/>
+      <c r="R12" s="48"/>
+      <c r="S12" s="48"/>
+      <c r="T12" s="48"/>
+    </row>
+    <row r="13" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="88" t="s">
+        <v>3</v>
+      </c>
+      <c r="C13" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" s="13"/>
+      <c r="E13" s="22">
+        <v>3.2500000000000001E-2</v>
+      </c>
+      <c r="F13" s="21"/>
+      <c r="G13" s="22">
+        <v>3.1798145234452888E-2</v>
+      </c>
+      <c r="H13" s="22">
+        <v>-4.9446464293900544E-3</v>
+      </c>
+      <c r="I13" s="21"/>
+      <c r="J13" s="23">
+        <v>0.97840446875239651</v>
+      </c>
+      <c r="K13" s="43"/>
+      <c r="L13" s="44"/>
+      <c r="M13" s="45"/>
+      <c r="N13" s="45"/>
+      <c r="O13" s="45"/>
+      <c r="P13" s="42"/>
+      <c r="Q13" s="47"/>
+      <c r="R13" s="48"/>
+      <c r="S13" s="48"/>
+      <c r="T13" s="48"/>
+    </row>
+    <row r="14" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="88" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="D14" s="13"/>
+      <c r="E14" s="22">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="F14" s="21"/>
+      <c r="G14" s="22">
+        <v>3.6226829140323741E-2</v>
+      </c>
+      <c r="H14" s="22">
+        <v>8.2441581234644692E-3</v>
+      </c>
+      <c r="I14" s="21"/>
+      <c r="J14" s="23">
+        <v>0.95333760895588793</v>
+      </c>
+      <c r="K14" s="43"/>
+      <c r="L14" s="44"/>
+      <c r="M14" s="45"/>
+      <c r="N14" s="45"/>
+      <c r="O14" s="45"/>
+      <c r="P14" s="47"/>
+      <c r="Q14" s="47"/>
+      <c r="R14" s="48"/>
+      <c r="S14" s="48"/>
+      <c r="T14" s="48"/>
+    </row>
+    <row r="15" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="88" t="s">
+        <v>5</v>
+      </c>
+      <c r="C15" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="D15" s="13"/>
+      <c r="E15" s="22">
+        <v>5.3499999999999999E-2</v>
+      </c>
+      <c r="F15" s="21"/>
+      <c r="G15" s="22">
+        <v>5.1920913329341505E-2</v>
+      </c>
+      <c r="H15" s="22">
+        <v>9.089866389163348E-2</v>
+      </c>
+      <c r="I15" s="21"/>
+      <c r="J15" s="23">
+        <v>0.97048436129610294</v>
+      </c>
+      <c r="K15" s="43"/>
+      <c r="L15" s="44"/>
+      <c r="M15" s="45"/>
+      <c r="N15" s="45"/>
+      <c r="O15" s="45"/>
+      <c r="P15" s="42"/>
+      <c r="Q15" s="47"/>
+      <c r="R15" s="48"/>
+      <c r="S15" s="48"/>
+      <c r="T15" s="48"/>
+    </row>
+    <row r="16" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="88" t="s">
+        <v>7</v>
+      </c>
+      <c r="C16" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="13"/>
+      <c r="E16" s="22">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="F16" s="21"/>
+      <c r="G16" s="22">
+        <v>2.8090047424207606E-2</v>
+      </c>
+      <c r="H16" s="22">
+        <v>0.11733843368325227</v>
+      </c>
+      <c r="I16" s="21"/>
+      <c r="J16" s="23">
+        <v>0.96862232497267609</v>
+      </c>
+      <c r="K16" s="43"/>
+      <c r="L16" s="44"/>
+      <c r="M16" s="45"/>
+      <c r="N16" s="45"/>
+      <c r="O16" s="45"/>
+      <c r="P16" s="47"/>
+      <c r="Q16" s="47"/>
+      <c r="R16" s="48"/>
+      <c r="S16" s="48"/>
+      <c r="T16" s="48"/>
+    </row>
+    <row r="17" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="88" t="s">
+        <v>17</v>
+      </c>
+      <c r="C17" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" s="13"/>
+      <c r="E17" s="22">
+        <v>4.8500000000000001E-2</v>
+      </c>
+      <c r="F17" s="21"/>
+      <c r="G17" s="22">
+        <v>4.8333870657673243E-2</v>
+      </c>
+      <c r="H17" s="22">
+        <v>-1.0393030477291017E-2</v>
+      </c>
+      <c r="I17" s="21"/>
+      <c r="J17" s="23">
+        <v>0.99657465273553081</v>
+      </c>
+      <c r="K17" s="43"/>
+      <c r="L17" s="44"/>
+      <c r="M17" s="45"/>
+      <c r="N17" s="45"/>
+      <c r="O17" s="45"/>
+      <c r="P17" s="42"/>
+      <c r="Q17" s="47"/>
+      <c r="R17" s="48"/>
+      <c r="S17" s="48"/>
+      <c r="T17" s="48"/>
+    </row>
+    <row r="18" spans="2:20" s="49" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="28" t="s">
+        <v>83</v>
+      </c>
+      <c r="C18" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" s="30"/>
+      <c r="E18" s="89">
+        <v>6.8500000000000005E-2</v>
+      </c>
+      <c r="F18" s="30"/>
+      <c r="G18" s="89">
+        <v>5.1095575083996807E-2</v>
+      </c>
+      <c r="H18" s="31">
+        <v>-0.13011075204659536</v>
+      </c>
+      <c r="I18" s="31"/>
+      <c r="J18" s="32">
+        <v>0.74592080414593875</v>
+      </c>
+      <c r="K18" s="43"/>
+      <c r="L18" s="44"/>
+      <c r="M18" s="45"/>
+      <c r="N18" s="45"/>
+      <c r="O18" s="45"/>
+      <c r="P18" s="47"/>
+      <c r="Q18" s="47"/>
+      <c r="R18" s="48"/>
+      <c r="S18" s="48"/>
+      <c r="T18" s="48"/>
+    </row>
+    <row r="19" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" s="52"/>
+      <c r="D19" s="52"/>
+      <c r="E19" s="52"/>
+      <c r="F19" s="52"/>
+      <c r="G19" s="52"/>
+      <c r="H19" s="52"/>
+      <c r="I19" s="52"/>
+      <c r="J19" s="40"/>
+      <c r="K19" s="43"/>
+      <c r="L19" s="44"/>
+      <c r="M19" s="45"/>
+      <c r="N19" s="45"/>
+      <c r="P19" s="47"/>
+      <c r="Q19" s="47"/>
+      <c r="R19" s="48"/>
+      <c r="S19" s="48"/>
+      <c r="T19" s="48"/>
+    </row>
+    <row r="20" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B20" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C20" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="D20" s="21"/>
+      <c r="E20" s="22">
+        <v>7.3499999999999996E-2</v>
+      </c>
+      <c r="F20" s="21"/>
+      <c r="G20" s="22">
+        <v>3.9944996235111933E-2</v>
+      </c>
+      <c r="H20" s="22">
+        <v>-0.64590765134650086</v>
+      </c>
+      <c r="I20" s="22"/>
+      <c r="J20" s="23">
+        <v>0.54346933653213514</v>
+      </c>
+      <c r="K20" s="43"/>
+      <c r="L20" s="44"/>
+      <c r="M20" s="45"/>
+      <c r="N20" s="45"/>
+      <c r="O20" s="45"/>
+      <c r="P20" s="42"/>
+      <c r="Q20" s="47"/>
+      <c r="R20" s="48"/>
+      <c r="S20" s="48"/>
+      <c r="T20" s="48"/>
+    </row>
+    <row r="21" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B21" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C21" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="D21" s="13"/>
+      <c r="E21" s="22">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="F21" s="21"/>
+      <c r="G21" s="22">
+        <v>4.2309337805765318E-2</v>
+      </c>
+      <c r="H21" s="22">
+        <v>-0.63475187702032065</v>
+      </c>
+      <c r="I21" s="21"/>
+      <c r="J21" s="23">
+        <v>0.55670181323375423</v>
+      </c>
+      <c r="K21" s="43"/>
+      <c r="L21" s="44"/>
+      <c r="M21" s="45"/>
+      <c r="N21" s="45"/>
+      <c r="O21" s="45"/>
+      <c r="P21" s="42"/>
+      <c r="Q21" s="47"/>
+      <c r="R21" s="48"/>
+      <c r="S21" s="48"/>
+      <c r="T21" s="48"/>
+    </row>
+    <row r="22" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C22" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D22" s="13"/>
+      <c r="E22" s="22">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="F22" s="21"/>
+      <c r="G22" s="22">
+        <v>2.8980637604895804E-2</v>
+      </c>
+      <c r="H22" s="22">
+        <v>1.6889666048295501E-2</v>
+      </c>
+      <c r="I22" s="21"/>
+      <c r="J22" s="23">
+        <v>0.99933233120330356</v>
+      </c>
+      <c r="K22" s="43"/>
+      <c r="L22" s="44"/>
+      <c r="M22" s="45"/>
+      <c r="N22" s="45"/>
+      <c r="O22" s="45"/>
+      <c r="P22" s="42"/>
+      <c r="Q22" s="47"/>
+      <c r="R22" s="48"/>
+      <c r="S22" s="48"/>
+      <c r="T22" s="48"/>
+    </row>
+    <row r="23" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="C23" s="29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" s="30"/>
+      <c r="E23" s="89">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="F23" s="30"/>
+      <c r="G23" s="89">
+        <v>4.3914532920670955E-2</v>
+      </c>
+      <c r="H23" s="31">
+        <v>-8.7682688451521842E-2</v>
+      </c>
+      <c r="I23" s="31"/>
+      <c r="J23" s="32">
+        <v>1.0212682074574642</v>
+      </c>
+      <c r="K23" s="43"/>
+      <c r="L23" s="44"/>
+      <c r="M23" s="45"/>
+      <c r="N23" s="45"/>
+      <c r="O23" s="45"/>
+      <c r="P23" s="42"/>
+      <c r="Q23" s="47"/>
+      <c r="R23" s="48"/>
+      <c r="S23" s="48"/>
+      <c r="T23" s="48"/>
+    </row>
+    <row r="24" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="51" t="s">
+        <v>13</v>
+      </c>
+      <c r="C24" s="52"/>
+      <c r="D24" s="52"/>
+      <c r="E24" s="52"/>
+      <c r="F24" s="52"/>
+      <c r="G24" s="52"/>
+      <c r="H24" s="52"/>
+      <c r="I24" s="52"/>
+      <c r="J24" s="40"/>
+      <c r="K24" s="43"/>
+      <c r="L24" s="44"/>
+      <c r="M24" s="45"/>
+      <c r="N24" s="45"/>
+      <c r="P24" s="47"/>
+      <c r="Q24" s="47"/>
+      <c r="R24" s="48"/>
+      <c r="S24" s="48"/>
+      <c r="T24" s="48"/>
+    </row>
+    <row r="25" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B25" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="C25" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="D25" s="21"/>
+      <c r="E25" s="22">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="F25" s="21"/>
+      <c r="G25" s="22">
+        <v>4.1572257779477768E-2</v>
+      </c>
+      <c r="H25" s="22">
+        <v>-0.58556065338543262</v>
+      </c>
+      <c r="I25" s="21"/>
+      <c r="J25" s="23">
+        <v>0.57739246915941345</v>
+      </c>
+      <c r="K25" s="43"/>
+      <c r="L25" s="44"/>
+      <c r="M25" s="45"/>
+      <c r="N25" s="45"/>
+      <c r="O25" s="45"/>
+      <c r="P25" s="42"/>
+      <c r="Q25" s="47"/>
+      <c r="R25" s="48"/>
+      <c r="S25" s="48"/>
+      <c r="T25" s="48"/>
+    </row>
+    <row r="26" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B26" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C26" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D26" s="13"/>
+      <c r="E26" s="22">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="F26" s="21"/>
+      <c r="G26" s="22">
+        <v>3.8965128003575482E-2</v>
+      </c>
+      <c r="H26" s="22">
+        <v>-0.5803384797428488</v>
+      </c>
+      <c r="I26" s="21"/>
+      <c r="J26" s="23">
+        <v>0.56471200005181854</v>
+      </c>
+      <c r="K26" s="43"/>
+      <c r="L26" s="44"/>
+      <c r="M26" s="45"/>
+      <c r="N26" s="45"/>
+      <c r="O26" s="45"/>
+      <c r="P26" s="42"/>
+      <c r="Q26" s="47"/>
+      <c r="R26" s="48"/>
+      <c r="S26" s="48"/>
+      <c r="T26" s="48"/>
+    </row>
+    <row r="27" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="C27" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="D27" s="13"/>
+      <c r="E27" s="22">
+        <v>2.9499999999999998E-2</v>
+      </c>
+      <c r="F27" s="21"/>
+      <c r="G27" s="22">
+        <v>2.9550408805227048E-2</v>
+      </c>
+      <c r="H27" s="22">
+        <v>1.7427795411312615E-2</v>
+      </c>
+      <c r="I27" s="21"/>
+      <c r="J27" s="23">
+        <v>1.0017087730585441</v>
+      </c>
+      <c r="K27" s="43"/>
+      <c r="L27" s="44"/>
+      <c r="M27" s="45"/>
+      <c r="N27" s="45"/>
+      <c r="O27" s="45"/>
+      <c r="P27" s="42"/>
+      <c r="Q27" s="47"/>
+      <c r="R27" s="48"/>
+      <c r="S27" s="48"/>
+      <c r="T27" s="48"/>
+    </row>
+    <row r="28" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="28" t="s">
+        <v>15</v>
+      </c>
+      <c r="C28" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="D28" s="30"/>
+      <c r="E28" s="89">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="F28" s="30"/>
+      <c r="G28" s="89">
+        <v>4.2597598814133573E-2</v>
+      </c>
+      <c r="H28" s="31">
+        <v>-0.10641174088608081</v>
+      </c>
+      <c r="I28" s="31"/>
+      <c r="J28" s="32">
+        <v>1.0142285431936564</v>
+      </c>
+      <c r="K28" s="43"/>
+      <c r="L28" s="44"/>
+      <c r="M28" s="45"/>
+      <c r="N28" s="45"/>
+      <c r="O28" s="45"/>
+      <c r="P28" s="42"/>
+      <c r="Q28" s="47"/>
+      <c r="R28" s="48"/>
+      <c r="S28" s="48"/>
+      <c r="T28" s="48"/>
+    </row>
+    <row r="29" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="51" t="s">
+        <v>22</v>
+      </c>
+      <c r="C29" s="52"/>
+      <c r="D29" s="52"/>
+      <c r="E29" s="52"/>
+      <c r="F29" s="52"/>
+      <c r="G29" s="52"/>
+      <c r="H29" s="52"/>
+      <c r="I29" s="52"/>
+      <c r="J29" s="40"/>
+      <c r="K29" s="43"/>
+      <c r="L29" s="44"/>
+      <c r="M29" s="45"/>
+      <c r="N29" s="45"/>
+      <c r="P29" s="47"/>
+      <c r="Q29" s="47"/>
+      <c r="R29" s="48"/>
+      <c r="S29" s="48"/>
+      <c r="T29" s="48"/>
+    </row>
+    <row r="30" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B30" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="C30" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="D30" s="21"/>
+      <c r="E30" s="22">
+        <v>6.5500000000000003E-2</v>
+      </c>
+      <c r="F30" s="21"/>
+      <c r="G30" s="22">
+        <v>3.4115391194617206E-2</v>
+      </c>
+      <c r="H30" s="22">
+        <v>-0.73724057676662602</v>
+      </c>
+      <c r="I30" s="21"/>
+      <c r="J30" s="23">
+        <v>0.52084566709339242</v>
+      </c>
+      <c r="K30" s="43"/>
+      <c r="L30" s="44"/>
+      <c r="M30" s="45"/>
+      <c r="N30" s="45"/>
+      <c r="O30" s="45"/>
+      <c r="P30" s="42"/>
+      <c r="Q30" s="47"/>
+      <c r="R30" s="48"/>
+      <c r="S30" s="48"/>
+      <c r="T30" s="48"/>
+    </row>
+    <row r="31" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B31" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C31" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D31" s="13"/>
+      <c r="E31" s="22">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="F31" s="21"/>
+      <c r="G31" s="22">
+        <v>3.3594882063141429E-2</v>
+      </c>
+      <c r="H31" s="22">
+        <v>-0.68582294331199734</v>
+      </c>
+      <c r="I31" s="21"/>
+      <c r="J31" s="23">
+        <v>0.52492003223658479</v>
+      </c>
+      <c r="K31" s="43"/>
+      <c r="L31" s="44"/>
+      <c r="M31" s="45"/>
+      <c r="N31" s="45"/>
+      <c r="O31" s="45"/>
+      <c r="P31" s="42"/>
+      <c r="Q31" s="47"/>
+      <c r="R31" s="48"/>
+      <c r="S31" s="48"/>
+      <c r="T31" s="48"/>
+    </row>
+    <row r="32" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B32" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="C32" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D32" s="13"/>
+      <c r="E32" s="22">
+        <v>6.6500000000000004E-2</v>
+      </c>
+      <c r="F32" s="21"/>
+      <c r="G32" s="22">
+        <v>3.695742059731847E-2</v>
+      </c>
+      <c r="H32" s="22">
+        <v>-0.69069935785170011</v>
+      </c>
+      <c r="I32" s="21"/>
+      <c r="J32" s="23">
+        <v>0.55575068567396191</v>
+      </c>
+      <c r="K32" s="43"/>
+      <c r="L32" s="44"/>
+      <c r="M32" s="45"/>
+      <c r="N32" s="45"/>
+      <c r="O32" s="45"/>
+      <c r="P32" s="42"/>
+      <c r="Q32" s="47"/>
+      <c r="R32" s="48"/>
+      <c r="S32" s="48"/>
+      <c r="T32" s="48"/>
+    </row>
+    <row r="33" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C33" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="13"/>
+      <c r="E33" s="22">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="F33" s="21"/>
+      <c r="G33" s="22">
+        <v>3.068212381376996E-2</v>
+      </c>
+      <c r="H33" s="22">
+        <v>-0.75386371095734317</v>
+      </c>
+      <c r="I33" s="21"/>
+      <c r="J33" s="23">
+        <v>0.50298563629131088</v>
+      </c>
+      <c r="K33" s="43"/>
+      <c r="L33" s="44"/>
+      <c r="M33" s="45"/>
+      <c r="N33" s="45"/>
+      <c r="O33" s="45"/>
+      <c r="P33" s="42"/>
+      <c r="Q33" s="47"/>
+      <c r="R33" s="48"/>
+      <c r="S33" s="48"/>
+      <c r="T33" s="48"/>
+    </row>
+    <row r="34" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C34" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="D34" s="13"/>
+      <c r="E34" s="22">
+        <v>7.85E-2</v>
+      </c>
+      <c r="F34" s="21"/>
+      <c r="G34" s="22">
+        <v>3.4440365165754869E-2</v>
+      </c>
+      <c r="H34" s="22">
+        <v>-0.83985552431834565</v>
+      </c>
+      <c r="I34" s="21"/>
+      <c r="J34" s="23">
+        <v>0.43873076644273717</v>
+      </c>
+      <c r="K34" s="43"/>
+      <c r="L34" s="44"/>
+      <c r="M34" s="45"/>
+      <c r="N34" s="45"/>
+      <c r="O34" s="45"/>
+      <c r="P34" s="42"/>
+      <c r="Q34" s="47"/>
+      <c r="R34" s="48"/>
+      <c r="S34" s="48"/>
+      <c r="T34" s="48"/>
+    </row>
+    <row r="35" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B35" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="C35" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="D35" s="13"/>
+      <c r="E35" s="22">
+        <v>7.8E-2</v>
+      </c>
+      <c r="F35" s="21"/>
+      <c r="G35" s="22">
+        <v>3.8110082019458001E-2</v>
+      </c>
+      <c r="H35" s="22">
+        <v>-0.83826615955572725</v>
+      </c>
+      <c r="I35" s="21"/>
+      <c r="J35" s="23">
+        <v>0.48859079512125642</v>
+      </c>
+      <c r="K35" s="43"/>
+      <c r="L35" s="44"/>
+      <c r="M35" s="45"/>
+      <c r="N35" s="45"/>
+      <c r="O35" s="45"/>
+      <c r="P35" s="42"/>
+      <c r="Q35" s="47"/>
+      <c r="R35" s="48"/>
+      <c r="S35" s="48"/>
+      <c r="T35" s="48"/>
+    </row>
+    <row r="36" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B36" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C36" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D36" s="13"/>
+      <c r="E36" s="22">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="F36" s="21"/>
+      <c r="G36" s="22">
+        <v>3.6314318540001188E-2</v>
+      </c>
+      <c r="H36" s="22">
+        <v>-0.64493819528909002</v>
+      </c>
+      <c r="I36" s="21"/>
+      <c r="J36" s="23">
+        <v>0.558681823692326</v>
+      </c>
+      <c r="K36" s="43"/>
+      <c r="L36" s="44"/>
+      <c r="M36" s="45"/>
+      <c r="N36" s="45"/>
+      <c r="O36" s="45"/>
+      <c r="P36" s="42"/>
+      <c r="Q36" s="47"/>
+      <c r="R36" s="48"/>
+      <c r="S36" s="48"/>
+      <c r="T36" s="48"/>
+    </row>
+    <row r="37" spans="2:20" s="46" customFormat="1" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B37" s="28"/>
+      <c r="C37" s="29"/>
+      <c r="D37" s="30"/>
+      <c r="E37" s="31"/>
+      <c r="F37" s="30"/>
+      <c r="G37" s="31"/>
+      <c r="H37" s="31"/>
+      <c r="I37" s="30"/>
+      <c r="J37" s="32"/>
+      <c r="K37" s="43"/>
+      <c r="L37" s="44"/>
+      <c r="M37" s="45"/>
+      <c r="N37" s="45"/>
+      <c r="Q37" s="47"/>
+      <c r="R37" s="48"/>
+      <c r="S37" s="48"/>
+      <c r="T37" s="48"/>
+    </row>
+    <row r="38" spans="2:20" s="46" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="53"/>
+      <c r="C38" s="53"/>
+      <c r="E38" s="54"/>
+      <c r="G38" s="54"/>
+      <c r="H38" s="54"/>
+      <c r="J38" s="55"/>
+      <c r="K38" s="43"/>
+      <c r="L38" s="44"/>
+      <c r="M38" s="45"/>
+      <c r="N38" s="45"/>
+      <c r="Q38" s="47"/>
+      <c r="R38" s="48"/>
+      <c r="S38" s="48"/>
+      <c r="T38" s="48"/>
+    </row>
+    <row r="39" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="56"/>
+      <c r="C39" s="56"/>
+      <c r="D39" s="56"/>
+      <c r="E39" s="57"/>
+      <c r="F39" s="56"/>
+      <c r="G39" s="57"/>
+      <c r="H39" s="56"/>
+      <c r="I39" s="56"/>
+      <c r="J39" s="56"/>
+      <c r="K39" s="58"/>
+      <c r="L39" s="44"/>
+      <c r="M39" s="45"/>
+    </row>
+    <row r="40" spans="2:20" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B40" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C40" s="56"/>
+      <c r="D40" s="57"/>
+      <c r="E40" s="56"/>
+      <c r="F40" s="57"/>
+      <c r="G40" s="105"/>
+      <c r="H40" s="105"/>
+      <c r="I40" s="105"/>
+      <c r="J40" s="105"/>
+      <c r="K40" s="10"/>
+      <c r="L40" s="44"/>
+      <c r="M40" s="45"/>
+    </row>
+    <row r="41" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B41" s="56"/>
+      <c r="C41" s="56"/>
+      <c r="D41" s="57"/>
+      <c r="E41" s="59"/>
+      <c r="F41" s="57"/>
+      <c r="G41" s="106"/>
+      <c r="H41" s="106"/>
+      <c r="I41" s="56"/>
+      <c r="J41" s="58"/>
+      <c r="K41" s="10"/>
+      <c r="L41" s="44"/>
+      <c r="M41" s="45"/>
+    </row>
+    <row r="42" spans="2:20" ht="45" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B42" s="2"/>
+      <c r="C42" s="3"/>
+      <c r="D42" s="4"/>
+      <c r="E42" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F42" s="6"/>
+      <c r="G42" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H42" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="I42" s="8"/>
+      <c r="J42" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="K42" s="10"/>
+      <c r="L42" s="44"/>
+      <c r="M42" s="45"/>
+    </row>
+    <row r="43" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="C43" s="15"/>
+      <c r="D43" s="16"/>
+      <c r="E43" s="17"/>
+      <c r="F43" s="16"/>
+      <c r="G43" s="17"/>
+      <c r="H43" s="17"/>
+      <c r="I43" s="17"/>
+      <c r="J43" s="18"/>
+      <c r="K43" s="10"/>
+      <c r="L43" s="44"/>
+      <c r="M43" s="45"/>
+    </row>
+    <row r="44" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B44" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C44" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="D44" s="13"/>
+      <c r="E44" s="22">
+        <v>6.6500000000000004E-2</v>
+      </c>
+      <c r="F44" s="21"/>
+      <c r="G44" s="22">
+        <v>4.5343634338623783E-2</v>
+      </c>
+      <c r="H44" s="22">
+        <v>-7.5793568018633059E-2</v>
+      </c>
+      <c r="I44" s="22"/>
+      <c r="J44" s="23">
+        <v>0.68185916298682381</v>
+      </c>
+      <c r="K44" s="10"/>
+      <c r="L44" s="44"/>
+      <c r="M44" s="45"/>
+      <c r="N44" s="45"/>
+      <c r="O44" s="45"/>
+      <c r="P44" s="42"/>
+      <c r="Q44" s="47"/>
+      <c r="R44" s="48"/>
+      <c r="S44" s="48"/>
+    </row>
+    <row r="45" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B45" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="C45" s="29" t="s">
+        <v>59</v>
+      </c>
+      <c r="D45" s="30"/>
+      <c r="E45" s="89">
+        <v>0.16750000000000001</v>
+      </c>
+      <c r="F45" s="30"/>
+      <c r="G45" s="89">
+        <v>0.10297679165724673</v>
+      </c>
+      <c r="H45" s="31">
+        <v>-0.19784866571503623</v>
+      </c>
+      <c r="I45" s="31"/>
+      <c r="J45" s="32">
+        <v>0.61478681586415951</v>
+      </c>
+      <c r="K45" s="10"/>
+      <c r="L45" s="44"/>
+      <c r="M45" s="45"/>
+      <c r="N45" s="45"/>
+      <c r="O45" s="45"/>
+      <c r="P45" s="42"/>
+      <c r="Q45" s="47"/>
+      <c r="R45" s="48"/>
+      <c r="S45" s="48"/>
+    </row>
+    <row r="46" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B46" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C46" s="15"/>
+      <c r="D46" s="16"/>
+      <c r="E46" s="17"/>
+      <c r="F46" s="16"/>
+      <c r="G46" s="17"/>
+      <c r="H46" s="17"/>
+      <c r="I46" s="17"/>
+      <c r="J46" s="18"/>
+      <c r="K46" s="10"/>
+      <c r="L46" s="44"/>
+      <c r="M46" s="45"/>
+    </row>
+    <row r="47" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B47" s="28" t="s">
+        <v>79</v>
+      </c>
+      <c r="C47" s="29" t="s">
+        <v>52</v>
+      </c>
+      <c r="D47" s="30"/>
+      <c r="E47" s="26">
+        <v>9.6500000000000002E-2</v>
+      </c>
+      <c r="F47" s="24"/>
+      <c r="G47" s="26">
+        <v>8.1231663766782092E-2</v>
+      </c>
+      <c r="H47" s="25">
+        <v>-0.19693614879863408</v>
+      </c>
+      <c r="I47" s="25"/>
+      <c r="J47" s="27">
+        <v>0.84177889913763826</v>
+      </c>
+      <c r="K47" s="10"/>
+      <c r="L47" s="44"/>
+      <c r="M47" s="45"/>
+      <c r="N47" s="45"/>
+      <c r="O47" s="45"/>
+      <c r="P47" s="42"/>
+      <c r="Q47" s="47"/>
+      <c r="R47" s="48"/>
+      <c r="S47" s="48"/>
+    </row>
+    <row r="48" spans="2:20" x14ac:dyDescent="0.2">
+      <c r="B48" s="56"/>
+      <c r="C48" s="56"/>
+      <c r="D48" s="57"/>
+      <c r="E48" s="86"/>
+      <c r="F48" s="57"/>
+      <c r="G48" s="57"/>
+      <c r="H48" s="57"/>
+      <c r="I48" s="57"/>
+      <c r="J48" s="57"/>
+      <c r="K48" s="10"/>
+    </row>
+    <row r="49" spans="2:20" s="61" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B49" s="94" t="s">
+        <v>63</v>
+      </c>
+      <c r="C49" s="94"/>
+      <c r="D49" s="94"/>
+      <c r="E49" s="94"/>
+      <c r="F49" s="94"/>
+      <c r="G49" s="94"/>
+      <c r="H49" s="94"/>
+      <c r="I49" s="94"/>
+      <c r="J49" s="94"/>
+      <c r="K49" s="64"/>
+      <c r="L49" s="65"/>
+      <c r="M49" s="66"/>
+      <c r="N49" s="66"/>
+      <c r="Q49" s="67"/>
+      <c r="R49" s="66"/>
+      <c r="S49" s="66"/>
+      <c r="T49" s="66"/>
+    </row>
+    <row r="50" spans="2:20" s="61" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="93" t="s">
+        <v>57</v>
+      </c>
+      <c r="C50" s="93"/>
+      <c r="D50" s="93"/>
+      <c r="E50" s="93"/>
+      <c r="F50" s="93"/>
+      <c r="G50" s="93"/>
+      <c r="H50" s="93"/>
+      <c r="I50" s="93"/>
+      <c r="J50" s="93"/>
+      <c r="K50" s="64"/>
+      <c r="L50" s="65"/>
+      <c r="M50" s="66"/>
+      <c r="N50" s="66"/>
+      <c r="Q50" s="67"/>
+      <c r="R50" s="66"/>
+      <c r="S50" s="66"/>
+      <c r="T50" s="66"/>
+    </row>
+    <row r="51" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="93" t="s">
+        <v>49</v>
+      </c>
+      <c r="C51" s="93"/>
+      <c r="D51" s="93"/>
+      <c r="E51" s="93"/>
+      <c r="F51" s="93"/>
+      <c r="G51" s="93"/>
+      <c r="H51" s="93"/>
+      <c r="I51" s="93"/>
+      <c r="J51" s="93"/>
+      <c r="K51" s="64"/>
+      <c r="L51" s="65"/>
+      <c r="M51" s="66"/>
+      <c r="N51" s="66"/>
+      <c r="Q51" s="67"/>
+      <c r="R51" s="66"/>
+      <c r="S51" s="66"/>
+      <c r="T51" s="66"/>
+    </row>
+    <row r="52" spans="2:20" s="61" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="94" t="s">
+        <v>66</v>
+      </c>
+      <c r="C52" s="94"/>
+      <c r="D52" s="94"/>
+      <c r="E52" s="94"/>
+      <c r="F52" s="94"/>
+      <c r="G52" s="94"/>
+      <c r="H52" s="94"/>
+      <c r="I52" s="94"/>
+      <c r="J52" s="94"/>
+      <c r="K52" s="64"/>
+      <c r="L52" s="65"/>
+      <c r="M52" s="66"/>
+      <c r="N52" s="66"/>
+      <c r="Q52" s="67"/>
+      <c r="R52" s="66"/>
+      <c r="S52" s="66"/>
+      <c r="T52" s="66"/>
+    </row>
+    <row r="53" spans="2:20" s="61" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="94"/>
+      <c r="C53" s="94"/>
+      <c r="D53" s="94"/>
+      <c r="E53" s="94"/>
+      <c r="F53" s="94"/>
+      <c r="G53" s="94"/>
+      <c r="H53" s="94"/>
+      <c r="I53" s="94"/>
+      <c r="J53" s="94"/>
+      <c r="K53" s="64"/>
+      <c r="L53" s="65"/>
+      <c r="M53" s="66"/>
+      <c r="N53" s="66"/>
+      <c r="Q53" s="67"/>
+      <c r="R53" s="66"/>
+      <c r="S53" s="66"/>
+      <c r="T53" s="66"/>
+    </row>
+    <row r="54" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B54" s="94"/>
+      <c r="C54" s="94"/>
+      <c r="D54" s="94"/>
+      <c r="E54" s="94"/>
+      <c r="F54" s="94"/>
+      <c r="G54" s="94"/>
+      <c r="H54" s="94"/>
+      <c r="I54" s="94"/>
+      <c r="J54" s="94"/>
+      <c r="K54" s="64"/>
+      <c r="L54" s="65"/>
+      <c r="M54" s="66"/>
+      <c r="N54" s="66"/>
+      <c r="Q54" s="67"/>
+      <c r="R54" s="66"/>
+      <c r="S54" s="66"/>
+      <c r="T54" s="66"/>
+    </row>
+    <row r="55" spans="2:20" x14ac:dyDescent="0.2">
+      <c r="B55" s="60" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="56" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B56" s="60"/>
+      <c r="C56" s="60"/>
+      <c r="E56" s="62"/>
+      <c r="G56" s="62"/>
+      <c r="H56" s="62"/>
+      <c r="J56" s="63"/>
+      <c r="K56" s="64"/>
+      <c r="L56" s="65"/>
+      <c r="M56" s="66"/>
+      <c r="N56" s="66"/>
+      <c r="Q56" s="67"/>
+      <c r="R56" s="66"/>
+      <c r="S56" s="66"/>
+      <c r="T56" s="66"/>
+    </row>
+    <row r="57" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B57" s="92" t="s">
+        <v>53</v>
+      </c>
+      <c r="C57" s="92"/>
+      <c r="D57" s="92"/>
+      <c r="E57" s="92"/>
+      <c r="F57" s="92"/>
+      <c r="G57" s="92"/>
+      <c r="H57" s="92"/>
+      <c r="I57" s="92"/>
+      <c r="J57" s="92"/>
+      <c r="K57" s="64"/>
+      <c r="L57" s="65"/>
+      <c r="M57" s="66"/>
+      <c r="N57" s="66"/>
+      <c r="Q57" s="67"/>
+      <c r="R57" s="66"/>
+      <c r="S57" s="66"/>
+      <c r="T57" s="66"/>
+    </row>
+    <row r="58" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B58" s="92"/>
+      <c r="C58" s="92"/>
+      <c r="D58" s="92"/>
+      <c r="E58" s="92"/>
+      <c r="F58" s="92"/>
+      <c r="G58" s="92"/>
+      <c r="H58" s="92"/>
+      <c r="I58" s="92"/>
+      <c r="J58" s="92"/>
+      <c r="K58" s="64"/>
+      <c r="L58" s="65"/>
+      <c r="M58" s="66"/>
+      <c r="N58" s="66"/>
+      <c r="Q58" s="67"/>
+      <c r="R58" s="66"/>
+      <c r="S58" s="66"/>
+      <c r="T58" s="66"/>
+    </row>
+    <row r="59" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B59" s="92"/>
+      <c r="C59" s="92"/>
+      <c r="D59" s="92"/>
+      <c r="E59" s="92"/>
+      <c r="F59" s="92"/>
+      <c r="G59" s="92"/>
+      <c r="H59" s="92"/>
+      <c r="I59" s="92"/>
+      <c r="J59" s="92"/>
+      <c r="K59" s="64"/>
+      <c r="L59" s="65"/>
+      <c r="M59" s="66"/>
+      <c r="N59" s="66"/>
+      <c r="Q59" s="67"/>
+      <c r="R59" s="66"/>
+      <c r="S59" s="66"/>
+      <c r="T59" s="66"/>
+    </row>
+    <row r="60" spans="2:20" s="61" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B60" s="92"/>
+      <c r="C60" s="92"/>
+      <c r="D60" s="92"/>
+      <c r="E60" s="92"/>
+      <c r="F60" s="92"/>
+      <c r="G60" s="92"/>
+      <c r="H60" s="92"/>
+      <c r="I60" s="92"/>
+      <c r="J60" s="92"/>
+      <c r="K60" s="64"/>
+      <c r="L60" s="65"/>
+      <c r="M60" s="66"/>
+      <c r="N60" s="66"/>
+      <c r="Q60" s="67"/>
+      <c r="R60" s="66"/>
+      <c r="S60" s="66"/>
+      <c r="T60" s="66"/>
+    </row>
+    <row r="61" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B61" s="74" t="s">
+        <v>46</v>
+      </c>
+      <c r="C61" s="77"/>
+      <c r="D61" s="77"/>
+      <c r="E61" s="77"/>
+      <c r="F61" s="77"/>
+      <c r="G61" s="77"/>
+      <c r="H61" s="77"/>
+      <c r="I61" s="77"/>
+      <c r="J61" s="77"/>
+      <c r="K61" s="64"/>
+      <c r="L61" s="65"/>
+      <c r="M61" s="66"/>
+      <c r="N61" s="66"/>
+      <c r="Q61" s="67"/>
+      <c r="R61" s="66"/>
+      <c r="S61" s="66"/>
+      <c r="T61" s="66"/>
+    </row>
+    <row r="62" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B62" s="92" t="s">
+        <v>50</v>
+      </c>
+      <c r="C62" s="92"/>
+      <c r="D62" s="92"/>
+      <c r="E62" s="92"/>
+      <c r="F62" s="92"/>
+      <c r="G62" s="92"/>
+      <c r="H62" s="92"/>
+      <c r="I62" s="92"/>
+      <c r="J62" s="92"/>
+      <c r="K62" s="64"/>
+      <c r="L62" s="65"/>
+      <c r="M62" s="66"/>
+      <c r="N62" s="66"/>
+      <c r="Q62" s="67"/>
+      <c r="R62" s="66"/>
+      <c r="S62" s="66"/>
+      <c r="T62" s="66"/>
+    </row>
+    <row r="63" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B63" s="92"/>
+      <c r="C63" s="92"/>
+      <c r="D63" s="92"/>
+      <c r="E63" s="92"/>
+      <c r="F63" s="92"/>
+      <c r="G63" s="92"/>
+      <c r="H63" s="92"/>
+      <c r="I63" s="92"/>
+      <c r="J63" s="92"/>
+      <c r="K63" s="64"/>
+      <c r="L63" s="65"/>
+      <c r="M63" s="66"/>
+      <c r="N63" s="66"/>
+      <c r="Q63" s="67"/>
+      <c r="R63" s="66"/>
+      <c r="S63" s="66"/>
+      <c r="T63" s="66"/>
+    </row>
+    <row r="64" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B64" s="92"/>
+      <c r="C64" s="92"/>
+      <c r="D64" s="92"/>
+      <c r="E64" s="92"/>
+      <c r="F64" s="92"/>
+      <c r="G64" s="92"/>
+      <c r="H64" s="92"/>
+      <c r="I64" s="92"/>
+      <c r="J64" s="92"/>
+      <c r="K64" s="64"/>
+      <c r="L64" s="65"/>
+      <c r="M64" s="66"/>
+      <c r="N64" s="66"/>
+      <c r="Q64" s="67"/>
+      <c r="R64" s="66"/>
+      <c r="S64" s="66"/>
+      <c r="T64" s="66"/>
+    </row>
+    <row r="65" spans="2:14" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B65" s="75"/>
+      <c r="C65" s="78"/>
+      <c r="D65" s="78"/>
+      <c r="E65" s="78"/>
+      <c r="F65" s="78"/>
+      <c r="G65" s="78"/>
+      <c r="H65" s="78"/>
+      <c r="I65" s="78"/>
+      <c r="J65" s="78"/>
+      <c r="K65" s="64"/>
+      <c r="L65" s="65"/>
+      <c r="M65" s="66"/>
+      <c r="N65" s="66"/>
+    </row>
+    <row r="66" spans="2:14" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B66" s="76" t="s">
+        <v>42</v>
+      </c>
+      <c r="C66" s="79"/>
+      <c r="D66" s="79"/>
+      <c r="E66" s="79"/>
+      <c r="F66" s="80"/>
+      <c r="G66" s="80"/>
+      <c r="H66" s="80"/>
+      <c r="I66" s="80"/>
+      <c r="J66" s="80"/>
+      <c r="K66" s="64"/>
+      <c r="L66" s="65"/>
+      <c r="M66" s="66"/>
+      <c r="N66" s="66"/>
+    </row>
+    <row r="67" spans="2:14" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B67" s="76"/>
+      <c r="C67" s="79"/>
+      <c r="D67" s="79"/>
+      <c r="E67" s="79"/>
+      <c r="F67" s="80"/>
+      <c r="G67" s="80"/>
+      <c r="H67" s="80"/>
+      <c r="I67" s="80"/>
+      <c r="J67" s="80"/>
+      <c r="K67" s="64"/>
+      <c r="L67" s="65"/>
+      <c r="M67" s="66"/>
+      <c r="N67" s="66"/>
+    </row>
+    <row r="68" spans="2:14" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B68" s="91">
+        <v>4999645</v>
+      </c>
+      <c r="C68" s="71"/>
+      <c r="D68" s="71"/>
+      <c r="E68" s="71"/>
+      <c r="F68" s="71"/>
+      <c r="G68" s="71"/>
+      <c r="H68" s="71"/>
+      <c r="I68" s="71"/>
+      <c r="J68" s="71"/>
+      <c r="K68" s="68"/>
+    </row>
+    <row r="69" spans="2:14" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B69" s="69"/>
+      <c r="C69" s="69"/>
+      <c r="D69" s="69"/>
+      <c r="E69" s="69"/>
+      <c r="F69" s="69"/>
+      <c r="G69" s="69"/>
+      <c r="H69" s="69"/>
+      <c r="I69" s="69"/>
+      <c r="J69" s="69"/>
+      <c r="K69" s="70"/>
+    </row>
+    <row r="70" spans="2:14" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B70" s="69"/>
+      <c r="C70" s="69"/>
+      <c r="D70" s="69"/>
+      <c r="E70" s="69"/>
+      <c r="F70" s="69"/>
+      <c r="G70" s="69"/>
+      <c r="H70" s="69"/>
+      <c r="I70" s="69"/>
+      <c r="J70" s="69"/>
+      <c r="K70" s="70"/>
+    </row>
+  </sheetData>
+  <mergeCells count="13">
+    <mergeCell ref="B49:J49"/>
+    <mergeCell ref="G1:J2"/>
+    <mergeCell ref="B2:F2"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="G40:J40"/>
+    <mergeCell ref="G41:H41"/>
+    <mergeCell ref="B62:J64"/>
+    <mergeCell ref="B50:J50"/>
+    <mergeCell ref="B51:J51"/>
+    <mergeCell ref="B52:J52"/>
+    <mergeCell ref="B53:J53"/>
+    <mergeCell ref="B54:J54"/>
+    <mergeCell ref="B57:J60"/>
+  </mergeCells>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="38" max="10" man="1"/>
+  </rowBreaks>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8D5A802E-87D9-4E1D-9305-643976064BE1}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="B1:T70"/>
+  <sheetViews>
+    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
+    <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
+    <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
+    <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
+    <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
+    <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
+    <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
+    <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
+    <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
+    <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
+    <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
+    <col min="13" max="13" width="16" style="10" customWidth="1"/>
+    <col min="14" max="14" width="11.85546875" style="10" customWidth="1"/>
+    <col min="15" max="15" width="26.28515625" style="10" customWidth="1"/>
+    <col min="16" max="16" width="9.28515625" style="10" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="9.7109375" style="10" customWidth="1"/>
+    <col min="18" max="18" width="9.140625" style="10"/>
+    <col min="19" max="19" width="7.140625" style="10" bestFit="1" customWidth="1"/>
+    <col min="20" max="16384" width="9.140625" style="10"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:20" ht="40.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B1" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="C1" s="35"/>
+      <c r="D1" s="36"/>
+      <c r="E1" s="35"/>
+      <c r="F1" s="73"/>
+      <c r="G1" s="95"/>
+      <c r="H1" s="96"/>
+      <c r="I1" s="96"/>
+      <c r="J1" s="97"/>
+    </row>
+    <row r="2" spans="2:20" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="101">
+        <v>45930</v>
+      </c>
+      <c r="C2" s="102"/>
+      <c r="D2" s="102"/>
+      <c r="E2" s="102"/>
+      <c r="F2" s="103"/>
+      <c r="G2" s="98"/>
+      <c r="H2" s="99"/>
+      <c r="I2" s="99"/>
+      <c r="J2" s="100"/>
+    </row>
+    <row r="3" spans="2:20" x14ac:dyDescent="0.2">
+      <c r="E3" s="34"/>
+      <c r="G3" s="34"/>
+      <c r="H3" s="34"/>
+      <c r="J3" s="34"/>
+      <c r="L3" s="34"/>
+      <c r="M3" s="34"/>
+      <c r="N3" s="34"/>
+      <c r="O3" s="34"/>
+    </row>
+    <row r="4" spans="2:20" ht="18" x14ac:dyDescent="0.25">
+      <c r="B4" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="E4"/>
+      <c r="G4" s="34"/>
+      <c r="H4" s="34"/>
+      <c r="J4" s="34"/>
+      <c r="L4" s="34"/>
+      <c r="M4" s="34"/>
+      <c r="N4" s="34"/>
+      <c r="O4" s="34"/>
+    </row>
+    <row r="5" spans="2:20" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="C5" s="82"/>
+      <c r="D5" s="30"/>
+      <c r="E5" s="83"/>
+      <c r="F5" s="84"/>
+      <c r="G5" s="104"/>
+      <c r="H5" s="104"/>
+      <c r="I5" s="84"/>
+      <c r="J5" s="85"/>
+      <c r="L5" s="34"/>
+      <c r="M5" s="34"/>
+      <c r="N5" s="34"/>
+      <c r="O5" s="34"/>
+    </row>
+    <row r="6" spans="2:20" ht="73.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="81"/>
+      <c r="C6" s="3"/>
+      <c r="D6" s="4"/>
+      <c r="E6" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" s="6"/>
+      <c r="G6" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="I6" s="6"/>
+      <c r="J6" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="L6" s="34"/>
+      <c r="M6" s="34"/>
+      <c r="N6" s="34"/>
+      <c r="O6" s="34"/>
+    </row>
+    <row r="7" spans="2:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="C7" s="38"/>
+      <c r="D7" s="38"/>
+      <c r="E7" s="39"/>
+      <c r="F7" s="39"/>
+      <c r="G7" s="39"/>
+      <c r="H7" s="39"/>
+      <c r="I7" s="39"/>
+      <c r="J7" s="40"/>
+      <c r="L7" s="41"/>
+      <c r="M7" s="34"/>
+      <c r="N7" s="34"/>
+      <c r="O7" s="34"/>
+      <c r="P7" s="42"/>
+    </row>
+    <row r="8" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B8" s="87" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" s="21"/>
+      <c r="E8" s="22">
+        <v>7.0499999999999993E-2</v>
+      </c>
+      <c r="F8" s="21"/>
+      <c r="G8" s="22">
+        <v>4.5710387325742875E-2</v>
+      </c>
+      <c r="H8" s="22">
+        <v>-0.55533936156961905</v>
+      </c>
+      <c r="I8" s="22"/>
+      <c r="J8" s="23">
+        <v>0.6483742883084096</v>
+      </c>
+      <c r="K8" s="43"/>
+      <c r="L8" s="44"/>
+      <c r="M8" s="45"/>
+      <c r="N8" s="45"/>
+      <c r="O8" s="45"/>
+      <c r="P8" s="47"/>
+      <c r="Q8" s="47"/>
+      <c r="R8" s="48"/>
+      <c r="S8" s="48"/>
+      <c r="T8" s="48"/>
+    </row>
+    <row r="9" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B9" s="88" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" s="13"/>
+      <c r="E9" s="22">
+        <v>7.9500000000000001E-2</v>
+      </c>
+      <c r="F9" s="21"/>
+      <c r="G9" s="22">
+        <v>5.3832626356997558E-2</v>
+      </c>
+      <c r="H9" s="22">
+        <v>-0.5155504776559594</v>
+      </c>
+      <c r="I9" s="21"/>
+      <c r="J9" s="23">
+        <v>0.67713995417606987</v>
+      </c>
+      <c r="K9" s="43"/>
+      <c r="L9" s="44"/>
+      <c r="M9" s="45"/>
+      <c r="N9" s="45"/>
+      <c r="O9" s="45"/>
+      <c r="P9" s="42"/>
+      <c r="Q9" s="47"/>
+      <c r="R9" s="48"/>
+      <c r="S9" s="48"/>
+      <c r="T9" s="48"/>
+    </row>
+    <row r="10" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B10" s="88" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="D10" s="13"/>
+      <c r="E10" s="22">
+        <v>6.5500000000000003E-2</v>
+      </c>
+      <c r="F10" s="21"/>
+      <c r="G10" s="22">
+        <v>4.8612771983093737E-2</v>
+      </c>
+      <c r="H10" s="22">
+        <v>-0.16838338992678792</v>
+      </c>
+      <c r="I10" s="21"/>
+      <c r="J10" s="23">
+        <v>0.74217972493272877</v>
+      </c>
+      <c r="K10" s="43"/>
+      <c r="L10" s="44"/>
+      <c r="M10" s="45"/>
+      <c r="N10" s="45"/>
+      <c r="O10" s="45"/>
+      <c r="P10" s="47"/>
+      <c r="Q10" s="47"/>
+      <c r="R10" s="48"/>
+      <c r="S10" s="48"/>
+      <c r="T10" s="48"/>
+    </row>
+    <row r="11" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B11" s="88" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" s="50" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" s="13"/>
+      <c r="E11" s="22">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="F11" s="21"/>
+      <c r="G11" s="22">
+        <v>5.1217968922871983E-2</v>
+      </c>
+      <c r="H11" s="22">
+        <v>-0.57566928210531743</v>
+      </c>
+      <c r="I11" s="21"/>
+      <c r="J11" s="23">
+        <v>0.64832872054268331</v>
+      </c>
+      <c r="K11" s="43"/>
+      <c r="L11" s="44"/>
+      <c r="M11" s="45"/>
+      <c r="N11" s="45"/>
+      <c r="O11" s="45"/>
+      <c r="P11" s="42"/>
+      <c r="Q11" s="47"/>
+      <c r="R11" s="48"/>
+      <c r="S11" s="48"/>
+      <c r="T11" s="48"/>
+    </row>
+    <row r="12" spans="2:20" s="49" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="88" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="D12" s="13"/>
+      <c r="E12" s="22">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="F12" s="21"/>
+      <c r="G12" s="22">
+        <v>4.2996064605575139E-2</v>
+      </c>
+      <c r="H12" s="22">
+        <v>-0.59632276555553954</v>
+      </c>
+      <c r="I12" s="21"/>
+      <c r="J12" s="23">
+        <v>0.63229506772904609</v>
+      </c>
+      <c r="K12" s="43"/>
+      <c r="L12" s="44"/>
+      <c r="M12" s="45"/>
+      <c r="N12" s="45"/>
+      <c r="O12" s="45"/>
+      <c r="P12" s="47"/>
+      <c r="Q12" s="47"/>
+      <c r="R12" s="48"/>
+      <c r="S12" s="48"/>
+      <c r="T12" s="48"/>
+    </row>
+    <row r="13" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="88" t="s">
+        <v>3</v>
+      </c>
+      <c r="C13" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" s="13"/>
+      <c r="E13" s="22">
+        <v>3.2500000000000001E-2</v>
+      </c>
+      <c r="F13" s="21"/>
+      <c r="G13" s="22">
+        <v>3.1452814105368432E-2</v>
+      </c>
+      <c r="H13" s="22">
+        <v>-4.2013943759081169E-3</v>
+      </c>
+      <c r="I13" s="21"/>
+      <c r="J13" s="23">
+        <v>0.9677788955497979</v>
+      </c>
+      <c r="K13" s="43"/>
+      <c r="L13" s="44"/>
+      <c r="M13" s="45"/>
+      <c r="N13" s="45"/>
+      <c r="O13" s="45"/>
+      <c r="P13" s="42"/>
+      <c r="Q13" s="47"/>
+      <c r="R13" s="48"/>
+      <c r="S13" s="48"/>
+      <c r="T13" s="48"/>
+    </row>
+    <row r="14" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="88" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="D14" s="13"/>
+      <c r="E14" s="22">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="F14" s="21"/>
+      <c r="G14" s="22">
+        <v>3.56744889617093E-2</v>
+      </c>
+      <c r="H14" s="22">
+        <v>1.028442297105088E-2</v>
+      </c>
+      <c r="I14" s="21"/>
+      <c r="J14" s="23">
+        <v>0.93880234109761318</v>
+      </c>
+      <c r="K14" s="43"/>
+      <c r="L14" s="44"/>
+      <c r="M14" s="45"/>
+      <c r="N14" s="45"/>
+      <c r="O14" s="45"/>
+      <c r="P14" s="47"/>
+      <c r="Q14" s="47"/>
+      <c r="R14" s="48"/>
+      <c r="S14" s="48"/>
+      <c r="T14" s="48"/>
+    </row>
+    <row r="15" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="88" t="s">
+        <v>5</v>
+      </c>
+      <c r="C15" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="D15" s="13"/>
+      <c r="E15" s="22">
+        <v>5.3499999999999999E-2</v>
+      </c>
+      <c r="F15" s="21"/>
+      <c r="G15" s="22">
+        <v>5.2164725920276829E-2</v>
+      </c>
+      <c r="H15" s="22">
+        <v>9.3021607657557237E-2</v>
+      </c>
+      <c r="I15" s="21"/>
+      <c r="J15" s="23">
+        <v>0.97504160598648282</v>
+      </c>
+      <c r="K15" s="43"/>
+      <c r="L15" s="44"/>
+      <c r="M15" s="45"/>
+      <c r="N15" s="45"/>
+      <c r="O15" s="45"/>
+      <c r="P15" s="42"/>
+      <c r="Q15" s="47"/>
+      <c r="R15" s="48"/>
+      <c r="S15" s="48"/>
+      <c r="T15" s="48"/>
+    </row>
+    <row r="16" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="88" t="s">
+        <v>7</v>
+      </c>
+      <c r="C16" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="13"/>
+      <c r="E16" s="22">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="F16" s="21"/>
+      <c r="G16" s="22">
+        <v>2.7974359845774167E-2</v>
+      </c>
+      <c r="H16" s="22">
+        <v>0.11876987715330277</v>
+      </c>
+      <c r="I16" s="21"/>
+      <c r="J16" s="23">
+        <v>0.96463309813014364</v>
+      </c>
+      <c r="K16" s="43"/>
+      <c r="L16" s="44"/>
+      <c r="M16" s="45"/>
+      <c r="N16" s="45"/>
+      <c r="O16" s="45"/>
+      <c r="P16" s="47"/>
+      <c r="Q16" s="47"/>
+      <c r="R16" s="48"/>
+      <c r="S16" s="48"/>
+      <c r="T16" s="48"/>
+    </row>
+    <row r="17" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="88" t="s">
+        <v>17</v>
+      </c>
+      <c r="C17" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" s="13"/>
+      <c r="E17" s="22">
+        <v>4.8500000000000001E-2</v>
+      </c>
+      <c r="F17" s="21"/>
+      <c r="G17" s="22">
+        <v>4.7230697824860703E-2</v>
+      </c>
+      <c r="H17" s="22">
+        <v>-9.9038990209442453E-3</v>
+      </c>
+      <c r="I17" s="21"/>
+      <c r="J17" s="23">
+        <v>0.97382882113114844</v>
+      </c>
+      <c r="K17" s="43"/>
+      <c r="L17" s="44"/>
+      <c r="M17" s="45"/>
+      <c r="N17" s="45"/>
+      <c r="O17" s="45"/>
+      <c r="P17" s="42"/>
+      <c r="Q17" s="47"/>
+      <c r="R17" s="48"/>
+      <c r="S17" s="48"/>
+      <c r="T17" s="48"/>
+    </row>
+    <row r="18" spans="2:20" s="49" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="28" t="s">
+        <v>83</v>
+      </c>
+      <c r="C18" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" s="30"/>
+      <c r="E18" s="89">
+        <v>6.8500000000000005E-2</v>
+      </c>
+      <c r="F18" s="30"/>
+      <c r="G18" s="89">
+        <v>4.6564616903731419E-2</v>
+      </c>
+      <c r="H18" s="31">
+        <v>-0.1104698788302127</v>
+      </c>
+      <c r="I18" s="31"/>
+      <c r="J18" s="32">
+        <v>0.67977542925155354</v>
+      </c>
+      <c r="K18" s="43"/>
+      <c r="L18" s="44"/>
+      <c r="M18" s="45"/>
+      <c r="N18" s="45"/>
+      <c r="O18" s="45"/>
+      <c r="P18" s="47"/>
+      <c r="Q18" s="47"/>
+      <c r="R18" s="48"/>
+      <c r="S18" s="48"/>
+      <c r="T18" s="48"/>
+    </row>
+    <row r="19" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" s="52"/>
+      <c r="D19" s="52"/>
+      <c r="E19" s="52"/>
+      <c r="F19" s="52"/>
+      <c r="G19" s="52"/>
+      <c r="H19" s="52"/>
+      <c r="I19" s="52"/>
+      <c r="J19" s="40"/>
+      <c r="K19" s="43"/>
+      <c r="L19" s="44"/>
+      <c r="M19" s="45"/>
+      <c r="N19" s="45"/>
+      <c r="P19" s="47"/>
+      <c r="Q19" s="47"/>
+      <c r="R19" s="48"/>
+      <c r="S19" s="48"/>
+      <c r="T19" s="48"/>
+    </row>
+    <row r="20" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B20" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C20" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="D20" s="21"/>
+      <c r="E20" s="22">
+        <v>7.3499999999999996E-2</v>
+      </c>
+      <c r="F20" s="21"/>
+      <c r="G20" s="22">
+        <v>4.1969900234432124E-2</v>
+      </c>
+      <c r="H20" s="22">
+        <v>-0.61625476237607302</v>
+      </c>
+      <c r="I20" s="22"/>
+      <c r="J20" s="23">
+        <v>0.57101905080860038</v>
+      </c>
+      <c r="K20" s="43"/>
+      <c r="L20" s="44"/>
+      <c r="M20" s="45"/>
+      <c r="N20" s="45"/>
+      <c r="O20" s="45"/>
+      <c r="P20" s="42"/>
+      <c r="Q20" s="47"/>
+      <c r="R20" s="48"/>
+      <c r="S20" s="48"/>
+      <c r="T20" s="48"/>
+    </row>
+    <row r="21" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B21" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C21" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="D21" s="13"/>
+      <c r="E21" s="22">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="F21" s="21"/>
+      <c r="G21" s="22">
+        <v>4.4997112712671518E-2</v>
+      </c>
+      <c r="H21" s="22">
+        <v>-0.60923172084937072</v>
+      </c>
+      <c r="I21" s="21"/>
+      <c r="J21" s="23">
+        <v>0.59206727253515157</v>
+      </c>
+      <c r="K21" s="43"/>
+      <c r="L21" s="44"/>
+      <c r="M21" s="45"/>
+      <c r="N21" s="45"/>
+      <c r="O21" s="45"/>
+      <c r="P21" s="42"/>
+      <c r="Q21" s="47"/>
+      <c r="R21" s="48"/>
+      <c r="S21" s="48"/>
+      <c r="T21" s="48"/>
+    </row>
+    <row r="22" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C22" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D22" s="13"/>
+      <c r="E22" s="22">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="F22" s="21"/>
+      <c r="G22" s="22">
+        <v>2.8793710576016082E-2</v>
+      </c>
+      <c r="H22" s="22">
+        <v>1.6276881624516567E-2</v>
+      </c>
+      <c r="I22" s="21"/>
+      <c r="J22" s="23">
+        <v>0.99288657158676141</v>
+      </c>
+      <c r="K22" s="43"/>
+      <c r="L22" s="44"/>
+      <c r="M22" s="45"/>
+      <c r="N22" s="45"/>
+      <c r="O22" s="45"/>
+      <c r="P22" s="42"/>
+      <c r="Q22" s="47"/>
+      <c r="R22" s="48"/>
+      <c r="S22" s="48"/>
+      <c r="T22" s="48"/>
+    </row>
+    <row r="23" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="C23" s="29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" s="30"/>
+      <c r="E23" s="89">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="F23" s="30"/>
+      <c r="G23" s="89">
+        <v>4.2852961771754405E-2</v>
+      </c>
+      <c r="H23" s="31">
+        <v>-6.4671431391949377E-2</v>
+      </c>
+      <c r="I23" s="31"/>
+      <c r="J23" s="32">
+        <v>0.99658050631986994</v>
+      </c>
+      <c r="K23" s="43"/>
+      <c r="L23" s="44"/>
+      <c r="M23" s="45"/>
+      <c r="N23" s="45"/>
+      <c r="O23" s="45"/>
+      <c r="P23" s="42"/>
+      <c r="Q23" s="47"/>
+      <c r="R23" s="48"/>
+      <c r="S23" s="48"/>
+      <c r="T23" s="48"/>
+    </row>
+    <row r="24" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="51" t="s">
+        <v>13</v>
+      </c>
+      <c r="C24" s="52"/>
+      <c r="D24" s="52"/>
+      <c r="E24" s="52"/>
+      <c r="F24" s="52"/>
+      <c r="G24" s="52"/>
+      <c r="H24" s="52"/>
+      <c r="I24" s="52"/>
+      <c r="J24" s="40"/>
+      <c r="K24" s="43"/>
+      <c r="L24" s="44"/>
+      <c r="M24" s="45"/>
+      <c r="N24" s="45"/>
+      <c r="P24" s="47"/>
+      <c r="Q24" s="47"/>
+      <c r="R24" s="48"/>
+      <c r="S24" s="48"/>
+      <c r="T24" s="48"/>
+    </row>
+    <row r="25" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B25" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="C25" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="D25" s="21"/>
+      <c r="E25" s="22">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="F25" s="21"/>
+      <c r="G25" s="22">
+        <v>4.3673674195418372E-2</v>
+      </c>
+      <c r="H25" s="22">
+        <v>-0.55848820049214853</v>
+      </c>
+      <c r="I25" s="21"/>
+      <c r="J25" s="23">
+        <v>0.60657880826969968</v>
+      </c>
+      <c r="K25" s="43"/>
+      <c r="L25" s="44"/>
+      <c r="M25" s="45"/>
+      <c r="N25" s="45"/>
+      <c r="O25" s="45"/>
+      <c r="P25" s="42"/>
+      <c r="Q25" s="47"/>
+      <c r="R25" s="48"/>
+      <c r="S25" s="48"/>
+      <c r="T25" s="48"/>
+    </row>
+    <row r="26" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B26" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C26" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D26" s="13"/>
+      <c r="E26" s="22">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="F26" s="21"/>
+      <c r="G26" s="22">
+        <v>4.1759540409352904E-2</v>
+      </c>
+      <c r="H26" s="22">
+        <v>-0.55098343032330832</v>
+      </c>
+      <c r="I26" s="21"/>
+      <c r="J26" s="23">
+        <v>0.60521073057033192</v>
+      </c>
+      <c r="K26" s="43"/>
+      <c r="L26" s="44"/>
+      <c r="M26" s="45"/>
+      <c r="N26" s="45"/>
+      <c r="O26" s="45"/>
+      <c r="P26" s="42"/>
+      <c r="Q26" s="47"/>
+      <c r="R26" s="48"/>
+      <c r="S26" s="48"/>
+      <c r="T26" s="48"/>
+    </row>
+    <row r="27" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="C27" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="D27" s="13"/>
+      <c r="E27" s="22">
+        <v>2.9499999999999998E-2</v>
+      </c>
+      <c r="F27" s="21"/>
+      <c r="G27" s="22">
+        <v>2.9392927506146388E-2</v>
+      </c>
+      <c r="H27" s="22">
+        <v>1.6835260595334717E-2</v>
+      </c>
+      <c r="I27" s="21"/>
+      <c r="J27" s="23">
+        <v>0.99637042393716579</v>
+      </c>
+      <c r="K27" s="43"/>
+      <c r="L27" s="44"/>
+      <c r="M27" s="45"/>
+      <c r="N27" s="45"/>
+      <c r="O27" s="45"/>
+      <c r="P27" s="42"/>
+      <c r="Q27" s="47"/>
+      <c r="R27" s="48"/>
+      <c r="S27" s="48"/>
+      <c r="T27" s="48"/>
+    </row>
+    <row r="28" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="28" t="s">
+        <v>15</v>
+      </c>
+      <c r="C28" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="D28" s="30"/>
+      <c r="E28" s="89">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="F28" s="30"/>
+      <c r="G28" s="89">
+        <v>4.2182029204695291E-2</v>
+      </c>
+      <c r="H28" s="31">
+        <v>-6.8638983201414691E-2</v>
+      </c>
+      <c r="I28" s="31"/>
+      <c r="J28" s="32">
+        <v>1.0043340286832212</v>
+      </c>
+      <c r="K28" s="43"/>
+      <c r="L28" s="44"/>
+      <c r="M28" s="45"/>
+      <c r="N28" s="45"/>
+      <c r="O28" s="45"/>
+      <c r="P28" s="42"/>
+      <c r="Q28" s="47"/>
+      <c r="R28" s="48"/>
+      <c r="S28" s="48"/>
+      <c r="T28" s="48"/>
+    </row>
+    <row r="29" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="51" t="s">
+        <v>22</v>
+      </c>
+      <c r="C29" s="52"/>
+      <c r="D29" s="52"/>
+      <c r="E29" s="52"/>
+      <c r="F29" s="52"/>
+      <c r="G29" s="52"/>
+      <c r="H29" s="52"/>
+      <c r="I29" s="52"/>
+      <c r="J29" s="40"/>
+      <c r="K29" s="43"/>
+      <c r="L29" s="44"/>
+      <c r="M29" s="45"/>
+      <c r="N29" s="45"/>
+      <c r="P29" s="47"/>
+      <c r="Q29" s="47"/>
+      <c r="R29" s="48"/>
+      <c r="S29" s="48"/>
+      <c r="T29" s="48"/>
+    </row>
+    <row r="30" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B30" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="C30" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="D30" s="21"/>
+      <c r="E30" s="22">
+        <v>6.5500000000000003E-2</v>
+      </c>
+      <c r="F30" s="21"/>
+      <c r="G30" s="22">
+        <v>3.5241444076672089E-2</v>
+      </c>
+      <c r="H30" s="22">
+        <v>-0.71108592085295308</v>
+      </c>
+      <c r="I30" s="21"/>
+      <c r="J30" s="23">
+        <v>0.53803731414766542</v>
+      </c>
+      <c r="K30" s="43"/>
+      <c r="L30" s="44"/>
+      <c r="M30" s="45"/>
+      <c r="N30" s="45"/>
+      <c r="O30" s="45"/>
+      <c r="P30" s="42"/>
+      <c r="Q30" s="47"/>
+      <c r="R30" s="48"/>
+      <c r="S30" s="48"/>
+      <c r="T30" s="48"/>
+    </row>
+    <row r="31" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B31" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C31" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D31" s="13"/>
+      <c r="E31" s="22">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="F31" s="21"/>
+      <c r="G31" s="22">
+        <v>3.4875874759366605E-2</v>
+      </c>
+      <c r="H31" s="22">
+        <v>-0.65977161833335085</v>
+      </c>
+      <c r="I31" s="21"/>
+      <c r="J31" s="23">
+        <v>0.54493554311510317</v>
+      </c>
+      <c r="K31" s="43"/>
+      <c r="L31" s="44"/>
+      <c r="M31" s="45"/>
+      <c r="N31" s="45"/>
+      <c r="O31" s="45"/>
+      <c r="P31" s="42"/>
+      <c r="Q31" s="47"/>
+      <c r="R31" s="48"/>
+      <c r="S31" s="48"/>
+      <c r="T31" s="48"/>
+    </row>
+    <row r="32" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B32" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="C32" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D32" s="13"/>
+      <c r="E32" s="22">
+        <v>6.6500000000000004E-2</v>
+      </c>
+      <c r="F32" s="21"/>
+      <c r="G32" s="22">
+        <v>3.8177449226782283E-2</v>
+      </c>
+      <c r="H32" s="22">
+        <v>-0.66178586347266699</v>
+      </c>
+      <c r="I32" s="21"/>
+      <c r="J32" s="23">
+        <v>0.57409698085386884</v>
+      </c>
+      <c r="K32" s="43"/>
+      <c r="L32" s="44"/>
+      <c r="M32" s="45"/>
+      <c r="N32" s="45"/>
+      <c r="O32" s="45"/>
+      <c r="P32" s="42"/>
+      <c r="Q32" s="47"/>
+      <c r="R32" s="48"/>
+      <c r="S32" s="48"/>
+      <c r="T32" s="48"/>
+    </row>
+    <row r="33" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C33" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="13"/>
+      <c r="E33" s="22">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="F33" s="21"/>
+      <c r="G33" s="22">
+        <v>2.9464158101772931E-2</v>
+      </c>
+      <c r="H33" s="22">
+        <v>-0.72375070028719668</v>
+      </c>
+      <c r="I33" s="21"/>
+      <c r="J33" s="23">
+        <v>0.48301898527496612</v>
+      </c>
+      <c r="K33" s="43"/>
+      <c r="L33" s="44"/>
+      <c r="M33" s="45"/>
+      <c r="N33" s="45"/>
+      <c r="O33" s="45"/>
+      <c r="P33" s="42"/>
+      <c r="Q33" s="47"/>
+      <c r="R33" s="48"/>
+      <c r="S33" s="48"/>
+      <c r="T33" s="48"/>
+    </row>
+    <row r="34" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C34" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="D34" s="13"/>
+      <c r="E34" s="22">
+        <v>7.85E-2</v>
+      </c>
+      <c r="F34" s="21"/>
+      <c r="G34" s="22">
+        <v>3.6694245691878659E-2</v>
+      </c>
+      <c r="H34" s="22">
+        <v>-0.79690407304069877</v>
+      </c>
+      <c r="I34" s="21"/>
+      <c r="J34" s="23">
+        <v>0.46744262027870903</v>
+      </c>
+      <c r="K34" s="43"/>
+      <c r="L34" s="44"/>
+      <c r="M34" s="45"/>
+      <c r="N34" s="45"/>
+      <c r="O34" s="45"/>
+      <c r="P34" s="42"/>
+      <c r="Q34" s="47"/>
+      <c r="R34" s="48"/>
+      <c r="S34" s="48"/>
+      <c r="T34" s="48"/>
+    </row>
+    <row r="35" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B35" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="C35" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="D35" s="13"/>
+      <c r="E35" s="22">
+        <v>7.8E-2</v>
+      </c>
+      <c r="F35" s="21"/>
+      <c r="G35" s="22">
+        <v>3.9249406160713346E-2</v>
+      </c>
+      <c r="H35" s="22">
+        <v>-0.80384195419408788</v>
+      </c>
+      <c r="I35" s="21"/>
+      <c r="J35" s="23">
+        <v>0.50319751488094033</v>
+      </c>
+      <c r="K35" s="43"/>
+      <c r="L35" s="44"/>
+      <c r="M35" s="45"/>
+      <c r="N35" s="45"/>
+      <c r="O35" s="45"/>
+      <c r="P35" s="42"/>
+      <c r="Q35" s="47"/>
+      <c r="R35" s="48"/>
+      <c r="S35" s="48"/>
+      <c r="T35" s="48"/>
+    </row>
+    <row r="36" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B36" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C36" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D36" s="13"/>
+      <c r="E36" s="22">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="F36" s="21"/>
+      <c r="G36" s="22">
+        <v>3.7921436521078461E-2</v>
+      </c>
+      <c r="H36" s="22">
+        <v>-0.61934542702737438</v>
+      </c>
+      <c r="I36" s="21"/>
+      <c r="J36" s="23">
+        <v>0.58340671570889935</v>
+      </c>
+      <c r="K36" s="43"/>
+      <c r="L36" s="44"/>
+      <c r="M36" s="45"/>
+      <c r="N36" s="45"/>
+      <c r="O36" s="45"/>
+      <c r="P36" s="42"/>
+      <c r="Q36" s="47"/>
+      <c r="R36" s="48"/>
+      <c r="S36" s="48"/>
+      <c r="T36" s="48"/>
+    </row>
+    <row r="37" spans="2:20" s="46" customFormat="1" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B37" s="28"/>
+      <c r="C37" s="29"/>
+      <c r="D37" s="30"/>
+      <c r="E37" s="31"/>
+      <c r="F37" s="30"/>
+      <c r="G37" s="31"/>
+      <c r="H37" s="31"/>
+      <c r="I37" s="30"/>
+      <c r="J37" s="32"/>
+      <c r="K37" s="43"/>
+      <c r="L37" s="44"/>
+      <c r="M37" s="45"/>
+      <c r="N37" s="45"/>
+      <c r="Q37" s="47"/>
+      <c r="R37" s="48"/>
+      <c r="S37" s="48"/>
+      <c r="T37" s="48"/>
+    </row>
+    <row r="38" spans="2:20" s="46" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="53"/>
+      <c r="C38" s="53"/>
+      <c r="E38" s="54"/>
+      <c r="G38" s="54"/>
+      <c r="H38" s="54"/>
+      <c r="J38" s="55"/>
+      <c r="K38" s="43"/>
+      <c r="L38" s="44"/>
+      <c r="M38" s="45"/>
+      <c r="N38" s="45"/>
+      <c r="Q38" s="47"/>
+      <c r="R38" s="48"/>
+      <c r="S38" s="48"/>
+      <c r="T38" s="48"/>
+    </row>
+    <row r="39" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="56"/>
+      <c r="C39" s="56"/>
+      <c r="D39" s="56"/>
+      <c r="E39" s="57"/>
+      <c r="F39" s="56"/>
+      <c r="G39" s="57"/>
+      <c r="H39" s="56"/>
+      <c r="I39" s="56"/>
+      <c r="J39" s="56"/>
+      <c r="K39" s="58"/>
+      <c r="L39" s="44"/>
+      <c r="M39" s="45"/>
+    </row>
+    <row r="40" spans="2:20" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B40" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C40" s="56"/>
+      <c r="D40" s="57"/>
+      <c r="E40" s="56"/>
+      <c r="F40" s="57"/>
+      <c r="G40" s="105"/>
+      <c r="H40" s="105"/>
+      <c r="I40" s="105"/>
+      <c r="J40" s="105"/>
+      <c r="K40" s="10"/>
+      <c r="L40" s="44"/>
+      <c r="M40" s="45"/>
+    </row>
+    <row r="41" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B41" s="56"/>
+      <c r="C41" s="56"/>
+      <c r="D41" s="57"/>
+      <c r="E41" s="59"/>
+      <c r="F41" s="57"/>
+      <c r="G41" s="106"/>
+      <c r="H41" s="106"/>
+      <c r="I41" s="56"/>
+      <c r="J41" s="58"/>
+      <c r="K41" s="10"/>
+      <c r="L41" s="44"/>
+      <c r="M41" s="45"/>
+    </row>
+    <row r="42" spans="2:20" ht="45" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B42" s="2"/>
+      <c r="C42" s="3"/>
+      <c r="D42" s="4"/>
+      <c r="E42" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F42" s="6"/>
+      <c r="G42" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H42" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="I42" s="8"/>
+      <c r="J42" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="K42" s="10"/>
+      <c r="L42" s="44"/>
+      <c r="M42" s="45"/>
+    </row>
+    <row r="43" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="C43" s="15"/>
+      <c r="D43" s="16"/>
+      <c r="E43" s="17"/>
+      <c r="F43" s="16"/>
+      <c r="G43" s="17"/>
+      <c r="H43" s="17"/>
+      <c r="I43" s="17"/>
+      <c r="J43" s="18"/>
+      <c r="K43" s="10"/>
+      <c r="L43" s="44"/>
+      <c r="M43" s="45"/>
+    </row>
+    <row r="44" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B44" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C44" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="D44" s="13"/>
+      <c r="E44" s="22">
+        <v>6.6500000000000004E-2</v>
+      </c>
+      <c r="F44" s="21"/>
+      <c r="G44" s="22">
+        <v>4.5928274816134658E-2</v>
+      </c>
+      <c r="H44" s="22">
+        <v>-5.6907335219540389E-2</v>
+      </c>
+      <c r="I44" s="22"/>
+      <c r="J44" s="23">
+        <v>0.69065074911480684</v>
+      </c>
+      <c r="K44" s="10"/>
+      <c r="L44" s="44"/>
+      <c r="M44" s="45"/>
+      <c r="N44" s="45"/>
+      <c r="O44" s="45"/>
+      <c r="P44" s="42"/>
+      <c r="Q44" s="47"/>
+      <c r="R44" s="48"/>
+      <c r="S44" s="48"/>
+    </row>
+    <row r="45" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B45" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="C45" s="29" t="s">
+        <v>59</v>
+      </c>
+      <c r="D45" s="30"/>
+      <c r="E45" s="89">
+        <v>0.16750000000000001</v>
+      </c>
+      <c r="F45" s="30"/>
+      <c r="G45" s="89">
+        <v>0.10227357643984393</v>
+      </c>
+      <c r="H45" s="31">
+        <v>-0.13332545188895126</v>
+      </c>
+      <c r="I45" s="31"/>
+      <c r="J45" s="32">
+        <v>0.61058851605876974</v>
+      </c>
+      <c r="K45" s="10"/>
+      <c r="L45" s="44"/>
+      <c r="M45" s="45"/>
+      <c r="N45" s="45"/>
+      <c r="O45" s="45"/>
+      <c r="P45" s="42"/>
+      <c r="Q45" s="47"/>
+      <c r="R45" s="48"/>
+      <c r="S45" s="48"/>
+    </row>
+    <row r="46" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B46" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C46" s="15"/>
+      <c r="D46" s="16"/>
+      <c r="E46" s="17"/>
+      <c r="F46" s="16"/>
+      <c r="G46" s="17"/>
+      <c r="H46" s="17"/>
+      <c r="I46" s="17"/>
+      <c r="J46" s="18"/>
+      <c r="K46" s="10"/>
+      <c r="L46" s="44"/>
+      <c r="M46" s="45"/>
+    </row>
+    <row r="47" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B47" s="28" t="s">
+        <v>79</v>
+      </c>
+      <c r="C47" s="29" t="s">
+        <v>52</v>
+      </c>
+      <c r="D47" s="30"/>
+      <c r="E47" s="26">
+        <v>9.6500000000000002E-2</v>
+      </c>
+      <c r="F47" s="24"/>
+      <c r="G47" s="26">
+        <v>8.0195947593538194E-2</v>
+      </c>
+      <c r="H47" s="25">
+        <v>-0.18166781266357998</v>
+      </c>
+      <c r="I47" s="25"/>
+      <c r="J47" s="27">
+        <v>0.83104608905220922</v>
+      </c>
+      <c r="K47" s="10"/>
+      <c r="L47" s="44"/>
+      <c r="M47" s="45"/>
+      <c r="N47" s="45"/>
+      <c r="O47" s="45"/>
+      <c r="P47" s="42"/>
+      <c r="Q47" s="47"/>
+      <c r="R47" s="48"/>
+      <c r="S47" s="48"/>
+    </row>
+    <row r="48" spans="2:20" x14ac:dyDescent="0.2">
+      <c r="B48" s="56"/>
+      <c r="C48" s="56"/>
+      <c r="D48" s="57"/>
+      <c r="E48" s="86"/>
+      <c r="F48" s="57"/>
+      <c r="G48" s="57"/>
+      <c r="H48" s="57"/>
+      <c r="I48" s="57"/>
+      <c r="J48" s="57"/>
+      <c r="K48" s="10"/>
+    </row>
+    <row r="49" spans="2:20" s="61" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B49" s="94" t="s">
+        <v>63</v>
+      </c>
+      <c r="C49" s="94"/>
+      <c r="D49" s="94"/>
+      <c r="E49" s="94"/>
+      <c r="F49" s="94"/>
+      <c r="G49" s="94"/>
+      <c r="H49" s="94"/>
+      <c r="I49" s="94"/>
+      <c r="J49" s="94"/>
+      <c r="K49" s="64"/>
+      <c r="L49" s="65"/>
+      <c r="M49" s="66"/>
+      <c r="N49" s="66"/>
+      <c r="Q49" s="67"/>
+      <c r="R49" s="66"/>
+      <c r="S49" s="66"/>
+      <c r="T49" s="66"/>
+    </row>
+    <row r="50" spans="2:20" s="61" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="93" t="s">
+        <v>57</v>
+      </c>
+      <c r="C50" s="93"/>
+      <c r="D50" s="93"/>
+      <c r="E50" s="93"/>
+      <c r="F50" s="93"/>
+      <c r="G50" s="93"/>
+      <c r="H50" s="93"/>
+      <c r="I50" s="93"/>
+      <c r="J50" s="93"/>
+      <c r="K50" s="64"/>
+      <c r="L50" s="65"/>
+      <c r="M50" s="66"/>
+      <c r="N50" s="66"/>
+      <c r="Q50" s="67"/>
+      <c r="R50" s="66"/>
+      <c r="S50" s="66"/>
+      <c r="T50" s="66"/>
+    </row>
+    <row r="51" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="93" t="s">
+        <v>49</v>
+      </c>
+      <c r="C51" s="93"/>
+      <c r="D51" s="93"/>
+      <c r="E51" s="93"/>
+      <c r="F51" s="93"/>
+      <c r="G51" s="93"/>
+      <c r="H51" s="93"/>
+      <c r="I51" s="93"/>
+      <c r="J51" s="93"/>
+      <c r="K51" s="64"/>
+      <c r="L51" s="65"/>
+      <c r="M51" s="66"/>
+      <c r="N51" s="66"/>
+      <c r="Q51" s="67"/>
+      <c r="R51" s="66"/>
+      <c r="S51" s="66"/>
+      <c r="T51" s="66"/>
+    </row>
+    <row r="52" spans="2:20" s="61" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="94" t="s">
+        <v>66</v>
+      </c>
+      <c r="C52" s="94"/>
+      <c r="D52" s="94"/>
+      <c r="E52" s="94"/>
+      <c r="F52" s="94"/>
+      <c r="G52" s="94"/>
+      <c r="H52" s="94"/>
+      <c r="I52" s="94"/>
+      <c r="J52" s="94"/>
+      <c r="K52" s="64"/>
+      <c r="L52" s="65"/>
+      <c r="M52" s="66"/>
+      <c r="N52" s="66"/>
+      <c r="Q52" s="67"/>
+      <c r="R52" s="66"/>
+      <c r="S52" s="66"/>
+      <c r="T52" s="66"/>
+    </row>
+    <row r="53" spans="2:20" s="61" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="94"/>
+      <c r="C53" s="94"/>
+      <c r="D53" s="94"/>
+      <c r="E53" s="94"/>
+      <c r="F53" s="94"/>
+      <c r="G53" s="94"/>
+      <c r="H53" s="94"/>
+      <c r="I53" s="94"/>
+      <c r="J53" s="94"/>
+      <c r="K53" s="64"/>
+      <c r="L53" s="65"/>
+      <c r="M53" s="66"/>
+      <c r="N53" s="66"/>
+      <c r="Q53" s="67"/>
+      <c r="R53" s="66"/>
+      <c r="S53" s="66"/>
+      <c r="T53" s="66"/>
+    </row>
+    <row r="54" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B54" s="94"/>
+      <c r="C54" s="94"/>
+      <c r="D54" s="94"/>
+      <c r="E54" s="94"/>
+      <c r="F54" s="94"/>
+      <c r="G54" s="94"/>
+      <c r="H54" s="94"/>
+      <c r="I54" s="94"/>
+      <c r="J54" s="94"/>
+      <c r="K54" s="64"/>
+      <c r="L54" s="65"/>
+      <c r="M54" s="66"/>
+      <c r="N54" s="66"/>
+      <c r="Q54" s="67"/>
+      <c r="R54" s="66"/>
+      <c r="S54" s="66"/>
+      <c r="T54" s="66"/>
+    </row>
+    <row r="55" spans="2:20" x14ac:dyDescent="0.2">
+      <c r="B55" s="60" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="56" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B56" s="60"/>
+      <c r="C56" s="60"/>
+      <c r="E56" s="62"/>
+      <c r="G56" s="62"/>
+      <c r="H56" s="62"/>
+      <c r="J56" s="63"/>
+      <c r="K56" s="64"/>
+      <c r="L56" s="65"/>
+      <c r="M56" s="66"/>
+      <c r="N56" s="66"/>
+      <c r="Q56" s="67"/>
+      <c r="R56" s="66"/>
+      <c r="S56" s="66"/>
+      <c r="T56" s="66"/>
+    </row>
+    <row r="57" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B57" s="92" t="s">
+        <v>53</v>
+      </c>
+      <c r="C57" s="92"/>
+      <c r="D57" s="92"/>
+      <c r="E57" s="92"/>
+      <c r="F57" s="92"/>
+      <c r="G57" s="92"/>
+      <c r="H57" s="92"/>
+      <c r="I57" s="92"/>
+      <c r="J57" s="92"/>
+      <c r="K57" s="64"/>
+      <c r="L57" s="65"/>
+      <c r="M57" s="66"/>
+      <c r="N57" s="66"/>
+      <c r="Q57" s="67"/>
+      <c r="R57" s="66"/>
+      <c r="S57" s="66"/>
+      <c r="T57" s="66"/>
+    </row>
+    <row r="58" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B58" s="92"/>
+      <c r="C58" s="92"/>
+      <c r="D58" s="92"/>
+      <c r="E58" s="92"/>
+      <c r="F58" s="92"/>
+      <c r="G58" s="92"/>
+      <c r="H58" s="92"/>
+      <c r="I58" s="92"/>
+      <c r="J58" s="92"/>
+      <c r="K58" s="64"/>
+      <c r="L58" s="65"/>
+      <c r="M58" s="66"/>
+      <c r="N58" s="66"/>
+      <c r="Q58" s="67"/>
+      <c r="R58" s="66"/>
+      <c r="S58" s="66"/>
+      <c r="T58" s="66"/>
+    </row>
+    <row r="59" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B59" s="92"/>
+      <c r="C59" s="92"/>
+      <c r="D59" s="92"/>
+      <c r="E59" s="92"/>
+      <c r="F59" s="92"/>
+      <c r="G59" s="92"/>
+      <c r="H59" s="92"/>
+      <c r="I59" s="92"/>
+      <c r="J59" s="92"/>
+      <c r="K59" s="64"/>
+      <c r="L59" s="65"/>
+      <c r="M59" s="66"/>
+      <c r="N59" s="66"/>
+      <c r="Q59" s="67"/>
+      <c r="R59" s="66"/>
+      <c r="S59" s="66"/>
+      <c r="T59" s="66"/>
+    </row>
+    <row r="60" spans="2:20" s="61" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B60" s="92"/>
+      <c r="C60" s="92"/>
+      <c r="D60" s="92"/>
+      <c r="E60" s="92"/>
+      <c r="F60" s="92"/>
+      <c r="G60" s="92"/>
+      <c r="H60" s="92"/>
+      <c r="I60" s="92"/>
+      <c r="J60" s="92"/>
+      <c r="K60" s="64"/>
+      <c r="L60" s="65"/>
+      <c r="M60" s="66"/>
+      <c r="N60" s="66"/>
+      <c r="Q60" s="67"/>
+      <c r="R60" s="66"/>
+      <c r="S60" s="66"/>
+      <c r="T60" s="66"/>
+    </row>
+    <row r="61" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B61" s="74" t="s">
+        <v>46</v>
+      </c>
+      <c r="C61" s="77"/>
+      <c r="D61" s="77"/>
+      <c r="E61" s="77"/>
+      <c r="F61" s="77"/>
+      <c r="G61" s="77"/>
+      <c r="H61" s="77"/>
+      <c r="I61" s="77"/>
+      <c r="J61" s="77"/>
+      <c r="K61" s="64"/>
+      <c r="L61" s="65"/>
+      <c r="M61" s="66"/>
+      <c r="N61" s="66"/>
+      <c r="Q61" s="67"/>
+      <c r="R61" s="66"/>
+      <c r="S61" s="66"/>
+      <c r="T61" s="66"/>
+    </row>
+    <row r="62" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B62" s="92" t="s">
+        <v>50</v>
+      </c>
+      <c r="C62" s="92"/>
+      <c r="D62" s="92"/>
+      <c r="E62" s="92"/>
+      <c r="F62" s="92"/>
+      <c r="G62" s="92"/>
+      <c r="H62" s="92"/>
+      <c r="I62" s="92"/>
+      <c r="J62" s="92"/>
+      <c r="K62" s="64"/>
+      <c r="L62" s="65"/>
+      <c r="M62" s="66"/>
+      <c r="N62" s="66"/>
+      <c r="Q62" s="67"/>
+      <c r="R62" s="66"/>
+      <c r="S62" s="66"/>
+      <c r="T62" s="66"/>
+    </row>
+    <row r="63" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B63" s="92"/>
+      <c r="C63" s="92"/>
+      <c r="D63" s="92"/>
+      <c r="E63" s="92"/>
+      <c r="F63" s="92"/>
+      <c r="G63" s="92"/>
+      <c r="H63" s="92"/>
+      <c r="I63" s="92"/>
+      <c r="J63" s="92"/>
+      <c r="K63" s="64"/>
+      <c r="L63" s="65"/>
+      <c r="M63" s="66"/>
+      <c r="N63" s="66"/>
+      <c r="Q63" s="67"/>
+      <c r="R63" s="66"/>
+      <c r="S63" s="66"/>
+      <c r="T63" s="66"/>
+    </row>
+    <row r="64" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B64" s="92"/>
+      <c r="C64" s="92"/>
+      <c r="D64" s="92"/>
+      <c r="E64" s="92"/>
+      <c r="F64" s="92"/>
+      <c r="G64" s="92"/>
+      <c r="H64" s="92"/>
+      <c r="I64" s="92"/>
+      <c r="J64" s="92"/>
+      <c r="K64" s="64"/>
+      <c r="L64" s="65"/>
+      <c r="M64" s="66"/>
+      <c r="N64" s="66"/>
+      <c r="Q64" s="67"/>
+      <c r="R64" s="66"/>
+      <c r="S64" s="66"/>
+      <c r="T64" s="66"/>
+    </row>
+    <row r="65" spans="2:14" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B65" s="75"/>
+      <c r="C65" s="78"/>
+      <c r="D65" s="78"/>
+      <c r="E65" s="78"/>
+      <c r="F65" s="78"/>
+      <c r="G65" s="78"/>
+      <c r="H65" s="78"/>
+      <c r="I65" s="78"/>
+      <c r="J65" s="78"/>
+      <c r="K65" s="64"/>
+      <c r="L65" s="65"/>
+      <c r="M65" s="66"/>
+      <c r="N65" s="66"/>
+    </row>
+    <row r="66" spans="2:14" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B66" s="76" t="s">
+        <v>42</v>
+      </c>
+      <c r="C66" s="79"/>
+      <c r="D66" s="79"/>
+      <c r="E66" s="79"/>
+      <c r="F66" s="80"/>
+      <c r="G66" s="80"/>
+      <c r="H66" s="80"/>
+      <c r="I66" s="80"/>
+      <c r="J66" s="80"/>
+      <c r="K66" s="64"/>
+      <c r="L66" s="65"/>
+      <c r="M66" s="66"/>
+      <c r="N66" s="66"/>
+    </row>
+    <row r="67" spans="2:14" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B67" s="76"/>
+      <c r="C67" s="79"/>
+      <c r="D67" s="79"/>
+      <c r="E67" s="79"/>
+      <c r="F67" s="80"/>
+      <c r="G67" s="80"/>
+      <c r="H67" s="80"/>
+      <c r="I67" s="80"/>
+      <c r="J67" s="80"/>
+      <c r="K67" s="64"/>
+      <c r="L67" s="65"/>
+      <c r="M67" s="66"/>
+      <c r="N67" s="66"/>
+    </row>
+    <row r="68" spans="2:14" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B68" s="91">
+        <v>4909531</v>
+      </c>
+      <c r="C68" s="71"/>
+      <c r="D68" s="71"/>
+      <c r="E68" s="71"/>
+      <c r="F68" s="71"/>
+      <c r="G68" s="71"/>
+      <c r="H68" s="71"/>
+      <c r="I68" s="71"/>
+      <c r="J68" s="71"/>
+      <c r="K68" s="68"/>
+    </row>
+    <row r="69" spans="2:14" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B69" s="69"/>
+      <c r="C69" s="69"/>
+      <c r="D69" s="69"/>
+      <c r="E69" s="69"/>
+      <c r="F69" s="69"/>
+      <c r="G69" s="69"/>
+      <c r="H69" s="69"/>
+      <c r="I69" s="69"/>
+      <c r="J69" s="69"/>
+      <c r="K69" s="70"/>
+    </row>
+    <row r="70" spans="2:14" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B70" s="69"/>
+      <c r="C70" s="69"/>
+      <c r="D70" s="69"/>
+      <c r="E70" s="69"/>
+      <c r="F70" s="69"/>
+      <c r="G70" s="69"/>
+      <c r="H70" s="69"/>
+      <c r="I70" s="69"/>
+      <c r="J70" s="69"/>
+      <c r="K70" s="70"/>
+    </row>
+  </sheetData>
+  <mergeCells count="13">
+    <mergeCell ref="B62:J64"/>
+    <mergeCell ref="B50:J50"/>
+    <mergeCell ref="B51:J51"/>
+    <mergeCell ref="B52:J52"/>
+    <mergeCell ref="B53:J53"/>
+    <mergeCell ref="B54:J54"/>
+    <mergeCell ref="B57:J60"/>
+    <mergeCell ref="B49:J49"/>
+    <mergeCell ref="G1:J2"/>
+    <mergeCell ref="B2:F2"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="G40:J40"/>
+    <mergeCell ref="G41:H41"/>
+  </mergeCells>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="38" max="10" man="1"/>
+  </rowBreaks>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{07A0BF4C-5BE3-49CD-96D6-DECD27CA2736}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:T71"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B69" sqref="B69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
     <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
     <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
     <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
     <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
     <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
     <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
     <col min="13" max="13" width="16" style="10" customWidth="1"/>
     <col min="14" max="14" width="11.85546875" style="10" customWidth="1"/>
     <col min="15" max="15" width="26.28515625" style="10" customWidth="1"/>
     <col min="16" max="16" width="9.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="10" customWidth="1"/>
     <col min="18" max="18" width="9.140625" style="10"/>
     <col min="19" max="19" width="7.140625" style="10" bestFit="1" customWidth="1"/>
     <col min="20" max="16384" width="9.140625" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" ht="40.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="72" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C1" s="35"/>
       <c r="D1" s="36"/>
       <c r="E1" s="35"/>
       <c r="F1" s="73"/>
-      <c r="G1" s="96"/>
-[...2 lines deleted...]
-      <c r="J1" s="98"/>
+      <c r="G1" s="95"/>
+      <c r="H1" s="96"/>
+      <c r="I1" s="96"/>
+      <c r="J1" s="97"/>
     </row>
     <row r="2" spans="2:20" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="102">
-[...9 lines deleted...]
-      <c r="J2" s="101"/>
+      <c r="B2" s="101">
+        <v>45900</v>
+      </c>
+      <c r="C2" s="102"/>
+      <c r="D2" s="102"/>
+      <c r="E2" s="102"/>
+      <c r="F2" s="103"/>
+      <c r="G2" s="98"/>
+      <c r="H2" s="99"/>
+      <c r="I2" s="99"/>
+      <c r="J2" s="100"/>
     </row>
     <row r="3" spans="2:20" x14ac:dyDescent="0.2">
       <c r="E3" s="34"/>
       <c r="G3" s="34"/>
       <c r="H3" s="34"/>
       <c r="J3" s="34"/>
       <c r="L3" s="34"/>
       <c r="M3" s="34"/>
       <c r="N3" s="34"/>
       <c r="O3" s="34"/>
     </row>
     <row r="4" spans="2:20" ht="18" x14ac:dyDescent="0.25">
       <c r="B4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="E4"/>
       <c r="G4" s="34"/>
       <c r="H4" s="34"/>
       <c r="J4" s="34"/>
       <c r="L4" s="34"/>
       <c r="M4" s="34"/>
       <c r="N4" s="34"/>
       <c r="O4" s="34"/>
     </row>
     <row r="5" spans="2:20" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C5" s="82"/>
       <c r="D5" s="30"/>
       <c r="E5" s="83"/>
       <c r="F5" s="84"/>
-      <c r="G5" s="105"/>
-      <c r="H5" s="105"/>
+      <c r="G5" s="104"/>
+      <c r="H5" s="104"/>
       <c r="I5" s="84"/>
       <c r="J5" s="85"/>
       <c r="L5" s="34"/>
       <c r="M5" s="34"/>
       <c r="N5" s="34"/>
       <c r="O5" s="34"/>
     </row>
     <row r="6" spans="2:20" ht="73.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B6" s="81"/>
       <c r="C6" s="3"/>
       <c r="D6" s="4"/>
       <c r="E6" s="8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="H6" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="L6" s="34"/>
       <c r="M6" s="34"/>
       <c r="N6" s="34"/>
       <c r="O6" s="34"/>
     </row>
     <row r="7" spans="2:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B7" s="37" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="38"/>
       <c r="D7" s="38"/>
       <c r="E7" s="39"/>
       <c r="F7" s="39"/>
       <c r="G7" s="39"/>
       <c r="H7" s="39"/>
       <c r="I7" s="39"/>
       <c r="J7" s="40"/>
       <c r="L7" s="41"/>
       <c r="M7" s="34"/>
       <c r="N7" s="34"/>
       <c r="O7" s="34"/>
       <c r="P7" s="42"/>
     </row>
     <row r="8" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B8" s="87" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="D8" s="21"/>
       <c r="E8" s="22">
-        <v>7.5499999999999998E-2</v>
+        <v>7.0499999999999993E-2</v>
       </c>
       <c r="F8" s="21"/>
       <c r="G8" s="22">
-        <v>3.8991346792462744E-2</v>
+        <v>4.6078917050232641E-2</v>
       </c>
       <c r="H8" s="22">
-        <v>-0.19986776164331663</v>
+        <v>-0.52713339755433208</v>
       </c>
       <c r="I8" s="22"/>
       <c r="J8" s="23">
-        <v>0.51644167937036745</v>
+        <v>0.65360166028698785</v>
       </c>
       <c r="K8" s="43"/>
       <c r="L8" s="44"/>
       <c r="M8" s="45"/>
       <c r="N8" s="45"/>
       <c r="O8" s="45"/>
       <c r="P8" s="47"/>
       <c r="Q8" s="47"/>
       <c r="R8" s="48"/>
       <c r="S8" s="48"/>
       <c r="T8" s="48"/>
     </row>
     <row r="9" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B9" s="88" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C9" s="12" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="13"/>
       <c r="E9" s="22">
         <v>7.9500000000000001E-2</v>
       </c>
       <c r="F9" s="21"/>
       <c r="G9" s="22">
-        <v>4.511089348628966E-2</v>
+        <v>5.3811568733861358E-2</v>
       </c>
       <c r="H9" s="22">
-        <v>-0.18069131706838712</v>
+        <v>-0.48837762223506692</v>
       </c>
       <c r="I9" s="21"/>
       <c r="J9" s="23">
-        <v>0.56743262246905235</v>
+        <v>0.67687507841335037</v>
       </c>
       <c r="K9" s="43"/>
       <c r="L9" s="44"/>
       <c r="M9" s="45"/>
       <c r="N9" s="45"/>
       <c r="O9" s="45"/>
       <c r="P9" s="42"/>
       <c r="Q9" s="47"/>
       <c r="R9" s="48"/>
       <c r="S9" s="48"/>
       <c r="T9" s="48"/>
     </row>
     <row r="10" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B10" s="88" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C10" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="13"/>
       <c r="E10" s="22">
         <v>6.5500000000000003E-2</v>
       </c>
       <c r="F10" s="21"/>
       <c r="G10" s="22">
-        <v>4.2627980533411464E-2</v>
+        <v>4.8950237210634434E-2</v>
       </c>
       <c r="H10" s="22">
-        <v>-0.19858973569556207</v>
+        <v>-0.15158461550132035</v>
       </c>
       <c r="I10" s="21"/>
       <c r="J10" s="23">
-        <v>0.65080886310551855</v>
+        <v>0.74733186581121269</v>
       </c>
       <c r="K10" s="43"/>
       <c r="L10" s="44"/>
       <c r="M10" s="45"/>
       <c r="N10" s="45"/>
       <c r="O10" s="45"/>
       <c r="P10" s="47"/>
       <c r="Q10" s="47"/>
       <c r="R10" s="48"/>
       <c r="S10" s="48"/>
       <c r="T10" s="48"/>
     </row>
     <row r="11" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B11" s="88" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C11" s="50" t="s">
         <v>25</v>
       </c>
       <c r="D11" s="13"/>
       <c r="E11" s="22">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="F11" s="21"/>
       <c r="G11" s="22">
-        <v>4.1834988480917962E-2</v>
+        <v>5.133972942473191E-2</v>
       </c>
       <c r="H11" s="22">
-        <v>-0.22251638029943521</v>
+        <v>-0.54720188465813913</v>
       </c>
       <c r="I11" s="21"/>
       <c r="J11" s="23">
-        <v>0.5295568162141514</v>
+        <v>0.6498699927181254</v>
       </c>
       <c r="K11" s="43"/>
       <c r="L11" s="44"/>
       <c r="M11" s="45"/>
       <c r="N11" s="45"/>
       <c r="O11" s="45"/>
       <c r="P11" s="42"/>
       <c r="Q11" s="47"/>
       <c r="R11" s="48"/>
       <c r="S11" s="48"/>
       <c r="T11" s="48"/>
     </row>
     <row r="12" spans="2:20" s="49" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="88" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C12" s="12" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="13"/>
       <c r="E12" s="22">
-        <v>7.2999999999999995E-2</v>
+        <v>6.8000000000000005E-2</v>
       </c>
       <c r="F12" s="21"/>
       <c r="G12" s="22">
-        <v>3.544001700877393E-2</v>
+        <v>4.2802824760941209E-2</v>
       </c>
       <c r="H12" s="22">
-        <v>-0.2316783835716941</v>
+        <v>-0.5678847641529311</v>
       </c>
       <c r="I12" s="21"/>
       <c r="J12" s="23">
-        <v>0.4854796850516977</v>
+        <v>0.62945330530795895</v>
       </c>
       <c r="K12" s="43"/>
       <c r="L12" s="44"/>
       <c r="M12" s="45"/>
       <c r="N12" s="45"/>
       <c r="O12" s="45"/>
       <c r="P12" s="47"/>
       <c r="Q12" s="47"/>
       <c r="R12" s="48"/>
       <c r="S12" s="48"/>
       <c r="T12" s="48"/>
     </row>
     <row r="13" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B13" s="88" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="12" t="s">
         <v>18</v>
       </c>
       <c r="D13" s="13"/>
       <c r="E13" s="22">
-        <v>3.1E-2</v>
+        <v>3.2500000000000001E-2</v>
       </c>
       <c r="F13" s="21"/>
       <c r="G13" s="22">
-        <v>2.9083911476476165E-2</v>
+        <v>3.1308353457210995E-2</v>
       </c>
       <c r="H13" s="22">
-        <v>1.5883509279188107E-2</v>
+        <v>-3.0463448704503471E-3</v>
       </c>
       <c r="I13" s="21"/>
       <c r="J13" s="23">
-        <v>0.93819069278955369</v>
+        <v>0.9633339525295691</v>
       </c>
       <c r="K13" s="43"/>
       <c r="L13" s="44"/>
       <c r="M13" s="45"/>
       <c r="N13" s="45"/>
       <c r="O13" s="45"/>
       <c r="P13" s="42"/>
       <c r="Q13" s="47"/>
       <c r="R13" s="48"/>
       <c r="S13" s="48"/>
       <c r="T13" s="48"/>
     </row>
     <row r="14" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B14" s="88" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="12" t="s">
         <v>19</v>
       </c>
       <c r="D14" s="13"/>
       <c r="E14" s="22">
         <v>3.7999999999999999E-2</v>
       </c>
       <c r="F14" s="21"/>
       <c r="G14" s="22">
-        <v>3.5347249413614022E-2</v>
+        <v>3.6070172943139613E-2</v>
       </c>
       <c r="H14" s="22">
-        <v>1.6147831673228741E-2</v>
+        <v>1.3077300789251942E-2</v>
       </c>
       <c r="I14" s="21"/>
       <c r="J14" s="23">
-        <v>0.9301907740424743</v>
+        <v>0.9492150774510425</v>
       </c>
       <c r="K14" s="43"/>
       <c r="L14" s="44"/>
       <c r="M14" s="45"/>
       <c r="N14" s="45"/>
       <c r="O14" s="45"/>
       <c r="P14" s="47"/>
       <c r="Q14" s="47"/>
       <c r="R14" s="48"/>
       <c r="S14" s="48"/>
       <c r="T14" s="48"/>
     </row>
     <row r="15" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B15" s="88" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="12" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="13"/>
       <c r="E15" s="22">
-        <v>5.1999999999999998E-2</v>
+        <v>5.3499999999999999E-2</v>
       </c>
       <c r="F15" s="21"/>
       <c r="G15" s="22">
-        <v>5.0659586267014133E-2</v>
+        <v>5.2121642655289117E-2</v>
       </c>
       <c r="H15" s="22">
-        <v>9.6329508975316544E-2</v>
+        <v>9.2067827146519912E-2</v>
       </c>
       <c r="I15" s="21"/>
       <c r="J15" s="23">
-        <v>0.97422281282719492</v>
+        <v>0.97423631131381527</v>
       </c>
       <c r="K15" s="43"/>
       <c r="L15" s="44"/>
       <c r="M15" s="45"/>
       <c r="N15" s="45"/>
       <c r="O15" s="45"/>
       <c r="P15" s="42"/>
       <c r="Q15" s="47"/>
       <c r="R15" s="48"/>
       <c r="S15" s="48"/>
       <c r="T15" s="48"/>
     </row>
     <row r="16" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B16" s="88" t="s">
         <v>7</v>
       </c>
       <c r="C16" s="12" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="13"/>
       <c r="E16" s="22">
-        <v>2.75E-2</v>
+        <v>2.9000000000000001E-2</v>
       </c>
       <c r="F16" s="21"/>
       <c r="G16" s="22">
-        <v>2.7069883706633494E-2</v>
+        <v>2.8126146447900579E-2</v>
       </c>
       <c r="H16" s="22">
-        <v>5.9548378297028903E-4</v>
+        <v>8.0385741312799533E-2</v>
       </c>
       <c r="I16" s="21"/>
       <c r="J16" s="23">
-        <v>0.98435940751394524</v>
+        <v>0.96986711889312338</v>
       </c>
       <c r="K16" s="43"/>
       <c r="L16" s="44"/>
       <c r="M16" s="45"/>
       <c r="N16" s="45"/>
       <c r="O16" s="45"/>
       <c r="P16" s="47"/>
       <c r="Q16" s="47"/>
       <c r="R16" s="48"/>
       <c r="S16" s="48"/>
       <c r="T16" s="48"/>
     </row>
     <row r="17" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B17" s="88" t="s">
         <v>17</v>
       </c>
       <c r="C17" s="12" t="s">
         <v>20</v>
       </c>
       <c r="D17" s="13"/>
       <c r="E17" s="22">
-        <v>4.65E-2</v>
+        <v>4.8500000000000001E-2</v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="22">
-        <v>4.5504650661338797E-2</v>
+        <v>4.6744044735523758E-2</v>
       </c>
       <c r="H17" s="22">
-        <v>6.6997940297566748E-3</v>
+        <v>-8.3123432368734582E-3</v>
       </c>
       <c r="I17" s="21"/>
       <c r="J17" s="23">
-        <v>0.97859463787825374</v>
+        <v>0.96379473681492278</v>
       </c>
       <c r="K17" s="43"/>
       <c r="L17" s="44"/>
       <c r="M17" s="45"/>
       <c r="N17" s="45"/>
       <c r="O17" s="45"/>
       <c r="P17" s="42"/>
       <c r="Q17" s="47"/>
       <c r="R17" s="48"/>
       <c r="S17" s="48"/>
       <c r="T17" s="48"/>
     </row>
     <row r="18" spans="2:20" s="49" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B18" s="28" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="C18" s="29" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D18" s="30"/>
       <c r="E18" s="89">
         <v>6.8500000000000005E-2</v>
       </c>
       <c r="F18" s="30"/>
       <c r="G18" s="89">
-        <v>4.1684851745076669E-2</v>
+        <v>4.6255210236970545E-2</v>
       </c>
       <c r="H18" s="31">
-        <v>-0.33738950974136112</v>
+        <v>-8.6156672577046775E-2</v>
       </c>
       <c r="I18" s="31"/>
       <c r="J18" s="32">
-        <v>0.60853798167995132</v>
+        <v>0.67525854360540938</v>
       </c>
       <c r="K18" s="43"/>
       <c r="L18" s="44"/>
       <c r="M18" s="45"/>
       <c r="N18" s="45"/>
       <c r="O18" s="45"/>
       <c r="P18" s="47"/>
       <c r="Q18" s="47"/>
       <c r="R18" s="48"/>
       <c r="S18" s="48"/>
       <c r="T18" s="48"/>
     </row>
     <row r="19" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B19" s="51" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="40"/>
       <c r="K19" s="43"/>
       <c r="L19" s="44"/>
       <c r="M19" s="45"/>
       <c r="N19" s="45"/>
       <c r="P19" s="47"/>
       <c r="Q19" s="47"/>
       <c r="R19" s="48"/>
       <c r="S19" s="48"/>
       <c r="T19" s="48"/>
     </row>
     <row r="20" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B20" s="87" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C20" s="20" t="s">
         <v>27</v>
       </c>
       <c r="D20" s="21"/>
       <c r="E20" s="22">
         <v>7.3499999999999996E-2</v>
       </c>
       <c r="F20" s="21"/>
       <c r="G20" s="22">
-        <v>3.552876215138815E-2</v>
+        <v>4.1556687331867494E-2</v>
       </c>
       <c r="H20" s="22">
-        <v>-0.24293818635821132</v>
+        <v>-0.58787075367237396</v>
       </c>
       <c r="I20" s="22"/>
       <c r="J20" s="23">
-        <v>0.48338451906650548</v>
+        <v>0.56539710655602038</v>
       </c>
       <c r="K20" s="43"/>
       <c r="L20" s="44"/>
       <c r="M20" s="45"/>
       <c r="N20" s="45"/>
       <c r="O20" s="45"/>
       <c r="P20" s="42"/>
       <c r="Q20" s="47"/>
       <c r="R20" s="48"/>
       <c r="S20" s="48"/>
       <c r="T20" s="48"/>
     </row>
     <row r="21" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B21" s="11" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C21" s="12" t="s">
         <v>28</v>
       </c>
       <c r="D21" s="13"/>
       <c r="E21" s="22">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="22">
-        <v>3.6566948602179024E-2</v>
+        <v>4.4370436493319232E-2</v>
       </c>
       <c r="H21" s="22">
-        <v>-0.24661645996417528</v>
+        <v>-0.58468234971339095</v>
       </c>
       <c r="I21" s="21"/>
       <c r="J21" s="23">
-        <v>0.48114406055498715</v>
+        <v>0.58382153280683202</v>
       </c>
       <c r="K21" s="43"/>
       <c r="L21" s="44"/>
       <c r="M21" s="45"/>
       <c r="N21" s="45"/>
       <c r="O21" s="45"/>
       <c r="P21" s="42"/>
       <c r="Q21" s="47"/>
       <c r="R21" s="48"/>
       <c r="S21" s="48"/>
       <c r="T21" s="48"/>
     </row>
     <row r="22" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B22" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="12" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D22" s="13"/>
       <c r="E22" s="22">
         <v>2.9000000000000001E-2</v>
       </c>
       <c r="F22" s="21"/>
       <c r="G22" s="22">
-        <v>2.8865580897288468E-2</v>
+        <v>2.8694335886751174E-2</v>
       </c>
       <c r="H22" s="22">
-        <v>1.90914794756601E-2</v>
+        <v>1.5851023424177296E-2</v>
       </c>
       <c r="I22" s="21"/>
       <c r="J22" s="23">
-        <v>0.99536485852718848</v>
+        <v>0.98945985816383353</v>
       </c>
       <c r="K22" s="43"/>
       <c r="L22" s="44"/>
       <c r="M22" s="45"/>
       <c r="N22" s="45"/>
       <c r="O22" s="45"/>
       <c r="P22" s="42"/>
       <c r="Q22" s="47"/>
       <c r="R22" s="48"/>
       <c r="S22" s="48"/>
       <c r="T22" s="48"/>
     </row>
     <row r="23" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B23" s="28" t="s">
         <v>11</v>
       </c>
       <c r="C23" s="29" t="s">
         <v>12</v>
       </c>
       <c r="D23" s="30"/>
       <c r="E23" s="89">
-        <v>4.5499999999999999E-2</v>
+        <v>4.2999999999999997E-2</v>
       </c>
       <c r="F23" s="30"/>
       <c r="G23" s="89">
-        <v>4.3452995756031072E-2</v>
+        <v>4.273254876820537E-2</v>
       </c>
       <c r="H23" s="31">
-        <v>3.0534236910301185E-3</v>
+        <v>-3.9815526540022128E-2</v>
       </c>
       <c r="I23" s="31"/>
       <c r="J23" s="32">
-        <v>0.95501089573694664</v>
+        <v>0.99378020391175281</v>
       </c>
       <c r="K23" s="43"/>
       <c r="L23" s="44"/>
       <c r="M23" s="45"/>
       <c r="N23" s="45"/>
       <c r="O23" s="45"/>
       <c r="P23" s="42"/>
       <c r="Q23" s="47"/>
       <c r="R23" s="48"/>
       <c r="S23" s="48"/>
       <c r="T23" s="48"/>
     </row>
     <row r="24" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B24" s="51" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="52"/>
       <c r="D24" s="52"/>
       <c r="E24" s="52"/>
       <c r="F24" s="52"/>
       <c r="G24" s="52"/>
       <c r="H24" s="52"/>
       <c r="I24" s="52"/>
       <c r="J24" s="40"/>
       <c r="K24" s="43"/>
       <c r="L24" s="44"/>
       <c r="M24" s="45"/>
       <c r="N24" s="45"/>
       <c r="P24" s="47"/>
       <c r="Q24" s="47"/>
       <c r="R24" s="48"/>
       <c r="S24" s="48"/>
       <c r="T24" s="48"/>
     </row>
     <row r="25" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B25" s="19" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C25" s="20" t="s">
         <v>29</v>
       </c>
       <c r="D25" s="21"/>
       <c r="E25" s="22">
         <v>7.1999999999999995E-2</v>
       </c>
       <c r="F25" s="21"/>
       <c r="G25" s="22">
-        <v>3.775444879324568E-2</v>
+        <v>4.3999484894667401E-2</v>
       </c>
       <c r="H25" s="22">
-        <v>-0.21491129917730756</v>
+        <v>-0.53288201032113969</v>
       </c>
       <c r="I25" s="21"/>
       <c r="J25" s="23">
-        <v>0.52436734435063448</v>
+        <v>0.61110395687038066</v>
       </c>
       <c r="K25" s="43"/>
       <c r="L25" s="44"/>
       <c r="M25" s="45"/>
       <c r="N25" s="45"/>
       <c r="O25" s="45"/>
       <c r="P25" s="42"/>
       <c r="Q25" s="47"/>
       <c r="R25" s="48"/>
       <c r="S25" s="48"/>
       <c r="T25" s="48"/>
     </row>
     <row r="26" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B26" s="11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C26" s="12" t="s">
         <v>30</v>
       </c>
       <c r="D26" s="13"/>
       <c r="E26" s="22">
         <v>6.9000000000000006E-2</v>
       </c>
       <c r="F26" s="21"/>
       <c r="G26" s="22">
-        <v>3.3257573165473807E-2</v>
+        <v>4.1373684702709239E-2</v>
       </c>
       <c r="H26" s="22">
-        <v>-0.21478550588327228</v>
+        <v>-0.52442279338596687</v>
       </c>
       <c r="I26" s="21"/>
       <c r="J26" s="23">
-        <v>0.48199381399237395</v>
+        <v>0.59961861887984402</v>
       </c>
       <c r="K26" s="43"/>
       <c r="L26" s="44"/>
       <c r="M26" s="45"/>
       <c r="N26" s="45"/>
       <c r="O26" s="45"/>
       <c r="P26" s="42"/>
       <c r="Q26" s="47"/>
       <c r="R26" s="48"/>
       <c r="S26" s="48"/>
       <c r="T26" s="48"/>
     </row>
     <row r="27" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B27" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="12" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D27" s="13"/>
       <c r="E27" s="22">
         <v>2.9499999999999998E-2</v>
       </c>
       <c r="F27" s="21"/>
       <c r="G27" s="22">
-        <v>2.9007082438660143E-2</v>
+        <v>2.9188085682252243E-2</v>
       </c>
       <c r="H27" s="22">
-        <v>2.2334020038951592E-2</v>
+        <v>1.640020566646069E-2</v>
       </c>
       <c r="I27" s="21"/>
       <c r="J27" s="23">
-        <v>0.98329093012407265</v>
+        <v>0.98942663329668623</v>
       </c>
       <c r="K27" s="43"/>
       <c r="L27" s="44"/>
       <c r="M27" s="45"/>
       <c r="N27" s="45"/>
       <c r="O27" s="45"/>
       <c r="P27" s="42"/>
       <c r="Q27" s="47"/>
       <c r="R27" s="48"/>
       <c r="S27" s="48"/>
       <c r="T27" s="48"/>
     </row>
     <row r="28" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B28" s="28" t="s">
         <v>15</v>
       </c>
       <c r="C28" s="29" t="s">
         <v>16</v>
       </c>
       <c r="D28" s="30"/>
       <c r="E28" s="89">
         <v>4.2000000000000003E-2</v>
       </c>
       <c r="F28" s="30"/>
       <c r="G28" s="89">
-        <v>4.1899875512561614E-2</v>
+        <v>4.2090963475701508E-2</v>
       </c>
       <c r="H28" s="31">
-        <v>6.1129362134790567E-3</v>
+        <v>-3.0450658455149784E-2</v>
       </c>
       <c r="I28" s="31"/>
       <c r="J28" s="32">
-        <v>0.99761608363241938</v>
+        <v>1.002165797040512</v>
       </c>
       <c r="K28" s="43"/>
       <c r="L28" s="44"/>
       <c r="M28" s="45"/>
       <c r="N28" s="45"/>
       <c r="O28" s="45"/>
       <c r="P28" s="42"/>
       <c r="Q28" s="47"/>
       <c r="R28" s="48"/>
       <c r="S28" s="48"/>
       <c r="T28" s="48"/>
     </row>
     <row r="29" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B29" s="51" t="s">
         <v>22</v>
       </c>
       <c r="C29" s="52"/>
       <c r="D29" s="52"/>
       <c r="E29" s="52"/>
       <c r="F29" s="52"/>
       <c r="G29" s="52"/>
       <c r="H29" s="52"/>
       <c r="I29" s="52"/>
       <c r="J29" s="40"/>
       <c r="K29" s="43"/>
       <c r="L29" s="44"/>
       <c r="M29" s="45"/>
       <c r="N29" s="45"/>
       <c r="P29" s="47"/>
       <c r="Q29" s="47"/>
       <c r="R29" s="48"/>
       <c r="S29" s="48"/>
       <c r="T29" s="48"/>
     </row>
     <row r="30" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B30" s="19" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C30" s="20" t="s">
         <v>31</v>
       </c>
       <c r="D30" s="21"/>
       <c r="E30" s="22">
-        <v>7.2499999999999995E-2</v>
+        <v>6.5500000000000003E-2</v>
       </c>
       <c r="F30" s="21"/>
       <c r="G30" s="22">
-        <v>2.9665641767187053E-2</v>
+        <v>3.602259879310999E-2</v>
       </c>
       <c r="H30" s="22">
-        <v>-0.30228116962390666</v>
+        <v>-0.68370430129218185</v>
       </c>
       <c r="I30" s="21"/>
       <c r="J30" s="23">
-        <v>0.40918126575430419</v>
+        <v>0.54996334035282424</v>
       </c>
       <c r="K30" s="43"/>
       <c r="L30" s="44"/>
       <c r="M30" s="45"/>
       <c r="N30" s="45"/>
       <c r="O30" s="45"/>
       <c r="P30" s="42"/>
       <c r="Q30" s="47"/>
       <c r="R30" s="48"/>
       <c r="S30" s="48"/>
       <c r="T30" s="48"/>
     </row>
     <row r="31" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B31" s="11" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C31" s="12" t="s">
         <v>32</v>
       </c>
       <c r="D31" s="13"/>
       <c r="E31" s="22">
-        <v>7.0999999999999994E-2</v>
+        <v>6.4000000000000001E-2</v>
       </c>
       <c r="F31" s="21"/>
       <c r="G31" s="22">
-        <v>2.6730659014561658E-2</v>
+        <v>3.4351810861456937E-2</v>
       </c>
       <c r="H31" s="22">
-        <v>-0.24426885006980145</v>
+        <v>-0.63321999822670916</v>
       </c>
       <c r="I31" s="21"/>
       <c r="J31" s="23">
-        <v>0.37648815513467127</v>
+        <v>0.53674704471026458</v>
       </c>
       <c r="K31" s="43"/>
       <c r="L31" s="44"/>
       <c r="M31" s="45"/>
       <c r="N31" s="45"/>
       <c r="O31" s="45"/>
       <c r="P31" s="42"/>
       <c r="Q31" s="47"/>
       <c r="R31" s="48"/>
       <c r="S31" s="48"/>
       <c r="T31" s="48"/>
     </row>
     <row r="32" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B32" s="11" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C32" s="12" t="s">
         <v>33</v>
       </c>
       <c r="D32" s="13"/>
       <c r="E32" s="22">
-        <v>7.3499999999999996E-2</v>
+        <v>6.6500000000000004E-2</v>
       </c>
       <c r="F32" s="21"/>
       <c r="G32" s="22">
-        <v>3.2843347549582257E-2</v>
+        <v>3.8678637974170753E-2</v>
       </c>
       <c r="H32" s="22">
-        <v>-0.26314250002236239</v>
+        <v>-0.63023245310050002</v>
       </c>
       <c r="I32" s="21"/>
       <c r="J32" s="23">
-        <v>0.44684826598071098</v>
+        <v>0.58163365374692855</v>
       </c>
       <c r="K32" s="43"/>
       <c r="L32" s="44"/>
       <c r="M32" s="45"/>
       <c r="N32" s="45"/>
       <c r="O32" s="45"/>
       <c r="P32" s="42"/>
       <c r="Q32" s="47"/>
       <c r="R32" s="48"/>
       <c r="S32" s="48"/>
       <c r="T32" s="48"/>
     </row>
     <row r="33" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="11" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C33" s="12" t="s">
         <v>34</v>
       </c>
       <c r="D33" s="13"/>
       <c r="E33" s="22">
-        <v>6.7500000000000004E-2</v>
+        <v>6.0999999999999999E-2</v>
       </c>
       <c r="F33" s="21"/>
       <c r="G33" s="22">
-        <v>1.5290318718815497E-2</v>
+        <v>2.8961266069353436E-2</v>
       </c>
       <c r="H33" s="22">
-        <v>-0.25376188798373217</v>
+        <v>-0.69021415352644322</v>
       </c>
       <c r="I33" s="21"/>
       <c r="J33" s="23">
-        <v>0.22652324027874809</v>
+        <v>0.47477485359595795</v>
       </c>
       <c r="K33" s="43"/>
       <c r="L33" s="44"/>
       <c r="M33" s="45"/>
       <c r="N33" s="45"/>
       <c r="O33" s="45"/>
       <c r="P33" s="42"/>
       <c r="Q33" s="47"/>
       <c r="R33" s="48"/>
       <c r="S33" s="48"/>
       <c r="T33" s="48"/>
     </row>
     <row r="34" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="11" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C34" s="12" t="s">
         <v>35</v>
       </c>
       <c r="D34" s="13"/>
       <c r="E34" s="22">
         <v>7.85E-2</v>
       </c>
       <c r="F34" s="21"/>
       <c r="G34" s="22">
-        <v>3.4453287683371615E-2</v>
+        <v>3.7528185349960871E-2</v>
       </c>
       <c r="H34" s="22">
-        <v>-0.30468762724348514</v>
+        <v>-0.75620650212749219</v>
       </c>
       <c r="I34" s="21"/>
       <c r="J34" s="23">
-        <v>0.43889538450154925</v>
+        <v>0.47806605541351427</v>
       </c>
       <c r="K34" s="43"/>
       <c r="L34" s="44"/>
       <c r="M34" s="45"/>
       <c r="N34" s="45"/>
       <c r="O34" s="45"/>
       <c r="P34" s="42"/>
       <c r="Q34" s="47"/>
       <c r="R34" s="48"/>
       <c r="S34" s="48"/>
       <c r="T34" s="48"/>
     </row>
     <row r="35" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B35" s="11" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C35" s="12" t="s">
         <v>36</v>
       </c>
       <c r="D35" s="13"/>
       <c r="E35" s="22">
         <v>7.8E-2</v>
       </c>
       <c r="F35" s="21"/>
       <c r="G35" s="22">
-        <v>2.8827992072223377E-2</v>
+        <v>3.9233173158265064E-2</v>
       </c>
       <c r="H35" s="22">
-        <v>-0.31748682421165447</v>
+        <v>-0.77057190583972324</v>
       </c>
       <c r="I35" s="21"/>
       <c r="J35" s="23">
-        <v>0.36958964195158173</v>
+        <v>0.5029893994649367</v>
       </c>
       <c r="K35" s="43"/>
       <c r="L35" s="44"/>
       <c r="M35" s="45"/>
       <c r="N35" s="45"/>
       <c r="O35" s="45"/>
       <c r="P35" s="42"/>
       <c r="Q35" s="47"/>
       <c r="R35" s="48"/>
       <c r="S35" s="48"/>
       <c r="T35" s="48"/>
     </row>
     <row r="36" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B36" s="11" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C36" s="12" t="s">
         <v>37</v>
       </c>
       <c r="D36" s="13"/>
       <c r="E36" s="22">
-        <v>7.1999999999999995E-2</v>
+        <v>6.5000000000000002E-2</v>
       </c>
       <c r="F36" s="21"/>
       <c r="G36" s="22">
-        <v>3.2159250279846271E-2</v>
+        <v>3.7942820729878292E-2</v>
       </c>
       <c r="H36" s="22">
-        <v>-0.24920479350650471</v>
+        <v>-0.59307977462802153</v>
       </c>
       <c r="I36" s="21"/>
       <c r="J36" s="23">
-        <v>0.44665625388675378</v>
+        <v>0.5837357035365891</v>
       </c>
       <c r="K36" s="43"/>
       <c r="L36" s="44"/>
       <c r="M36" s="45"/>
       <c r="N36" s="45"/>
       <c r="O36" s="45"/>
       <c r="P36" s="42"/>
       <c r="Q36" s="47"/>
       <c r="R36" s="48"/>
       <c r="S36" s="48"/>
       <c r="T36" s="48"/>
     </row>
     <row r="37" spans="2:20" s="46" customFormat="1" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B37" s="28"/>
       <c r="C37" s="29"/>
       <c r="D37" s="30"/>
       <c r="E37" s="31"/>
       <c r="F37" s="30"/>
       <c r="G37" s="31"/>
       <c r="H37" s="31"/>
       <c r="I37" s="30"/>
       <c r="J37" s="32"/>
       <c r="K37" s="43"/>
       <c r="L37" s="44"/>
       <c r="M37" s="45"/>
@@ -7193,2367 +15755,617 @@
       <c r="S38" s="48"/>
       <c r="T38" s="48"/>
     </row>
     <row r="39" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B39" s="56"/>
       <c r="C39" s="56"/>
       <c r="D39" s="56"/>
       <c r="E39" s="57"/>
       <c r="F39" s="56"/>
       <c r="G39" s="57"/>
       <c r="H39" s="56"/>
       <c r="I39" s="56"/>
       <c r="J39" s="56"/>
       <c r="K39" s="58"/>
       <c r="L39" s="44"/>
       <c r="M39" s="45"/>
     </row>
     <row r="40" spans="2:20" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C40" s="56"/>
       <c r="D40" s="57"/>
       <c r="E40" s="56"/>
       <c r="F40" s="57"/>
-      <c r="G40" s="106"/>
-[...2 lines deleted...]
-      <c r="J40" s="106"/>
+      <c r="G40" s="105"/>
+      <c r="H40" s="105"/>
+      <c r="I40" s="105"/>
+      <c r="J40" s="105"/>
       <c r="K40" s="10"/>
       <c r="L40" s="44"/>
       <c r="M40" s="45"/>
     </row>
     <row r="41" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B41" s="56"/>
       <c r="C41" s="56"/>
       <c r="D41" s="57"/>
       <c r="E41" s="59"/>
       <c r="F41" s="57"/>
-      <c r="G41" s="107"/>
-      <c r="H41" s="107"/>
+      <c r="G41" s="106"/>
+      <c r="H41" s="106"/>
       <c r="I41" s="56"/>
       <c r="J41" s="58"/>
       <c r="K41" s="10"/>
       <c r="L41" s="44"/>
       <c r="M41" s="45"/>
     </row>
     <row r="42" spans="2:20" ht="45" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B42" s="2"/>
       <c r="C42" s="3"/>
       <c r="D42" s="4"/>
       <c r="E42" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F42" s="6"/>
       <c r="G42" s="7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I42" s="8"/>
       <c r="J42" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K42" s="10"/>
       <c r="L42" s="44"/>
       <c r="M42" s="45"/>
     </row>
     <row r="43" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B43" s="14" t="s">
         <v>39</v>
       </c>
       <c r="C43" s="15"/>
       <c r="D43" s="16"/>
       <c r="E43" s="17"/>
       <c r="F43" s="16"/>
       <c r="G43" s="17"/>
       <c r="H43" s="17"/>
       <c r="I43" s="17"/>
       <c r="J43" s="18"/>
       <c r="K43" s="10"/>
       <c r="L43" s="44"/>
       <c r="M43" s="45"/>
     </row>
     <row r="44" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B44" s="11" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C44" s="12" t="s">
         <v>38</v>
       </c>
       <c r="D44" s="13"/>
       <c r="E44" s="22">
         <v>6.6500000000000004E-2</v>
       </c>
       <c r="F44" s="21"/>
       <c r="G44" s="22">
-        <v>4.5041199111344403E-2</v>
+        <v>4.6470422641484793E-2</v>
       </c>
       <c r="H44" s="22">
-        <v>-5.0650727128537208E-2</v>
+        <v>-0.24351222289003949</v>
       </c>
       <c r="I44" s="22"/>
       <c r="J44" s="23">
-        <v>0.67731126483224657</v>
+        <v>0.69880334799225252</v>
       </c>
       <c r="K44" s="10"/>
       <c r="L44" s="44"/>
       <c r="M44" s="45"/>
       <c r="N44" s="45"/>
       <c r="O44" s="45"/>
       <c r="P44" s="42"/>
       <c r="Q44" s="47"/>
       <c r="R44" s="48"/>
       <c r="S44" s="48"/>
     </row>
     <row r="45" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B45" s="11" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C45" s="12" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D45" s="13"/>
       <c r="E45" s="22">
         <v>0.16600000000000001</v>
       </c>
       <c r="F45" s="21"/>
       <c r="G45" s="22">
-        <v>9.830749066054166E-2</v>
+        <v>0.10344517160735371</v>
       </c>
       <c r="H45" s="22">
-        <v>-0.13501135830988958</v>
+        <v>-0.69476631702675462</v>
       </c>
       <c r="I45" s="22"/>
       <c r="J45" s="23">
-        <v>0.59221379915988948</v>
+        <v>0.62316368438164882</v>
       </c>
       <c r="K45" s="10"/>
       <c r="L45" s="44"/>
       <c r="M45" s="45"/>
       <c r="N45" s="45"/>
       <c r="O45" s="45"/>
       <c r="P45" s="42"/>
       <c r="Q45" s="47"/>
       <c r="R45" s="48"/>
       <c r="S45" s="48"/>
     </row>
     <row r="46" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B46" s="28" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C46" s="29" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D46" s="30"/>
       <c r="E46" s="89">
         <v>0.16750000000000001</v>
       </c>
       <c r="F46" s="30"/>
       <c r="G46" s="89">
-        <v>8.9539331096713373E-2</v>
+        <v>0.10181389908846061</v>
       </c>
       <c r="H46" s="31">
-        <v>-0.20509136499686317</v>
+        <v>-0.90991059934636187</v>
       </c>
       <c r="I46" s="31"/>
       <c r="J46" s="32">
-        <v>0.53456317072664694</v>
+        <v>0.60784417366245136</v>
       </c>
       <c r="K46" s="10"/>
       <c r="L46" s="44"/>
       <c r="M46" s="45"/>
       <c r="N46" s="45"/>
       <c r="O46" s="45"/>
       <c r="P46" s="42"/>
       <c r="Q46" s="47"/>
       <c r="R46" s="48"/>
       <c r="S46" s="48"/>
     </row>
     <row r="47" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B47" s="14" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C47" s="15"/>
       <c r="D47" s="16"/>
       <c r="E47" s="17"/>
       <c r="F47" s="16"/>
       <c r="G47" s="17"/>
       <c r="H47" s="17"/>
       <c r="I47" s="17"/>
       <c r="J47" s="18"/>
       <c r="K47" s="10"/>
       <c r="L47" s="44"/>
       <c r="M47" s="45"/>
     </row>
     <row r="48" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B48" s="28" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C48" s="29" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D48" s="30"/>
       <c r="E48" s="26">
         <v>9.6500000000000002E-2</v>
       </c>
       <c r="F48" s="24"/>
       <c r="G48" s="26">
-        <v>6.1418831041286946E-2</v>
+        <v>7.954840547328762E-2</v>
       </c>
       <c r="H48" s="25">
-        <v>-0.20800215418353521</v>
+        <v>-0.16536376035528197</v>
       </c>
       <c r="I48" s="25"/>
       <c r="J48" s="27">
-        <v>0.63646457037603055</v>
+        <v>0.82433580801334316</v>
       </c>
       <c r="K48" s="10"/>
       <c r="L48" s="44"/>
       <c r="M48" s="45"/>
       <c r="N48" s="45"/>
       <c r="O48" s="45"/>
       <c r="P48" s="42"/>
       <c r="Q48" s="47"/>
       <c r="R48" s="48"/>
       <c r="S48" s="48"/>
     </row>
     <row r="49" spans="2:20" x14ac:dyDescent="0.2">
       <c r="B49" s="56"/>
       <c r="C49" s="56"/>
       <c r="D49" s="57"/>
       <c r="E49" s="86"/>
       <c r="F49" s="57"/>
       <c r="G49" s="57"/>
       <c r="H49" s="57"/>
       <c r="I49" s="57"/>
       <c r="J49" s="57"/>
       <c r="K49" s="10"/>
     </row>
     <row r="50" spans="2:20" s="61" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="95" t="s">
-[...9 lines deleted...]
-      <c r="J50" s="95"/>
+      <c r="B50" s="94" t="s">
+        <v>63</v>
+      </c>
+      <c r="C50" s="94"/>
+      <c r="D50" s="94"/>
+      <c r="E50" s="94"/>
+      <c r="F50" s="94"/>
+      <c r="G50" s="94"/>
+      <c r="H50" s="94"/>
+      <c r="I50" s="94"/>
+      <c r="J50" s="94"/>
       <c r="K50" s="64"/>
       <c r="L50" s="65"/>
       <c r="M50" s="66"/>
       <c r="N50" s="66"/>
       <c r="Q50" s="67"/>
       <c r="R50" s="66"/>
       <c r="S50" s="66"/>
       <c r="T50" s="66"/>
     </row>
     <row r="51" spans="2:20" s="61" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="94" t="s">
-[...9 lines deleted...]
-      <c r="J51" s="94"/>
+      <c r="B51" s="93" t="s">
+        <v>57</v>
+      </c>
+      <c r="C51" s="93"/>
+      <c r="D51" s="93"/>
+      <c r="E51" s="93"/>
+      <c r="F51" s="93"/>
+      <c r="G51" s="93"/>
+      <c r="H51" s="93"/>
+      <c r="I51" s="93"/>
+      <c r="J51" s="93"/>
       <c r="K51" s="64"/>
       <c r="L51" s="65"/>
       <c r="M51" s="66"/>
       <c r="N51" s="66"/>
       <c r="Q51" s="67"/>
       <c r="R51" s="66"/>
       <c r="S51" s="66"/>
       <c r="T51" s="66"/>
     </row>
     <row r="52" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="94" t="s">
-[...9 lines deleted...]
-      <c r="J52" s="94"/>
+      <c r="B52" s="93" t="s">
+        <v>49</v>
+      </c>
+      <c r="C52" s="93"/>
+      <c r="D52" s="93"/>
+      <c r="E52" s="93"/>
+      <c r="F52" s="93"/>
+      <c r="G52" s="93"/>
+      <c r="H52" s="93"/>
+      <c r="I52" s="93"/>
+      <c r="J52" s="93"/>
       <c r="K52" s="64"/>
       <c r="L52" s="65"/>
       <c r="M52" s="66"/>
       <c r="N52" s="66"/>
       <c r="Q52" s="67"/>
       <c r="R52" s="66"/>
       <c r="S52" s="66"/>
       <c r="T52" s="66"/>
     </row>
     <row r="53" spans="2:20" s="61" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="95" t="s">
-[...9 lines deleted...]
-      <c r="J53" s="95"/>
+      <c r="B53" s="94" t="s">
+        <v>66</v>
+      </c>
+      <c r="C53" s="94"/>
+      <c r="D53" s="94"/>
+      <c r="E53" s="94"/>
+      <c r="F53" s="94"/>
+      <c r="G53" s="94"/>
+      <c r="H53" s="94"/>
+      <c r="I53" s="94"/>
+      <c r="J53" s="94"/>
       <c r="K53" s="64"/>
       <c r="L53" s="65"/>
       <c r="M53" s="66"/>
       <c r="N53" s="66"/>
       <c r="Q53" s="67"/>
       <c r="R53" s="66"/>
       <c r="S53" s="66"/>
       <c r="T53" s="66"/>
     </row>
     <row r="54" spans="2:20" s="61" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="95"/>
-[...7 lines deleted...]
-      <c r="J54" s="95"/>
+      <c r="B54" s="94"/>
+      <c r="C54" s="94"/>
+      <c r="D54" s="94"/>
+      <c r="E54" s="94"/>
+      <c r="F54" s="94"/>
+      <c r="G54" s="94"/>
+      <c r="H54" s="94"/>
+      <c r="I54" s="94"/>
+      <c r="J54" s="94"/>
       <c r="K54" s="64"/>
       <c r="L54" s="65"/>
       <c r="M54" s="66"/>
       <c r="N54" s="66"/>
       <c r="Q54" s="67"/>
       <c r="R54" s="66"/>
       <c r="S54" s="66"/>
       <c r="T54" s="66"/>
     </row>
     <row r="55" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B55" s="95"/>
-[...7 lines deleted...]
-      <c r="J55" s="95"/>
+      <c r="B55" s="94"/>
+      <c r="C55" s="94"/>
+      <c r="D55" s="94"/>
+      <c r="E55" s="94"/>
+      <c r="F55" s="94"/>
+      <c r="G55" s="94"/>
+      <c r="H55" s="94"/>
+      <c r="I55" s="94"/>
+      <c r="J55" s="94"/>
       <c r="K55" s="64"/>
       <c r="L55" s="65"/>
       <c r="M55" s="66"/>
       <c r="N55" s="66"/>
       <c r="Q55" s="67"/>
       <c r="R55" s="66"/>
       <c r="S55" s="66"/>
       <c r="T55" s="66"/>
     </row>
     <row r="56" spans="2:20" x14ac:dyDescent="0.2">
       <c r="B56" s="60" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="57" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="B57" s="60"/>
       <c r="C57" s="60"/>
       <c r="E57" s="62"/>
       <c r="G57" s="62"/>
       <c r="H57" s="62"/>
       <c r="J57" s="63"/>
       <c r="K57" s="64"/>
       <c r="L57" s="65"/>
       <c r="M57" s="66"/>
       <c r="N57" s="66"/>
       <c r="Q57" s="67"/>
       <c r="R57" s="66"/>
       <c r="S57" s="66"/>
       <c r="T57" s="66"/>
     </row>
     <row r="58" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B58" s="93" t="s">
-[...9 lines deleted...]
-      <c r="J58" s="93"/>
+      <c r="B58" s="92" t="s">
+        <v>53</v>
+      </c>
+      <c r="C58" s="92"/>
+      <c r="D58" s="92"/>
+      <c r="E58" s="92"/>
+      <c r="F58" s="92"/>
+      <c r="G58" s="92"/>
+      <c r="H58" s="92"/>
+      <c r="I58" s="92"/>
+      <c r="J58" s="92"/>
       <c r="K58" s="64"/>
       <c r="L58" s="65"/>
       <c r="M58" s="66"/>
       <c r="N58" s="66"/>
       <c r="Q58" s="67"/>
       <c r="R58" s="66"/>
       <c r="S58" s="66"/>
       <c r="T58" s="66"/>
     </row>
     <row r="59" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B59" s="93"/>
-[...7 lines deleted...]
-      <c r="J59" s="93"/>
+      <c r="B59" s="92"/>
+      <c r="C59" s="92"/>
+      <c r="D59" s="92"/>
+      <c r="E59" s="92"/>
+      <c r="F59" s="92"/>
+      <c r="G59" s="92"/>
+      <c r="H59" s="92"/>
+      <c r="I59" s="92"/>
+      <c r="J59" s="92"/>
       <c r="K59" s="64"/>
       <c r="L59" s="65"/>
       <c r="M59" s="66"/>
       <c r="N59" s="66"/>
       <c r="Q59" s="67"/>
       <c r="R59" s="66"/>
       <c r="S59" s="66"/>
       <c r="T59" s="66"/>
     </row>
     <row r="60" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B60" s="93"/>
-[...7 lines deleted...]
-      <c r="J60" s="93"/>
+      <c r="B60" s="92"/>
+      <c r="C60" s="92"/>
+      <c r="D60" s="92"/>
+      <c r="E60" s="92"/>
+      <c r="F60" s="92"/>
+      <c r="G60" s="92"/>
+      <c r="H60" s="92"/>
+      <c r="I60" s="92"/>
+      <c r="J60" s="92"/>
       <c r="K60" s="64"/>
       <c r="L60" s="65"/>
       <c r="M60" s="66"/>
       <c r="N60" s="66"/>
       <c r="Q60" s="67"/>
       <c r="R60" s="66"/>
       <c r="S60" s="66"/>
       <c r="T60" s="66"/>
     </row>
     <row r="61" spans="2:20" s="61" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B61" s="93"/>
-[...7 lines deleted...]
-      <c r="J61" s="93"/>
+      <c r="B61" s="92"/>
+      <c r="C61" s="92"/>
+      <c r="D61" s="92"/>
+      <c r="E61" s="92"/>
+      <c r="F61" s="92"/>
+      <c r="G61" s="92"/>
+      <c r="H61" s="92"/>
+      <c r="I61" s="92"/>
+      <c r="J61" s="92"/>
       <c r="K61" s="64"/>
       <c r="L61" s="65"/>
       <c r="M61" s="66"/>
       <c r="N61" s="66"/>
       <c r="Q61" s="67"/>
       <c r="R61" s="66"/>
       <c r="S61" s="66"/>
       <c r="T61" s="66"/>
     </row>
     <row r="62" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="74" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C62" s="77"/>
       <c r="D62" s="77"/>
       <c r="E62" s="77"/>
       <c r="F62" s="77"/>
       <c r="G62" s="77"/>
       <c r="H62" s="77"/>
       <c r="I62" s="77"/>
       <c r="J62" s="77"/>
       <c r="K62" s="64"/>
       <c r="L62" s="65"/>
       <c r="M62" s="66"/>
       <c r="N62" s="66"/>
       <c r="Q62" s="67"/>
       <c r="R62" s="66"/>
       <c r="S62" s="66"/>
       <c r="T62" s="66"/>
     </row>
     <row r="63" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B63" s="93" t="s">
-[...9 lines deleted...]
-      <c r="J63" s="93"/>
+      <c r="B63" s="92" t="s">
+        <v>50</v>
+      </c>
+      <c r="C63" s="92"/>
+      <c r="D63" s="92"/>
+      <c r="E63" s="92"/>
+      <c r="F63" s="92"/>
+      <c r="G63" s="92"/>
+      <c r="H63" s="92"/>
+      <c r="I63" s="92"/>
+      <c r="J63" s="92"/>
       <c r="K63" s="64"/>
       <c r="L63" s="65"/>
       <c r="M63" s="66"/>
       <c r="N63" s="66"/>
       <c r="Q63" s="67"/>
       <c r="R63" s="66"/>
       <c r="S63" s="66"/>
       <c r="T63" s="66"/>
     </row>
     <row r="64" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B64" s="93"/>
-[...7 lines deleted...]
-      <c r="J64" s="93"/>
+      <c r="B64" s="92"/>
+      <c r="C64" s="92"/>
+      <c r="D64" s="92"/>
+      <c r="E64" s="92"/>
+      <c r="F64" s="92"/>
+      <c r="G64" s="92"/>
+      <c r="H64" s="92"/>
+      <c r="I64" s="92"/>
+      <c r="J64" s="92"/>
       <c r="K64" s="64"/>
       <c r="L64" s="65"/>
       <c r="M64" s="66"/>
       <c r="N64" s="66"/>
       <c r="Q64" s="67"/>
       <c r="R64" s="66"/>
       <c r="S64" s="66"/>
       <c r="T64" s="66"/>
     </row>
     <row r="65" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B65" s="93"/>
-[...7 lines deleted...]
-      <c r="J65" s="93"/>
+      <c r="B65" s="92"/>
+      <c r="C65" s="92"/>
+      <c r="D65" s="92"/>
+      <c r="E65" s="92"/>
+      <c r="F65" s="92"/>
+      <c r="G65" s="92"/>
+      <c r="H65" s="92"/>
+      <c r="I65" s="92"/>
+      <c r="J65" s="92"/>
       <c r="K65" s="64"/>
       <c r="L65" s="65"/>
       <c r="M65" s="66"/>
       <c r="N65" s="66"/>
       <c r="Q65" s="67"/>
       <c r="R65" s="66"/>
       <c r="S65" s="66"/>
       <c r="T65" s="66"/>
     </row>
     <row r="66" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B66" s="75"/>
       <c r="C66" s="78"/>
       <c r="D66" s="78"/>
       <c r="E66" s="78"/>
       <c r="F66" s="78"/>
       <c r="G66" s="78"/>
       <c r="H66" s="78"/>
       <c r="I66" s="78"/>
       <c r="J66" s="78"/>
       <c r="K66" s="64"/>
       <c r="L66" s="65"/>
       <c r="M66" s="66"/>
       <c r="N66" s="66"/>
     </row>
     <row r="67" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B67" s="76" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C67" s="79"/>
       <c r="D67" s="79"/>
       <c r="E67" s="79"/>
       <c r="F67" s="80"/>
       <c r="G67" s="80"/>
       <c r="H67" s="80"/>
       <c r="I67" s="80"/>
       <c r="J67" s="80"/>
       <c r="K67" s="64"/>
       <c r="L67" s="65"/>
       <c r="M67" s="66"/>
       <c r="N67" s="66"/>
     </row>
     <row r="68" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B68" s="76"/>
       <c r="C68" s="79"/>
       <c r="D68" s="79"/>
       <c r="E68" s="79"/>
       <c r="F68" s="80"/>
       <c r="G68" s="80"/>
       <c r="H68" s="80"/>
       <c r="I68" s="80"/>
       <c r="J68" s="80"/>
       <c r="K68" s="64"/>
       <c r="L68" s="65"/>
       <c r="M68" s="66"/>
       <c r="N68" s="66"/>
     </row>
     <row r="69" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B69" s="90" t="s">
-[...1750 lines deleted...]
-        <v>84</v>
+      <c r="B69" s="91">
+        <v>4827590</v>
       </c>
       <c r="C69" s="71"/>
       <c r="D69" s="71"/>
       <c r="E69" s="71"/>
       <c r="F69" s="71"/>
       <c r="G69" s="71"/>
       <c r="H69" s="71"/>
       <c r="I69" s="71"/>
       <c r="J69" s="71"/>
       <c r="K69" s="68"/>
     </row>
     <row r="70" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="69"/>
       <c r="C70" s="69"/>
       <c r="D70" s="69"/>
       <c r="E70" s="69"/>
       <c r="F70" s="69"/>
       <c r="G70" s="69"/>
       <c r="H70" s="69"/>
       <c r="I70" s="69"/>
       <c r="J70" s="69"/>
       <c r="K70" s="70"/>
     </row>
     <row r="71" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="69"/>
@@ -9572,350 +16384,325 @@
     <mergeCell ref="B50:J50"/>
     <mergeCell ref="G1:J2"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="G40:J40"/>
     <mergeCell ref="G41:H41"/>
     <mergeCell ref="B63:J65"/>
     <mergeCell ref="B51:J51"/>
     <mergeCell ref="B52:J52"/>
     <mergeCell ref="B53:J53"/>
     <mergeCell ref="B54:J54"/>
     <mergeCell ref="B55:J55"/>
     <mergeCell ref="B58:J61"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="38" max="10" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
-[...24 lines deleted...]
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2826CF34-19B8-411B-95FB-E14700CFE596}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:T71"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A39" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="S51" sqref="S51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
     <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
     <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
     <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
     <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
     <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
     <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
     <col min="13" max="13" width="16" style="10" customWidth="1"/>
     <col min="14" max="14" width="11.85546875" style="10" customWidth="1"/>
     <col min="15" max="15" width="26.28515625" style="10" customWidth="1"/>
     <col min="16" max="16" width="9.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="10" customWidth="1"/>
     <col min="18" max="18" width="9.140625" style="10"/>
     <col min="19" max="19" width="7.140625" style="10" bestFit="1" customWidth="1"/>
     <col min="20" max="16384" width="9.140625" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" ht="40.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="72" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C1" s="35"/>
       <c r="D1" s="36"/>
       <c r="E1" s="35"/>
       <c r="F1" s="73"/>
-      <c r="G1" s="96"/>
-[...2 lines deleted...]
-      <c r="J1" s="98"/>
+      <c r="G1" s="95"/>
+      <c r="H1" s="96"/>
+      <c r="I1" s="96"/>
+      <c r="J1" s="97"/>
     </row>
     <row r="2" spans="2:20" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="102">
+      <c r="B2" s="101">
         <v>45869</v>
       </c>
-      <c r="C2" s="103"/>
-[...6 lines deleted...]
-      <c r="J2" s="101"/>
+      <c r="C2" s="102"/>
+      <c r="D2" s="102"/>
+      <c r="E2" s="102"/>
+      <c r="F2" s="103"/>
+      <c r="G2" s="98"/>
+      <c r="H2" s="99"/>
+      <c r="I2" s="99"/>
+      <c r="J2" s="100"/>
     </row>
     <row r="3" spans="2:20" x14ac:dyDescent="0.2">
       <c r="E3" s="34"/>
       <c r="G3" s="34"/>
       <c r="H3" s="34"/>
       <c r="J3" s="34"/>
       <c r="L3" s="34"/>
       <c r="M3" s="34"/>
       <c r="N3" s="34"/>
       <c r="O3" s="34"/>
     </row>
     <row r="4" spans="2:20" ht="18" x14ac:dyDescent="0.25">
       <c r="B4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="E4"/>
       <c r="G4" s="34"/>
       <c r="H4" s="34"/>
       <c r="J4" s="34"/>
       <c r="L4" s="34"/>
       <c r="M4" s="34"/>
       <c r="N4" s="34"/>
       <c r="O4" s="34"/>
     </row>
     <row r="5" spans="2:20" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C5" s="82"/>
       <c r="D5" s="30"/>
       <c r="E5" s="83"/>
       <c r="F5" s="84"/>
-      <c r="G5" s="105"/>
-      <c r="H5" s="105"/>
+      <c r="G5" s="104"/>
+      <c r="H5" s="104"/>
       <c r="I5" s="84"/>
       <c r="J5" s="85"/>
       <c r="L5" s="34"/>
       <c r="M5" s="34"/>
       <c r="N5" s="34"/>
       <c r="O5" s="34"/>
     </row>
     <row r="6" spans="2:20" ht="73.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B6" s="81"/>
       <c r="C6" s="3"/>
       <c r="D6" s="4"/>
       <c r="E6" s="8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="H6" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="L6" s="34"/>
       <c r="M6" s="34"/>
       <c r="N6" s="34"/>
       <c r="O6" s="34"/>
     </row>
     <row r="7" spans="2:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B7" s="37" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="38"/>
       <c r="D7" s="38"/>
       <c r="E7" s="39"/>
       <c r="F7" s="39"/>
       <c r="G7" s="39"/>
       <c r="H7" s="39"/>
       <c r="I7" s="39"/>
       <c r="J7" s="40"/>
       <c r="L7" s="41"/>
       <c r="M7" s="34"/>
       <c r="N7" s="34"/>
       <c r="O7" s="34"/>
       <c r="P7" s="42"/>
     </row>
     <row r="8" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B8" s="87" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="D8" s="21"/>
       <c r="E8" s="22">
         <v>7.5499999999999998E-2</v>
       </c>
       <c r="F8" s="21"/>
       <c r="G8" s="22">
         <v>4.5654882034670101E-2</v>
       </c>
       <c r="H8" s="22">
         <v>-0.49763759875458941</v>
       </c>
       <c r="I8" s="22"/>
       <c r="J8" s="23">
         <v>0.60470042430026627</v>
       </c>
       <c r="K8" s="43"/>
       <c r="L8" s="44"/>
       <c r="M8" s="45"/>
       <c r="N8" s="45"/>
       <c r="O8" s="45"/>
       <c r="P8" s="47"/>
       <c r="Q8" s="47"/>
       <c r="R8" s="48"/>
       <c r="S8" s="48"/>
       <c r="T8" s="48"/>
     </row>
     <row r="9" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B9" s="88" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C9" s="12" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="13"/>
       <c r="E9" s="22">
         <v>7.9500000000000001E-2</v>
       </c>
       <c r="F9" s="21"/>
       <c r="G9" s="22">
         <v>5.3657719806150334E-2</v>
       </c>
       <c r="H9" s="22">
         <v>-0.46121145328339946</v>
       </c>
       <c r="I9" s="21"/>
       <c r="J9" s="23">
         <v>0.67493987177547587</v>
       </c>
       <c r="K9" s="43"/>
       <c r="L9" s="44"/>
       <c r="M9" s="45"/>
       <c r="N9" s="45"/>
       <c r="O9" s="45"/>
       <c r="P9" s="42"/>
       <c r="Q9" s="47"/>
       <c r="R9" s="48"/>
       <c r="S9" s="48"/>
       <c r="T9" s="48"/>
     </row>
     <row r="10" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B10" s="88" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C10" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="13"/>
       <c r="E10" s="22">
         <v>6.5500000000000003E-2</v>
       </c>
       <c r="F10" s="21"/>
       <c r="G10" s="22">
         <v>4.9666375689996024E-2</v>
       </c>
       <c r="H10" s="22">
         <v>-0.13499642073695298</v>
       </c>
       <c r="I10" s="21"/>
       <c r="J10" s="23">
         <v>0.75826527770986296</v>
       </c>
       <c r="K10" s="43"/>
       <c r="L10" s="44"/>
       <c r="M10" s="45"/>
       <c r="N10" s="45"/>
       <c r="O10" s="45"/>
       <c r="P10" s="47"/>
       <c r="Q10" s="47"/>
       <c r="R10" s="48"/>
       <c r="S10" s="48"/>
       <c r="T10" s="48"/>
     </row>
     <row r="11" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B11" s="88" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C11" s="50" t="s">
         <v>25</v>
       </c>
       <c r="D11" s="13"/>
       <c r="E11" s="22">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="F11" s="21"/>
       <c r="G11" s="22">
         <v>5.1490693471976511E-2</v>
       </c>
       <c r="H11" s="22">
         <v>-0.51884592286139908</v>
       </c>
       <c r="I11" s="21"/>
       <c r="J11" s="23">
         <v>0.65178093002501913</v>
       </c>
       <c r="K11" s="43"/>
       <c r="L11" s="44"/>
       <c r="M11" s="45"/>
       <c r="N11" s="45"/>
       <c r="O11" s="45"/>
       <c r="P11" s="42"/>
       <c r="Q11" s="47"/>
       <c r="R11" s="48"/>
       <c r="S11" s="48"/>
       <c r="T11" s="48"/>
     </row>
     <row r="12" spans="2:20" s="49" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="88" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C12" s="12" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="13"/>
       <c r="E12" s="22">
         <v>7.2999999999999995E-2</v>
       </c>
       <c r="F12" s="21"/>
       <c r="G12" s="22">
         <v>4.2558483125469122E-2</v>
       </c>
       <c r="H12" s="22">
         <v>-0.53758685614857959</v>
       </c>
       <c r="I12" s="21"/>
       <c r="J12" s="23">
         <v>0.5829929195269743</v>
       </c>
       <c r="K12" s="43"/>
       <c r="L12" s="44"/>
       <c r="M12" s="45"/>
       <c r="N12" s="45"/>
       <c r="O12" s="45"/>
       <c r="P12" s="47"/>
@@ -10069,54 +16856,54 @@
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="22">
         <v>4.7144347522250531E-2</v>
       </c>
       <c r="H17" s="22">
         <v>-6.2314966768414219E-3</v>
       </c>
       <c r="I17" s="21"/>
       <c r="J17" s="23">
         <v>0.97204840252062952</v>
       </c>
       <c r="K17" s="43"/>
       <c r="L17" s="44"/>
       <c r="M17" s="45"/>
       <c r="N17" s="45"/>
       <c r="O17" s="45"/>
       <c r="P17" s="42"/>
       <c r="Q17" s="47"/>
       <c r="R17" s="48"/>
       <c r="S17" s="48"/>
       <c r="T17" s="48"/>
     </row>
     <row r="18" spans="2:20" s="49" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B18" s="28" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="C18" s="29" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D18" s="30"/>
       <c r="E18" s="89">
         <v>6.8500000000000005E-2</v>
       </c>
       <c r="F18" s="30"/>
       <c r="G18" s="89">
         <v>4.7755101025408697E-2</v>
       </c>
       <c r="H18" s="31">
         <v>-6.2759014880691175E-2</v>
       </c>
       <c r="I18" s="31"/>
       <c r="J18" s="32">
         <v>0.69715475949501737</v>
       </c>
       <c r="K18" s="43"/>
       <c r="L18" s="44"/>
       <c r="M18" s="45"/>
       <c r="N18" s="45"/>
       <c r="O18" s="45"/>
       <c r="P18" s="47"/>
       <c r="Q18" s="47"/>
       <c r="R18" s="48"/>
       <c r="S18" s="48"/>
@@ -10124,120 +16911,120 @@
     </row>
     <row r="19" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B19" s="51" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="40"/>
       <c r="K19" s="43"/>
       <c r="L19" s="44"/>
       <c r="M19" s="45"/>
       <c r="N19" s="45"/>
       <c r="P19" s="47"/>
       <c r="Q19" s="47"/>
       <c r="R19" s="48"/>
       <c r="S19" s="48"/>
       <c r="T19" s="48"/>
     </row>
     <row r="20" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B20" s="87" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C20" s="20" t="s">
         <v>27</v>
       </c>
       <c r="D20" s="21"/>
       <c r="E20" s="22">
         <v>7.3499999999999996E-2</v>
       </c>
       <c r="F20" s="21"/>
       <c r="G20" s="22">
         <v>4.1369036782773365E-2</v>
       </c>
       <c r="H20" s="22">
         <v>-0.55630655973354226</v>
       </c>
       <c r="I20" s="22"/>
       <c r="J20" s="23">
         <v>0.56284403786086212</v>
       </c>
       <c r="K20" s="43"/>
       <c r="L20" s="44"/>
       <c r="M20" s="45"/>
       <c r="N20" s="45"/>
       <c r="O20" s="45"/>
       <c r="P20" s="42"/>
       <c r="Q20" s="47"/>
       <c r="R20" s="48"/>
       <c r="S20" s="48"/>
       <c r="T20" s="48"/>
     </row>
     <row r="21" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B21" s="11" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C21" s="12" t="s">
         <v>28</v>
       </c>
       <c r="D21" s="13"/>
       <c r="E21" s="22">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="22">
         <v>4.440957464431531E-2</v>
       </c>
       <c r="H21" s="22">
         <v>-0.55585453692668552</v>
       </c>
       <c r="I21" s="21"/>
       <c r="J21" s="23">
         <v>0.58433650847783303</v>
       </c>
       <c r="K21" s="43"/>
       <c r="L21" s="44"/>
       <c r="M21" s="45"/>
       <c r="N21" s="45"/>
       <c r="O21" s="45"/>
       <c r="P21" s="42"/>
       <c r="Q21" s="47"/>
       <c r="R21" s="48"/>
       <c r="S21" s="48"/>
       <c r="T21" s="48"/>
     </row>
     <row r="22" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B22" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="12" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D22" s="13"/>
       <c r="E22" s="22">
         <v>2.9000000000000001E-2</v>
       </c>
       <c r="F22" s="21"/>
       <c r="G22" s="22">
         <v>2.8551015079829503E-2</v>
       </c>
       <c r="H22" s="22">
         <v>1.6209687688141364E-2</v>
       </c>
       <c r="I22" s="21"/>
       <c r="J22" s="23">
         <v>0.98451776137343106</v>
       </c>
       <c r="K22" s="43"/>
       <c r="L22" s="44"/>
       <c r="M22" s="45"/>
       <c r="N22" s="45"/>
       <c r="O22" s="45"/>
       <c r="P22" s="42"/>
       <c r="Q22" s="47"/>
       <c r="R22" s="48"/>
       <c r="S22" s="48"/>
@@ -10278,120 +17065,120 @@
     </row>
     <row r="24" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B24" s="51" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="52"/>
       <c r="D24" s="52"/>
       <c r="E24" s="52"/>
       <c r="F24" s="52"/>
       <c r="G24" s="52"/>
       <c r="H24" s="52"/>
       <c r="I24" s="52"/>
       <c r="J24" s="40"/>
       <c r="K24" s="43"/>
       <c r="L24" s="44"/>
       <c r="M24" s="45"/>
       <c r="N24" s="45"/>
       <c r="P24" s="47"/>
       <c r="Q24" s="47"/>
       <c r="R24" s="48"/>
       <c r="S24" s="48"/>
       <c r="T24" s="48"/>
     </row>
     <row r="25" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B25" s="19" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C25" s="20" t="s">
         <v>29</v>
       </c>
       <c r="D25" s="21"/>
       <c r="E25" s="22">
         <v>7.1999999999999995E-2</v>
       </c>
       <c r="F25" s="21"/>
       <c r="G25" s="22">
         <v>4.3422463166332942E-2</v>
       </c>
       <c r="H25" s="22">
         <v>-0.50538180527763821</v>
       </c>
       <c r="I25" s="21"/>
       <c r="J25" s="23">
         <v>0.60308976619906873</v>
       </c>
       <c r="K25" s="43"/>
       <c r="L25" s="44"/>
       <c r="M25" s="45"/>
       <c r="N25" s="45"/>
       <c r="O25" s="45"/>
       <c r="P25" s="42"/>
       <c r="Q25" s="47"/>
       <c r="R25" s="48"/>
       <c r="S25" s="48"/>
       <c r="T25" s="48"/>
     </row>
     <row r="26" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B26" s="11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C26" s="12" t="s">
         <v>30</v>
       </c>
       <c r="D26" s="13"/>
       <c r="E26" s="22">
         <v>6.9000000000000006E-2</v>
       </c>
       <c r="F26" s="21"/>
       <c r="G26" s="22">
         <v>4.1301450071928203E-2</v>
       </c>
       <c r="H26" s="22">
         <v>-0.49659888694054005</v>
       </c>
       <c r="I26" s="21"/>
       <c r="J26" s="23">
         <v>0.5985717401728724</v>
       </c>
       <c r="K26" s="43"/>
       <c r="L26" s="44"/>
       <c r="M26" s="45"/>
       <c r="N26" s="45"/>
       <c r="O26" s="45"/>
       <c r="P26" s="42"/>
       <c r="Q26" s="47"/>
       <c r="R26" s="48"/>
       <c r="S26" s="48"/>
       <c r="T26" s="48"/>
     </row>
     <row r="27" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B27" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="12" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D27" s="13"/>
       <c r="E27" s="22">
         <v>2.9499999999999998E-2</v>
       </c>
       <c r="F27" s="21"/>
       <c r="G27" s="22">
         <v>2.8940872023969454E-2</v>
       </c>
       <c r="H27" s="22">
         <v>1.6880225878055315E-2</v>
       </c>
       <c r="I27" s="21"/>
       <c r="J27" s="23">
         <v>0.98104650928710024</v>
       </c>
       <c r="K27" s="43"/>
       <c r="L27" s="44"/>
       <c r="M27" s="45"/>
       <c r="N27" s="45"/>
       <c r="O27" s="45"/>
       <c r="P27" s="42"/>
       <c r="Q27" s="47"/>
       <c r="R27" s="48"/>
       <c r="S27" s="48"/>
@@ -10432,249 +17219,249 @@
     </row>
     <row r="29" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B29" s="51" t="s">
         <v>22</v>
       </c>
       <c r="C29" s="52"/>
       <c r="D29" s="52"/>
       <c r="E29" s="52"/>
       <c r="F29" s="52"/>
       <c r="G29" s="52"/>
       <c r="H29" s="52"/>
       <c r="I29" s="52"/>
       <c r="J29" s="40"/>
       <c r="K29" s="43"/>
       <c r="L29" s="44"/>
       <c r="M29" s="45"/>
       <c r="N29" s="45"/>
       <c r="P29" s="47"/>
       <c r="Q29" s="47"/>
       <c r="R29" s="48"/>
       <c r="S29" s="48"/>
       <c r="T29" s="48"/>
     </row>
     <row r="30" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B30" s="19" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C30" s="20" t="s">
         <v>31</v>
       </c>
       <c r="D30" s="21"/>
       <c r="E30" s="22">
         <v>7.2499999999999995E-2</v>
       </c>
       <c r="F30" s="21"/>
       <c r="G30" s="22">
         <v>3.5617427594311288E-2</v>
       </c>
       <c r="H30" s="22">
         <v>-0.6534904097342239</v>
       </c>
       <c r="I30" s="21"/>
       <c r="J30" s="23">
         <v>0.49127486336981091</v>
       </c>
       <c r="K30" s="43"/>
       <c r="L30" s="44"/>
       <c r="M30" s="45"/>
       <c r="N30" s="45"/>
       <c r="O30" s="45"/>
       <c r="P30" s="42"/>
       <c r="Q30" s="47"/>
       <c r="R30" s="48"/>
       <c r="S30" s="48"/>
       <c r="T30" s="48"/>
     </row>
     <row r="31" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B31" s="11" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C31" s="12" t="s">
         <v>32</v>
       </c>
       <c r="D31" s="13"/>
       <c r="E31" s="22">
         <v>7.0999999999999994E-2</v>
       </c>
       <c r="F31" s="21"/>
       <c r="G31" s="22">
         <v>3.4482546552475839E-2</v>
       </c>
       <c r="H31" s="22">
         <v>-0.60341211210387047</v>
       </c>
       <c r="I31" s="21"/>
       <c r="J31" s="23">
         <v>0.48566966975318088</v>
       </c>
       <c r="K31" s="43"/>
       <c r="L31" s="44"/>
       <c r="M31" s="45"/>
       <c r="N31" s="45"/>
       <c r="O31" s="45"/>
       <c r="P31" s="42"/>
       <c r="Q31" s="47"/>
       <c r="R31" s="48"/>
       <c r="S31" s="48"/>
       <c r="T31" s="48"/>
     </row>
     <row r="32" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B32" s="11" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C32" s="12" t="s">
         <v>33</v>
       </c>
       <c r="D32" s="13"/>
       <c r="E32" s="22">
         <v>7.3499999999999996E-2</v>
       </c>
       <c r="F32" s="21"/>
       <c r="G32" s="22">
         <v>3.7768755069733415E-2</v>
       </c>
       <c r="H32" s="22">
         <v>-0.59771301564627999</v>
       </c>
       <c r="I32" s="21"/>
       <c r="J32" s="23">
         <v>0.51386061319365195</v>
       </c>
       <c r="K32" s="43"/>
       <c r="L32" s="44"/>
       <c r="M32" s="45"/>
       <c r="N32" s="45"/>
       <c r="O32" s="45"/>
       <c r="P32" s="42"/>
       <c r="Q32" s="47"/>
       <c r="R32" s="48"/>
       <c r="S32" s="48"/>
       <c r="T32" s="48"/>
     </row>
     <row r="33" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="11" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C33" s="12" t="s">
         <v>34</v>
       </c>
       <c r="D33" s="13"/>
       <c r="E33" s="22">
         <v>6.7500000000000004E-2</v>
       </c>
       <c r="F33" s="21"/>
       <c r="G33" s="22">
         <v>2.808096105419923E-2</v>
       </c>
       <c r="H33" s="22">
         <v>-0.65303252061017492</v>
       </c>
       <c r="I33" s="21"/>
       <c r="J33" s="23">
         <v>0.41601423783998859</v>
       </c>
       <c r="K33" s="43"/>
       <c r="L33" s="44"/>
       <c r="M33" s="45"/>
       <c r="N33" s="45"/>
       <c r="O33" s="45"/>
       <c r="P33" s="42"/>
       <c r="Q33" s="47"/>
       <c r="R33" s="48"/>
       <c r="S33" s="48"/>
       <c r="T33" s="48"/>
     </row>
     <row r="34" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="11" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C34" s="12" t="s">
         <v>35</v>
       </c>
       <c r="D34" s="13"/>
       <c r="E34" s="22">
         <v>7.85E-2</v>
       </c>
       <c r="F34" s="21"/>
       <c r="G34" s="22">
         <v>3.7368676938890767E-2</v>
       </c>
       <c r="H34" s="22">
         <v>-0.71521895315262762</v>
       </c>
       <c r="I34" s="21"/>
       <c r="J34" s="23">
         <v>0.47603410113236644</v>
       </c>
       <c r="K34" s="43"/>
       <c r="L34" s="44"/>
       <c r="M34" s="45"/>
       <c r="N34" s="45"/>
       <c r="O34" s="45"/>
       <c r="P34" s="42"/>
       <c r="Q34" s="47"/>
       <c r="R34" s="48"/>
       <c r="S34" s="48"/>
       <c r="T34" s="48"/>
     </row>
     <row r="35" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B35" s="11" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C35" s="12" t="s">
         <v>36</v>
       </c>
       <c r="D35" s="13"/>
       <c r="E35" s="22">
         <v>7.8E-2</v>
       </c>
       <c r="F35" s="21"/>
       <c r="G35" s="22">
         <v>3.8753121162510638E-2</v>
       </c>
       <c r="H35" s="22">
         <v>-0.72879114231029674</v>
       </c>
       <c r="I35" s="21"/>
       <c r="J35" s="23">
         <v>0.49683488669885434</v>
       </c>
       <c r="K35" s="43"/>
       <c r="L35" s="44"/>
       <c r="M35" s="45"/>
       <c r="N35" s="45"/>
       <c r="O35" s="45"/>
       <c r="P35" s="42"/>
       <c r="Q35" s="47"/>
       <c r="R35" s="48"/>
       <c r="S35" s="48"/>
       <c r="T35" s="48"/>
     </row>
     <row r="36" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B36" s="11" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C36" s="12" t="s">
         <v>37</v>
       </c>
       <c r="D36" s="13"/>
       <c r="E36" s="22">
         <v>7.1999999999999995E-2</v>
       </c>
       <c r="F36" s="21"/>
       <c r="G36" s="22">
         <v>3.808767544986548E-2</v>
       </c>
       <c r="H36" s="22">
         <v>-0.56369520581572952</v>
       </c>
       <c r="I36" s="21"/>
       <c r="J36" s="23">
         <v>0.52899549235924281</v>
       </c>
       <c r="K36" s="43"/>
       <c r="L36" s="44"/>
       <c r="M36" s="45"/>
       <c r="N36" s="45"/>
       <c r="O36" s="45"/>
       <c r="P36" s="42"/>
@@ -10718,616 +17505,616 @@
       <c r="S38" s="48"/>
       <c r="T38" s="48"/>
     </row>
     <row r="39" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B39" s="56"/>
       <c r="C39" s="56"/>
       <c r="D39" s="56"/>
       <c r="E39" s="57"/>
       <c r="F39" s="56"/>
       <c r="G39" s="57"/>
       <c r="H39" s="56"/>
       <c r="I39" s="56"/>
       <c r="J39" s="56"/>
       <c r="K39" s="58"/>
       <c r="L39" s="44"/>
       <c r="M39" s="45"/>
     </row>
     <row r="40" spans="2:20" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C40" s="56"/>
       <c r="D40" s="57"/>
       <c r="E40" s="56"/>
       <c r="F40" s="57"/>
-      <c r="G40" s="106"/>
-[...2 lines deleted...]
-      <c r="J40" s="106"/>
+      <c r="G40" s="105"/>
+      <c r="H40" s="105"/>
+      <c r="I40" s="105"/>
+      <c r="J40" s="105"/>
       <c r="K40" s="10"/>
       <c r="L40" s="44"/>
       <c r="M40" s="45"/>
     </row>
     <row r="41" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B41" s="56"/>
       <c r="C41" s="56"/>
       <c r="D41" s="57"/>
       <c r="E41" s="59"/>
       <c r="F41" s="57"/>
-      <c r="G41" s="107"/>
-      <c r="H41" s="107"/>
+      <c r="G41" s="106"/>
+      <c r="H41" s="106"/>
       <c r="I41" s="56"/>
       <c r="J41" s="58"/>
       <c r="K41" s="10"/>
       <c r="L41" s="44"/>
       <c r="M41" s="45"/>
     </row>
     <row r="42" spans="2:20" ht="45" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B42" s="2"/>
       <c r="C42" s="3"/>
       <c r="D42" s="4"/>
       <c r="E42" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F42" s="6"/>
       <c r="G42" s="7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I42" s="8"/>
       <c r="J42" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K42" s="10"/>
       <c r="L42" s="44"/>
       <c r="M42" s="45"/>
     </row>
     <row r="43" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B43" s="14" t="s">
         <v>39</v>
       </c>
       <c r="C43" s="15"/>
       <c r="D43" s="16"/>
       <c r="E43" s="17"/>
       <c r="F43" s="16"/>
       <c r="G43" s="17"/>
       <c r="H43" s="17"/>
       <c r="I43" s="17"/>
       <c r="J43" s="18"/>
       <c r="K43" s="10"/>
       <c r="L43" s="44"/>
       <c r="M43" s="45"/>
     </row>
     <row r="44" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B44" s="11" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C44" s="12" t="s">
         <v>38</v>
       </c>
       <c r="D44" s="13"/>
       <c r="E44" s="22">
         <v>6.6500000000000004E-2</v>
       </c>
       <c r="F44" s="21"/>
       <c r="G44" s="22">
         <v>4.755845201870465E-2</v>
       </c>
       <c r="H44" s="22">
         <v>-0.22413854472877501</v>
       </c>
       <c r="I44" s="22"/>
       <c r="J44" s="23">
         <v>0.71516469201059618</v>
       </c>
       <c r="K44" s="10"/>
       <c r="L44" s="44"/>
       <c r="M44" s="45"/>
       <c r="N44" s="45"/>
       <c r="O44" s="45"/>
       <c r="P44" s="42"/>
       <c r="Q44" s="47"/>
       <c r="R44" s="48"/>
       <c r="S44" s="48"/>
     </row>
     <row r="45" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B45" s="11" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C45" s="12" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D45" s="13"/>
       <c r="E45" s="22">
         <v>0.16600000000000001</v>
       </c>
       <c r="F45" s="21"/>
       <c r="G45" s="22">
         <v>0.10415510646481964</v>
       </c>
       <c r="H45" s="22">
         <v>-0.63218882854432612</v>
       </c>
       <c r="I45" s="22"/>
       <c r="J45" s="23">
         <v>0.62744040039047977</v>
       </c>
       <c r="K45" s="10"/>
       <c r="L45" s="44"/>
       <c r="M45" s="45"/>
       <c r="N45" s="45"/>
       <c r="O45" s="45"/>
       <c r="P45" s="42"/>
       <c r="Q45" s="47"/>
       <c r="R45" s="48"/>
       <c r="S45" s="48"/>
     </row>
     <row r="46" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B46" s="28" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C46" s="29" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D46" s="30"/>
       <c r="E46" s="89">
         <v>0.16750000000000001</v>
       </c>
       <c r="F46" s="30"/>
       <c r="G46" s="89">
         <v>0.10325680299029323</v>
       </c>
       <c r="H46" s="31">
         <v>-0.84422449295149082</v>
       </c>
       <c r="I46" s="31"/>
       <c r="J46" s="32">
         <v>0.61645852531518341</v>
       </c>
       <c r="K46" s="10"/>
       <c r="L46" s="44"/>
       <c r="M46" s="45"/>
       <c r="N46" s="45"/>
       <c r="O46" s="45"/>
       <c r="P46" s="42"/>
       <c r="Q46" s="47"/>
       <c r="R46" s="48"/>
       <c r="S46" s="48"/>
     </row>
     <row r="47" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B47" s="14" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C47" s="15"/>
       <c r="D47" s="16"/>
       <c r="E47" s="17"/>
       <c r="F47" s="16"/>
       <c r="G47" s="17"/>
       <c r="H47" s="17"/>
       <c r="I47" s="17"/>
       <c r="J47" s="18"/>
       <c r="K47" s="10"/>
       <c r="L47" s="44"/>
       <c r="M47" s="45"/>
     </row>
     <row r="48" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B48" s="28" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C48" s="29" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D48" s="30"/>
       <c r="E48" s="26">
         <v>9.6500000000000002E-2</v>
       </c>
       <c r="F48" s="24"/>
       <c r="G48" s="26">
         <v>8.4263321940345762E-2</v>
       </c>
       <c r="H48" s="25">
         <v>-0.14841216592673342</v>
       </c>
       <c r="I48" s="25"/>
       <c r="J48" s="27">
         <v>0.87319504601394571</v>
       </c>
       <c r="K48" s="10"/>
       <c r="L48" s="44"/>
       <c r="M48" s="45"/>
       <c r="N48" s="45"/>
       <c r="O48" s="45"/>
       <c r="P48" s="42"/>
       <c r="Q48" s="47"/>
       <c r="R48" s="48"/>
       <c r="S48" s="48"/>
     </row>
     <row r="49" spans="2:20" x14ac:dyDescent="0.2">
       <c r="B49" s="56"/>
       <c r="C49" s="56"/>
       <c r="D49" s="57"/>
       <c r="E49" s="86"/>
       <c r="F49" s="57"/>
       <c r="G49" s="57"/>
       <c r="H49" s="57"/>
       <c r="I49" s="57"/>
       <c r="J49" s="57"/>
       <c r="K49" s="10"/>
     </row>
     <row r="50" spans="2:20" s="61" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="95" t="s">
-[...9 lines deleted...]
-      <c r="J50" s="95"/>
+      <c r="B50" s="94" t="s">
+        <v>63</v>
+      </c>
+      <c r="C50" s="94"/>
+      <c r="D50" s="94"/>
+      <c r="E50" s="94"/>
+      <c r="F50" s="94"/>
+      <c r="G50" s="94"/>
+      <c r="H50" s="94"/>
+      <c r="I50" s="94"/>
+      <c r="J50" s="94"/>
       <c r="K50" s="64"/>
       <c r="L50" s="65"/>
       <c r="M50" s="66"/>
       <c r="N50" s="66"/>
       <c r="Q50" s="67"/>
       <c r="R50" s="66"/>
       <c r="S50" s="66"/>
       <c r="T50" s="66"/>
     </row>
     <row r="51" spans="2:20" s="61" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="94" t="s">
-[...9 lines deleted...]
-      <c r="J51" s="94"/>
+      <c r="B51" s="93" t="s">
+        <v>57</v>
+      </c>
+      <c r="C51" s="93"/>
+      <c r="D51" s="93"/>
+      <c r="E51" s="93"/>
+      <c r="F51" s="93"/>
+      <c r="G51" s="93"/>
+      <c r="H51" s="93"/>
+      <c r="I51" s="93"/>
+      <c r="J51" s="93"/>
       <c r="K51" s="64"/>
       <c r="L51" s="65"/>
       <c r="M51" s="66"/>
       <c r="N51" s="66"/>
       <c r="Q51" s="67"/>
       <c r="R51" s="66"/>
       <c r="S51" s="66"/>
       <c r="T51" s="66"/>
     </row>
     <row r="52" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="94" t="s">
-[...9 lines deleted...]
-      <c r="J52" s="94"/>
+      <c r="B52" s="93" t="s">
+        <v>49</v>
+      </c>
+      <c r="C52" s="93"/>
+      <c r="D52" s="93"/>
+      <c r="E52" s="93"/>
+      <c r="F52" s="93"/>
+      <c r="G52" s="93"/>
+      <c r="H52" s="93"/>
+      <c r="I52" s="93"/>
+      <c r="J52" s="93"/>
       <c r="K52" s="64"/>
       <c r="L52" s="65"/>
       <c r="M52" s="66"/>
       <c r="N52" s="66"/>
       <c r="Q52" s="67"/>
       <c r="R52" s="66"/>
       <c r="S52" s="66"/>
       <c r="T52" s="66"/>
     </row>
     <row r="53" spans="2:20" s="61" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="95" t="s">
-[...9 lines deleted...]
-      <c r="J53" s="95"/>
+      <c r="B53" s="94" t="s">
+        <v>66</v>
+      </c>
+      <c r="C53" s="94"/>
+      <c r="D53" s="94"/>
+      <c r="E53" s="94"/>
+      <c r="F53" s="94"/>
+      <c r="G53" s="94"/>
+      <c r="H53" s="94"/>
+      <c r="I53" s="94"/>
+      <c r="J53" s="94"/>
       <c r="K53" s="64"/>
       <c r="L53" s="65"/>
       <c r="M53" s="66"/>
       <c r="N53" s="66"/>
       <c r="Q53" s="67"/>
       <c r="R53" s="66"/>
       <c r="S53" s="66"/>
       <c r="T53" s="66"/>
     </row>
     <row r="54" spans="2:20" s="61" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="95"/>
-[...7 lines deleted...]
-      <c r="J54" s="95"/>
+      <c r="B54" s="94"/>
+      <c r="C54" s="94"/>
+      <c r="D54" s="94"/>
+      <c r="E54" s="94"/>
+      <c r="F54" s="94"/>
+      <c r="G54" s="94"/>
+      <c r="H54" s="94"/>
+      <c r="I54" s="94"/>
+      <c r="J54" s="94"/>
       <c r="K54" s="64"/>
       <c r="L54" s="65"/>
       <c r="M54" s="66"/>
       <c r="N54" s="66"/>
       <c r="Q54" s="67"/>
       <c r="R54" s="66"/>
       <c r="S54" s="66"/>
       <c r="T54" s="66"/>
     </row>
     <row r="55" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B55" s="95"/>
-[...7 lines deleted...]
-      <c r="J55" s="95"/>
+      <c r="B55" s="94"/>
+      <c r="C55" s="94"/>
+      <c r="D55" s="94"/>
+      <c r="E55" s="94"/>
+      <c r="F55" s="94"/>
+      <c r="G55" s="94"/>
+      <c r="H55" s="94"/>
+      <c r="I55" s="94"/>
+      <c r="J55" s="94"/>
       <c r="K55" s="64"/>
       <c r="L55" s="65"/>
       <c r="M55" s="66"/>
       <c r="N55" s="66"/>
       <c r="Q55" s="67"/>
       <c r="R55" s="66"/>
       <c r="S55" s="66"/>
       <c r="T55" s="66"/>
     </row>
     <row r="56" spans="2:20" x14ac:dyDescent="0.2">
       <c r="B56" s="60" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="57" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="B57" s="60"/>
       <c r="C57" s="60"/>
       <c r="E57" s="62"/>
       <c r="G57" s="62"/>
       <c r="H57" s="62"/>
       <c r="J57" s="63"/>
       <c r="K57" s="64"/>
       <c r="L57" s="65"/>
       <c r="M57" s="66"/>
       <c r="N57" s="66"/>
       <c r="Q57" s="67"/>
       <c r="R57" s="66"/>
       <c r="S57" s="66"/>
       <c r="T57" s="66"/>
     </row>
     <row r="58" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B58" s="93" t="s">
-[...9 lines deleted...]
-      <c r="J58" s="93"/>
+      <c r="B58" s="92" t="s">
+        <v>53</v>
+      </c>
+      <c r="C58" s="92"/>
+      <c r="D58" s="92"/>
+      <c r="E58" s="92"/>
+      <c r="F58" s="92"/>
+      <c r="G58" s="92"/>
+      <c r="H58" s="92"/>
+      <c r="I58" s="92"/>
+      <c r="J58" s="92"/>
       <c r="K58" s="64"/>
       <c r="L58" s="65"/>
       <c r="M58" s="66"/>
       <c r="N58" s="66"/>
       <c r="Q58" s="67"/>
       <c r="R58" s="66"/>
       <c r="S58" s="66"/>
       <c r="T58" s="66"/>
     </row>
     <row r="59" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B59" s="93"/>
-[...7 lines deleted...]
-      <c r="J59" s="93"/>
+      <c r="B59" s="92"/>
+      <c r="C59" s="92"/>
+      <c r="D59" s="92"/>
+      <c r="E59" s="92"/>
+      <c r="F59" s="92"/>
+      <c r="G59" s="92"/>
+      <c r="H59" s="92"/>
+      <c r="I59" s="92"/>
+      <c r="J59" s="92"/>
       <c r="K59" s="64"/>
       <c r="L59" s="65"/>
       <c r="M59" s="66"/>
       <c r="N59" s="66"/>
       <c r="Q59" s="67"/>
       <c r="R59" s="66"/>
       <c r="S59" s="66"/>
       <c r="T59" s="66"/>
     </row>
     <row r="60" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B60" s="93"/>
-[...7 lines deleted...]
-      <c r="J60" s="93"/>
+      <c r="B60" s="92"/>
+      <c r="C60" s="92"/>
+      <c r="D60" s="92"/>
+      <c r="E60" s="92"/>
+      <c r="F60" s="92"/>
+      <c r="G60" s="92"/>
+      <c r="H60" s="92"/>
+      <c r="I60" s="92"/>
+      <c r="J60" s="92"/>
       <c r="K60" s="64"/>
       <c r="L60" s="65"/>
       <c r="M60" s="66"/>
       <c r="N60" s="66"/>
       <c r="Q60" s="67"/>
       <c r="R60" s="66"/>
       <c r="S60" s="66"/>
       <c r="T60" s="66"/>
     </row>
     <row r="61" spans="2:20" s="61" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B61" s="93"/>
-[...7 lines deleted...]
-      <c r="J61" s="93"/>
+      <c r="B61" s="92"/>
+      <c r="C61" s="92"/>
+      <c r="D61" s="92"/>
+      <c r="E61" s="92"/>
+      <c r="F61" s="92"/>
+      <c r="G61" s="92"/>
+      <c r="H61" s="92"/>
+      <c r="I61" s="92"/>
+      <c r="J61" s="92"/>
       <c r="K61" s="64"/>
       <c r="L61" s="65"/>
       <c r="M61" s="66"/>
       <c r="N61" s="66"/>
       <c r="Q61" s="67"/>
       <c r="R61" s="66"/>
       <c r="S61" s="66"/>
       <c r="T61" s="66"/>
     </row>
     <row r="62" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="74" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C62" s="77"/>
       <c r="D62" s="77"/>
       <c r="E62" s="77"/>
       <c r="F62" s="77"/>
       <c r="G62" s="77"/>
       <c r="H62" s="77"/>
       <c r="I62" s="77"/>
       <c r="J62" s="77"/>
       <c r="K62" s="64"/>
       <c r="L62" s="65"/>
       <c r="M62" s="66"/>
       <c r="N62" s="66"/>
       <c r="Q62" s="67"/>
       <c r="R62" s="66"/>
       <c r="S62" s="66"/>
       <c r="T62" s="66"/>
     </row>
     <row r="63" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B63" s="93" t="s">
-[...9 lines deleted...]
-      <c r="J63" s="93"/>
+      <c r="B63" s="92" t="s">
+        <v>50</v>
+      </c>
+      <c r="C63" s="92"/>
+      <c r="D63" s="92"/>
+      <c r="E63" s="92"/>
+      <c r="F63" s="92"/>
+      <c r="G63" s="92"/>
+      <c r="H63" s="92"/>
+      <c r="I63" s="92"/>
+      <c r="J63" s="92"/>
       <c r="K63" s="64"/>
       <c r="L63" s="65"/>
       <c r="M63" s="66"/>
       <c r="N63" s="66"/>
       <c r="Q63" s="67"/>
       <c r="R63" s="66"/>
       <c r="S63" s="66"/>
       <c r="T63" s="66"/>
     </row>
     <row r="64" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B64" s="93"/>
-[...7 lines deleted...]
-      <c r="J64" s="93"/>
+      <c r="B64" s="92"/>
+      <c r="C64" s="92"/>
+      <c r="D64" s="92"/>
+      <c r="E64" s="92"/>
+      <c r="F64" s="92"/>
+      <c r="G64" s="92"/>
+      <c r="H64" s="92"/>
+      <c r="I64" s="92"/>
+      <c r="J64" s="92"/>
       <c r="K64" s="64"/>
       <c r="L64" s="65"/>
       <c r="M64" s="66"/>
       <c r="N64" s="66"/>
       <c r="Q64" s="67"/>
       <c r="R64" s="66"/>
       <c r="S64" s="66"/>
       <c r="T64" s="66"/>
     </row>
     <row r="65" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B65" s="93"/>
-[...7 lines deleted...]
-      <c r="J65" s="93"/>
+      <c r="B65" s="92"/>
+      <c r="C65" s="92"/>
+      <c r="D65" s="92"/>
+      <c r="E65" s="92"/>
+      <c r="F65" s="92"/>
+      <c r="G65" s="92"/>
+      <c r="H65" s="92"/>
+      <c r="I65" s="92"/>
+      <c r="J65" s="92"/>
       <c r="K65" s="64"/>
       <c r="L65" s="65"/>
       <c r="M65" s="66"/>
       <c r="N65" s="66"/>
       <c r="Q65" s="67"/>
       <c r="R65" s="66"/>
       <c r="S65" s="66"/>
       <c r="T65" s="66"/>
     </row>
     <row r="66" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B66" s="75"/>
       <c r="C66" s="78"/>
       <c r="D66" s="78"/>
       <c r="E66" s="78"/>
       <c r="F66" s="78"/>
       <c r="G66" s="78"/>
       <c r="H66" s="78"/>
       <c r="I66" s="78"/>
       <c r="J66" s="78"/>
       <c r="K66" s="64"/>
       <c r="L66" s="65"/>
       <c r="M66" s="66"/>
       <c r="N66" s="66"/>
     </row>
     <row r="67" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B67" s="76" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C67" s="79"/>
       <c r="D67" s="79"/>
       <c r="E67" s="79"/>
       <c r="F67" s="80"/>
       <c r="G67" s="80"/>
       <c r="H67" s="80"/>
       <c r="I67" s="80"/>
       <c r="J67" s="80"/>
       <c r="K67" s="64"/>
       <c r="L67" s="65"/>
       <c r="M67" s="66"/>
       <c r="N67" s="66"/>
     </row>
     <row r="68" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B68" s="76"/>
       <c r="C68" s="79"/>
       <c r="D68" s="79"/>
       <c r="E68" s="79"/>
       <c r="F68" s="80"/>
       <c r="G68" s="80"/>
       <c r="H68" s="80"/>
       <c r="I68" s="80"/>
       <c r="J68" s="80"/>
       <c r="K68" s="64"/>
       <c r="L68" s="65"/>
       <c r="M68" s="66"/>
       <c r="N68" s="66"/>
     </row>
     <row r="69" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B69" s="92">
+      <c r="B69" s="91">
         <v>4753667</v>
       </c>
       <c r="C69" s="71"/>
       <c r="D69" s="71"/>
       <c r="E69" s="71"/>
       <c r="F69" s="71"/>
       <c r="G69" s="71"/>
       <c r="H69" s="71"/>
       <c r="I69" s="71"/>
       <c r="J69" s="71"/>
       <c r="K69" s="68"/>
     </row>
     <row r="70" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="69"/>
       <c r="C70" s="69"/>
       <c r="D70" s="69"/>
       <c r="E70" s="69"/>
       <c r="F70" s="69"/>
       <c r="G70" s="69"/>
       <c r="H70" s="69"/>
       <c r="I70" s="69"/>
       <c r="J70" s="69"/>
       <c r="K70" s="70"/>
     </row>
     <row r="71" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
@@ -11347,325 +18134,325 @@
     <mergeCell ref="B63:J65"/>
     <mergeCell ref="B51:J51"/>
     <mergeCell ref="B52:J52"/>
     <mergeCell ref="B53:J53"/>
     <mergeCell ref="B54:J54"/>
     <mergeCell ref="B55:J55"/>
     <mergeCell ref="B58:J61"/>
     <mergeCell ref="B50:J50"/>
     <mergeCell ref="G1:J2"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="G40:J40"/>
     <mergeCell ref="G41:H41"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="38" max="10" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2DAC6FE1-4170-4CD7-B6EB-9ADEB270F99F}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:T71"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A27" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B69" sqref="B69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
     <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
     <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
     <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
     <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
     <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
     <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
     <col min="13" max="13" width="16" style="10" customWidth="1"/>
     <col min="14" max="14" width="11.85546875" style="10" customWidth="1"/>
     <col min="15" max="15" width="26.28515625" style="10" customWidth="1"/>
     <col min="16" max="16" width="9.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="10" customWidth="1"/>
     <col min="18" max="18" width="9.140625" style="10"/>
     <col min="19" max="19" width="7.140625" style="10" bestFit="1" customWidth="1"/>
     <col min="20" max="16384" width="9.140625" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" ht="40.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="72" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C1" s="35"/>
       <c r="D1" s="36"/>
       <c r="E1" s="35"/>
       <c r="F1" s="73"/>
-      <c r="G1" s="96"/>
-[...2 lines deleted...]
-      <c r="J1" s="98"/>
+      <c r="G1" s="95"/>
+      <c r="H1" s="96"/>
+      <c r="I1" s="96"/>
+      <c r="J1" s="97"/>
     </row>
     <row r="2" spans="2:20" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="102">
+      <c r="B2" s="101">
         <v>45838</v>
       </c>
-      <c r="C2" s="103"/>
-[...6 lines deleted...]
-      <c r="J2" s="101"/>
+      <c r="C2" s="102"/>
+      <c r="D2" s="102"/>
+      <c r="E2" s="102"/>
+      <c r="F2" s="103"/>
+      <c r="G2" s="98"/>
+      <c r="H2" s="99"/>
+      <c r="I2" s="99"/>
+      <c r="J2" s="100"/>
     </row>
     <row r="3" spans="2:20" x14ac:dyDescent="0.2">
       <c r="E3" s="34"/>
       <c r="G3" s="34"/>
       <c r="H3" s="34"/>
       <c r="J3" s="34"/>
       <c r="L3" s="34"/>
       <c r="M3" s="34"/>
       <c r="N3" s="34"/>
       <c r="O3" s="34"/>
     </row>
     <row r="4" spans="2:20" ht="18" x14ac:dyDescent="0.25">
       <c r="B4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="E4"/>
       <c r="G4" s="34"/>
       <c r="H4" s="34"/>
       <c r="J4" s="34"/>
       <c r="L4" s="34"/>
       <c r="M4" s="34"/>
       <c r="N4" s="34"/>
       <c r="O4" s="34"/>
     </row>
     <row r="5" spans="2:20" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C5" s="82"/>
       <c r="D5" s="30"/>
       <c r="E5" s="83"/>
       <c r="F5" s="84"/>
-      <c r="G5" s="105"/>
-      <c r="H5" s="105"/>
+      <c r="G5" s="104"/>
+      <c r="H5" s="104"/>
       <c r="I5" s="84"/>
       <c r="J5" s="85"/>
       <c r="L5" s="34"/>
       <c r="M5" s="34"/>
       <c r="N5" s="34"/>
       <c r="O5" s="34"/>
     </row>
     <row r="6" spans="2:20" ht="73.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B6" s="81"/>
       <c r="C6" s="3"/>
       <c r="D6" s="4"/>
       <c r="E6" s="8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="H6" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="L6" s="34"/>
       <c r="M6" s="34"/>
       <c r="N6" s="34"/>
       <c r="O6" s="34"/>
     </row>
     <row r="7" spans="2:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B7" s="37" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="38"/>
       <c r="D7" s="38"/>
       <c r="E7" s="39"/>
       <c r="F7" s="39"/>
       <c r="G7" s="39"/>
       <c r="H7" s="39"/>
       <c r="I7" s="39"/>
       <c r="J7" s="40"/>
       <c r="L7" s="41"/>
       <c r="M7" s="34"/>
       <c r="N7" s="34"/>
       <c r="O7" s="34"/>
       <c r="P7" s="42"/>
     </row>
     <row r="8" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B8" s="87" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="D8" s="21"/>
       <c r="E8" s="22">
         <v>7.5499999999999998E-2</v>
       </c>
       <c r="F8" s="21"/>
       <c r="G8" s="22">
         <v>4.2403897235304959E-2</v>
       </c>
       <c r="H8" s="22">
         <v>-0.46780078347764081</v>
       </c>
       <c r="I8" s="22"/>
       <c r="J8" s="23">
         <v>0.56164102298417162</v>
       </c>
       <c r="K8" s="43"/>
       <c r="L8" s="44"/>
       <c r="M8" s="45"/>
       <c r="N8" s="45"/>
       <c r="O8" s="45"/>
       <c r="P8" s="47"/>
       <c r="Q8" s="47"/>
       <c r="R8" s="48"/>
       <c r="S8" s="48"/>
       <c r="T8" s="48"/>
     </row>
     <row r="9" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B9" s="88" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C9" s="12" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="13"/>
       <c r="E9" s="22">
         <v>7.9500000000000001E-2</v>
       </c>
       <c r="F9" s="21"/>
       <c r="G9" s="22">
         <v>4.9493747641047359E-2</v>
       </c>
       <c r="H9" s="22">
         <v>-0.43398097103793742</v>
       </c>
       <c r="I9" s="21"/>
       <c r="J9" s="23">
         <v>0.6225628634094007</v>
       </c>
       <c r="K9" s="43"/>
       <c r="L9" s="44"/>
       <c r="M9" s="45"/>
       <c r="N9" s="45"/>
       <c r="O9" s="45"/>
       <c r="P9" s="42"/>
       <c r="Q9" s="47"/>
       <c r="R9" s="48"/>
       <c r="S9" s="48"/>
       <c r="T9" s="48"/>
     </row>
     <row r="10" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B10" s="88" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C10" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="13"/>
       <c r="E10" s="22">
         <v>6.5500000000000003E-2</v>
       </c>
       <c r="F10" s="21"/>
       <c r="G10" s="22">
         <v>4.7959567325442626E-2</v>
       </c>
       <c r="H10" s="22">
         <v>-0.1192518119122757</v>
       </c>
       <c r="I10" s="21"/>
       <c r="J10" s="23">
         <v>0.73220713473958199</v>
       </c>
       <c r="K10" s="43"/>
       <c r="L10" s="44"/>
       <c r="M10" s="45"/>
       <c r="N10" s="45"/>
       <c r="O10" s="45"/>
       <c r="P10" s="47"/>
       <c r="Q10" s="47"/>
       <c r="R10" s="48"/>
       <c r="S10" s="48"/>
       <c r="T10" s="48"/>
     </row>
     <row r="11" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B11" s="88" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C11" s="50" t="s">
         <v>25</v>
       </c>
       <c r="D11" s="13"/>
       <c r="E11" s="22">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="F11" s="21"/>
       <c r="G11" s="22">
         <v>4.6822799850488393E-2</v>
       </c>
       <c r="H11" s="22">
         <v>-0.49076128441782618</v>
       </c>
       <c r="I11" s="21"/>
       <c r="J11" s="23">
         <v>0.59269366899352394</v>
       </c>
       <c r="K11" s="43"/>
       <c r="L11" s="44"/>
       <c r="M11" s="45"/>
       <c r="N11" s="45"/>
       <c r="O11" s="45"/>
       <c r="P11" s="42"/>
       <c r="Q11" s="47"/>
       <c r="R11" s="48"/>
       <c r="S11" s="48"/>
       <c r="T11" s="48"/>
     </row>
     <row r="12" spans="2:20" s="49" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="88" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C12" s="12" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="13"/>
       <c r="E12" s="22">
         <v>7.2999999999999995E-2</v>
       </c>
       <c r="F12" s="21"/>
       <c r="G12" s="22">
         <v>3.884714964723008E-2</v>
       </c>
       <c r="H12" s="22">
         <v>-0.50715335925373484</v>
       </c>
       <c r="I12" s="21"/>
       <c r="J12" s="23">
         <v>0.53215273489356274</v>
       </c>
       <c r="K12" s="43"/>
       <c r="L12" s="44"/>
       <c r="M12" s="45"/>
       <c r="N12" s="45"/>
       <c r="O12" s="45"/>
       <c r="P12" s="47"/>
@@ -11819,54 +18606,54 @@
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="22">
         <v>4.7267356376853177E-2</v>
       </c>
       <c r="H17" s="22">
         <v>-4.7248381930693195E-3</v>
       </c>
       <c r="I17" s="21"/>
       <c r="J17" s="23">
         <v>0.97458466756398299</v>
       </c>
       <c r="K17" s="43"/>
       <c r="L17" s="44"/>
       <c r="M17" s="45"/>
       <c r="N17" s="45"/>
       <c r="O17" s="45"/>
       <c r="P17" s="42"/>
       <c r="Q17" s="47"/>
       <c r="R17" s="48"/>
       <c r="S17" s="48"/>
       <c r="T17" s="48"/>
     </row>
     <row r="18" spans="2:20" s="49" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B18" s="28" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="C18" s="29" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D18" s="30"/>
       <c r="E18" s="89">
         <v>6.8500000000000005E-2</v>
       </c>
       <c r="F18" s="30"/>
       <c r="G18" s="89">
         <v>4.7924014177856515E-2</v>
       </c>
       <c r="H18" s="31">
         <v>-4.1216957906622081E-2</v>
       </c>
       <c r="I18" s="31"/>
       <c r="J18" s="32">
         <v>0.69962064493221188</v>
       </c>
       <c r="K18" s="43"/>
       <c r="L18" s="44"/>
       <c r="M18" s="45"/>
       <c r="N18" s="45"/>
       <c r="O18" s="45"/>
       <c r="P18" s="47"/>
       <c r="Q18" s="47"/>
       <c r="R18" s="48"/>
       <c r="S18" s="48"/>
@@ -11874,120 +18661,120 @@
     </row>
     <row r="19" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B19" s="51" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="40"/>
       <c r="K19" s="43"/>
       <c r="L19" s="44"/>
       <c r="M19" s="45"/>
       <c r="N19" s="45"/>
       <c r="P19" s="47"/>
       <c r="Q19" s="47"/>
       <c r="R19" s="48"/>
       <c r="S19" s="48"/>
       <c r="T19" s="48"/>
     </row>
     <row r="20" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B20" s="87" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C20" s="20" t="s">
         <v>27</v>
       </c>
       <c r="D20" s="21"/>
       <c r="E20" s="22">
         <v>7.3499999999999996E-2</v>
       </c>
       <c r="F20" s="21"/>
       <c r="G20" s="22">
         <v>3.8929246444381282E-2</v>
       </c>
       <c r="H20" s="22">
         <v>-0.52417610724696684</v>
       </c>
       <c r="I20" s="22"/>
       <c r="J20" s="23">
         <v>0.52964961148818079</v>
       </c>
       <c r="K20" s="43"/>
       <c r="L20" s="44"/>
       <c r="M20" s="45"/>
       <c r="N20" s="45"/>
       <c r="O20" s="45"/>
       <c r="P20" s="42"/>
       <c r="Q20" s="47"/>
       <c r="R20" s="48"/>
       <c r="S20" s="48"/>
       <c r="T20" s="48"/>
     </row>
     <row r="21" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B21" s="11" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C21" s="12" t="s">
         <v>28</v>
       </c>
       <c r="D21" s="13"/>
       <c r="E21" s="22">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="22">
         <v>4.0086480110760665E-2</v>
       </c>
       <c r="H21" s="22">
         <v>-0.52658452097077291</v>
       </c>
       <c r="I21" s="21"/>
       <c r="J21" s="23">
         <v>0.52745368566790352</v>
       </c>
       <c r="K21" s="43"/>
       <c r="L21" s="44"/>
       <c r="M21" s="45"/>
       <c r="N21" s="45"/>
       <c r="O21" s="45"/>
       <c r="P21" s="42"/>
       <c r="Q21" s="47"/>
       <c r="R21" s="48"/>
       <c r="S21" s="48"/>
       <c r="T21" s="48"/>
     </row>
     <row r="22" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B22" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="12" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D22" s="13"/>
       <c r="E22" s="22">
         <v>2.9000000000000001E-2</v>
       </c>
       <c r="F22" s="21"/>
       <c r="G22" s="22">
         <v>2.8829119230563336E-2</v>
       </c>
       <c r="H22" s="22">
         <v>1.6658674703432564E-2</v>
       </c>
       <c r="I22" s="21"/>
       <c r="J22" s="23">
         <v>0.99410755967459774</v>
       </c>
       <c r="K22" s="43"/>
       <c r="L22" s="44"/>
       <c r="M22" s="45"/>
       <c r="N22" s="45"/>
       <c r="O22" s="45"/>
       <c r="P22" s="42"/>
       <c r="Q22" s="47"/>
       <c r="R22" s="48"/>
       <c r="S22" s="48"/>
@@ -12028,120 +18815,120 @@
     </row>
     <row r="24" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B24" s="51" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="52"/>
       <c r="D24" s="52"/>
       <c r="E24" s="52"/>
       <c r="F24" s="52"/>
       <c r="G24" s="52"/>
       <c r="H24" s="52"/>
       <c r="I24" s="52"/>
       <c r="J24" s="40"/>
       <c r="K24" s="43"/>
       <c r="L24" s="44"/>
       <c r="M24" s="45"/>
       <c r="N24" s="45"/>
       <c r="P24" s="47"/>
       <c r="Q24" s="47"/>
       <c r="R24" s="48"/>
       <c r="S24" s="48"/>
       <c r="T24" s="48"/>
     </row>
     <row r="25" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B25" s="19" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C25" s="20" t="s">
         <v>29</v>
       </c>
       <c r="D25" s="21"/>
       <c r="E25" s="22">
         <v>7.1999999999999995E-2</v>
       </c>
       <c r="F25" s="21"/>
       <c r="G25" s="22">
         <v>3.9674000088869087E-2</v>
       </c>
       <c r="H25" s="22">
         <v>-0.4769383725141853</v>
       </c>
       <c r="I25" s="21"/>
       <c r="J25" s="23">
         <v>0.55102777901207067</v>
       </c>
       <c r="K25" s="43"/>
       <c r="L25" s="44"/>
       <c r="M25" s="45"/>
       <c r="N25" s="45"/>
       <c r="O25" s="45"/>
       <c r="P25" s="42"/>
       <c r="Q25" s="47"/>
       <c r="R25" s="48"/>
       <c r="S25" s="48"/>
       <c r="T25" s="48"/>
     </row>
     <row r="26" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B26" s="11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C26" s="12" t="s">
         <v>30</v>
       </c>
       <c r="D26" s="13"/>
       <c r="E26" s="22">
         <v>6.9000000000000006E-2</v>
       </c>
       <c r="F26" s="21"/>
       <c r="G26" s="22">
         <v>3.7418959728907145E-2</v>
       </c>
       <c r="H26" s="22">
         <v>-0.46890033601200559</v>
       </c>
       <c r="I26" s="21"/>
       <c r="J26" s="23">
         <v>0.54230376418706006</v>
       </c>
       <c r="K26" s="43"/>
       <c r="L26" s="44"/>
       <c r="M26" s="45"/>
       <c r="N26" s="45"/>
       <c r="O26" s="45"/>
       <c r="P26" s="42"/>
       <c r="Q26" s="47"/>
       <c r="R26" s="48"/>
       <c r="S26" s="48"/>
       <c r="T26" s="48"/>
     </row>
     <row r="27" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B27" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="12" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D27" s="13"/>
       <c r="E27" s="22">
         <v>2.9499999999999998E-2</v>
       </c>
       <c r="F27" s="21"/>
       <c r="G27" s="22">
         <v>2.891763406328586E-2</v>
       </c>
       <c r="H27" s="22">
         <v>1.7439355441624282E-2</v>
       </c>
       <c r="I27" s="21"/>
       <c r="J27" s="23">
         <v>0.98025878180630044</v>
       </c>
       <c r="K27" s="43"/>
       <c r="L27" s="44"/>
       <c r="M27" s="45"/>
       <c r="N27" s="45"/>
       <c r="O27" s="45"/>
       <c r="P27" s="42"/>
       <c r="Q27" s="47"/>
       <c r="R27" s="48"/>
       <c r="S27" s="48"/>
@@ -12182,249 +18969,249 @@
     </row>
     <row r="29" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B29" s="51" t="s">
         <v>22</v>
       </c>
       <c r="C29" s="52"/>
       <c r="D29" s="52"/>
       <c r="E29" s="52"/>
       <c r="F29" s="52"/>
       <c r="G29" s="52"/>
       <c r="H29" s="52"/>
       <c r="I29" s="52"/>
       <c r="J29" s="40"/>
       <c r="K29" s="43"/>
       <c r="L29" s="44"/>
       <c r="M29" s="45"/>
       <c r="N29" s="45"/>
       <c r="P29" s="47"/>
       <c r="Q29" s="47"/>
       <c r="R29" s="48"/>
       <c r="S29" s="48"/>
       <c r="T29" s="48"/>
     </row>
     <row r="30" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B30" s="19" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C30" s="20" t="s">
         <v>31</v>
       </c>
       <c r="D30" s="21"/>
       <c r="E30" s="22">
         <v>7.2499999999999995E-2</v>
       </c>
       <c r="F30" s="21"/>
       <c r="G30" s="22">
         <v>3.2485843743157251E-2</v>
       </c>
       <c r="H30" s="22">
         <v>-0.62286065460971785</v>
       </c>
       <c r="I30" s="21"/>
       <c r="J30" s="23">
         <v>0.44808060335389316</v>
       </c>
       <c r="K30" s="43"/>
       <c r="L30" s="44"/>
       <c r="M30" s="45"/>
       <c r="N30" s="45"/>
       <c r="O30" s="45"/>
       <c r="P30" s="42"/>
       <c r="Q30" s="47"/>
       <c r="R30" s="48"/>
       <c r="S30" s="48"/>
       <c r="T30" s="48"/>
     </row>
     <row r="31" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B31" s="11" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C31" s="12" t="s">
         <v>32</v>
       </c>
       <c r="D31" s="13"/>
       <c r="E31" s="22">
         <v>7.0999999999999994E-2</v>
       </c>
       <c r="F31" s="21"/>
       <c r="G31" s="22">
         <v>3.0851303900083098E-2</v>
       </c>
       <c r="H31" s="22">
         <v>-0.57107793682750108</v>
       </c>
       <c r="I31" s="21"/>
       <c r="J31" s="23">
         <v>0.43452540704342396</v>
       </c>
       <c r="K31" s="43"/>
       <c r="L31" s="44"/>
       <c r="M31" s="45"/>
       <c r="N31" s="45"/>
       <c r="O31" s="45"/>
       <c r="P31" s="42"/>
       <c r="Q31" s="47"/>
       <c r="R31" s="48"/>
       <c r="S31" s="48"/>
       <c r="T31" s="48"/>
     </row>
     <row r="32" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B32" s="11" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C32" s="12" t="s">
         <v>33</v>
       </c>
       <c r="D32" s="13"/>
       <c r="E32" s="22">
         <v>7.3499999999999996E-2</v>
       </c>
       <c r="F32" s="21"/>
       <c r="G32" s="22">
         <v>3.4309129795952319E-2</v>
       </c>
       <c r="H32" s="22">
         <v>-0.56548112146191998</v>
       </c>
       <c r="I32" s="21"/>
       <c r="J32" s="23">
         <v>0.46679088157758258</v>
       </c>
       <c r="K32" s="43"/>
       <c r="L32" s="44"/>
       <c r="M32" s="45"/>
       <c r="N32" s="45"/>
       <c r="O32" s="45"/>
       <c r="P32" s="42"/>
       <c r="Q32" s="47"/>
       <c r="R32" s="48"/>
       <c r="S32" s="48"/>
       <c r="T32" s="48"/>
     </row>
     <row r="33" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="11" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C33" s="12" t="s">
         <v>34</v>
       </c>
       <c r="D33" s="13"/>
       <c r="E33" s="22">
         <v>6.7500000000000004E-2</v>
       </c>
       <c r="F33" s="21"/>
       <c r="G33" s="22">
         <v>2.5375835064882543E-2</v>
       </c>
       <c r="H33" s="22">
         <v>-0.61525032555123749</v>
       </c>
       <c r="I33" s="21"/>
       <c r="J33" s="23">
         <v>0.37593829725751915</v>
       </c>
       <c r="K33" s="43"/>
       <c r="L33" s="44"/>
       <c r="M33" s="45"/>
       <c r="N33" s="45"/>
       <c r="O33" s="45"/>
       <c r="P33" s="42"/>
       <c r="Q33" s="47"/>
       <c r="R33" s="48"/>
       <c r="S33" s="48"/>
       <c r="T33" s="48"/>
     </row>
     <row r="34" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="11" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C34" s="12" t="s">
         <v>35</v>
       </c>
       <c r="D34" s="13"/>
       <c r="E34" s="22">
         <v>7.85E-2</v>
       </c>
       <c r="F34" s="21"/>
       <c r="G34" s="22">
         <v>3.4608223131951728E-2</v>
       </c>
       <c r="H34" s="22">
         <v>-0.67408763035672303</v>
       </c>
       <c r="I34" s="21"/>
       <c r="J34" s="23">
         <v>0.44086908448346152</v>
       </c>
       <c r="K34" s="43"/>
       <c r="L34" s="44"/>
       <c r="M34" s="45"/>
       <c r="N34" s="45"/>
       <c r="O34" s="45"/>
       <c r="P34" s="42"/>
       <c r="Q34" s="47"/>
       <c r="R34" s="48"/>
       <c r="S34" s="48"/>
       <c r="T34" s="48"/>
     </row>
     <row r="35" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B35" s="11" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C35" s="12" t="s">
         <v>36</v>
       </c>
       <c r="D35" s="13"/>
       <c r="E35" s="22">
         <v>7.8E-2</v>
       </c>
       <c r="F35" s="21"/>
       <c r="G35" s="22">
         <v>3.6069662834858691E-2</v>
       </c>
       <c r="H35" s="22">
         <v>-0.68656027087857152</v>
       </c>
       <c r="I35" s="21"/>
       <c r="J35" s="23">
         <v>0.46243157480588065</v>
       </c>
       <c r="K35" s="43"/>
       <c r="L35" s="44"/>
       <c r="M35" s="45"/>
       <c r="N35" s="45"/>
       <c r="O35" s="45"/>
       <c r="P35" s="42"/>
       <c r="Q35" s="47"/>
       <c r="R35" s="48"/>
       <c r="S35" s="48"/>
       <c r="T35" s="48"/>
     </row>
     <row r="36" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B36" s="11" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C36" s="12" t="s">
         <v>37</v>
       </c>
       <c r="D36" s="13"/>
       <c r="E36" s="22">
         <v>7.1999999999999995E-2</v>
       </c>
       <c r="F36" s="21"/>
       <c r="G36" s="22">
         <v>3.5590148344609371E-2</v>
       </c>
       <c r="H36" s="22">
         <v>-0.53343241557886956</v>
       </c>
       <c r="I36" s="21"/>
       <c r="J36" s="23">
         <v>0.49430761589735239</v>
       </c>
       <c r="K36" s="43"/>
       <c r="L36" s="44"/>
       <c r="M36" s="45"/>
       <c r="N36" s="45"/>
       <c r="O36" s="45"/>
       <c r="P36" s="42"/>
@@ -12468,616 +19255,616 @@
       <c r="S38" s="48"/>
       <c r="T38" s="48"/>
     </row>
     <row r="39" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B39" s="56"/>
       <c r="C39" s="56"/>
       <c r="D39" s="56"/>
       <c r="E39" s="57"/>
       <c r="F39" s="56"/>
       <c r="G39" s="57"/>
       <c r="H39" s="56"/>
       <c r="I39" s="56"/>
       <c r="J39" s="56"/>
       <c r="K39" s="58"/>
       <c r="L39" s="44"/>
       <c r="M39" s="45"/>
     </row>
     <row r="40" spans="2:20" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C40" s="56"/>
       <c r="D40" s="57"/>
       <c r="E40" s="56"/>
       <c r="F40" s="57"/>
-      <c r="G40" s="106"/>
-[...2 lines deleted...]
-      <c r="J40" s="106"/>
+      <c r="G40" s="105"/>
+      <c r="H40" s="105"/>
+      <c r="I40" s="105"/>
+      <c r="J40" s="105"/>
       <c r="K40" s="10"/>
       <c r="L40" s="44"/>
       <c r="M40" s="45"/>
     </row>
     <row r="41" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B41" s="56"/>
       <c r="C41" s="56"/>
       <c r="D41" s="57"/>
       <c r="E41" s="59"/>
       <c r="F41" s="57"/>
-      <c r="G41" s="107"/>
-      <c r="H41" s="107"/>
+      <c r="G41" s="106"/>
+      <c r="H41" s="106"/>
       <c r="I41" s="56"/>
       <c r="J41" s="58"/>
       <c r="K41" s="10"/>
       <c r="L41" s="44"/>
       <c r="M41" s="45"/>
     </row>
     <row r="42" spans="2:20" ht="45" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B42" s="2"/>
       <c r="C42" s="3"/>
       <c r="D42" s="4"/>
       <c r="E42" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F42" s="6"/>
       <c r="G42" s="7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I42" s="8"/>
       <c r="J42" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K42" s="10"/>
       <c r="L42" s="44"/>
       <c r="M42" s="45"/>
     </row>
     <row r="43" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B43" s="14" t="s">
         <v>39</v>
       </c>
       <c r="C43" s="15"/>
       <c r="D43" s="16"/>
       <c r="E43" s="17"/>
       <c r="F43" s="16"/>
       <c r="G43" s="17"/>
       <c r="H43" s="17"/>
       <c r="I43" s="17"/>
       <c r="J43" s="18"/>
       <c r="K43" s="10"/>
       <c r="L43" s="44"/>
       <c r="M43" s="45"/>
     </row>
     <row r="44" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B44" s="11" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C44" s="12" t="s">
         <v>38</v>
       </c>
       <c r="D44" s="13"/>
       <c r="E44" s="22">
         <v>6.6500000000000004E-2</v>
       </c>
       <c r="F44" s="21"/>
       <c r="G44" s="22">
         <v>4.8027066635468511E-2</v>
       </c>
       <c r="H44" s="22">
         <v>-0.20566321769869569</v>
       </c>
       <c r="I44" s="22"/>
       <c r="J44" s="23">
         <v>0.72221152835290992</v>
       </c>
       <c r="K44" s="10"/>
       <c r="L44" s="44"/>
       <c r="M44" s="45"/>
       <c r="N44" s="45"/>
       <c r="O44" s="45"/>
       <c r="P44" s="42"/>
       <c r="Q44" s="47"/>
       <c r="R44" s="48"/>
       <c r="S44" s="48"/>
     </row>
     <row r="45" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B45" s="11" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C45" s="12" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D45" s="13"/>
       <c r="E45" s="22">
         <v>0.16600000000000001</v>
       </c>
       <c r="F45" s="21"/>
       <c r="G45" s="22">
         <v>0.1033194418715818</v>
       </c>
       <c r="H45" s="22">
         <v>-0.57021801569042219</v>
       </c>
       <c r="I45" s="22"/>
       <c r="J45" s="23">
         <v>0.62240627633483014</v>
       </c>
       <c r="K45" s="10"/>
       <c r="L45" s="44"/>
       <c r="M45" s="45"/>
       <c r="N45" s="45"/>
       <c r="O45" s="45"/>
       <c r="P45" s="42"/>
       <c r="Q45" s="47"/>
       <c r="R45" s="48"/>
       <c r="S45" s="48"/>
     </row>
     <row r="46" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B46" s="28" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C46" s="29" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D46" s="30"/>
       <c r="E46" s="89">
         <v>0.16750000000000001</v>
       </c>
       <c r="F46" s="30"/>
       <c r="G46" s="89">
         <v>0.10260537532315621</v>
       </c>
       <c r="H46" s="31">
         <v>-0.77998129045845233</v>
       </c>
       <c r="I46" s="31"/>
       <c r="J46" s="32">
         <v>0.6125694049143654</v>
       </c>
       <c r="K46" s="10"/>
       <c r="L46" s="44"/>
       <c r="M46" s="45"/>
       <c r="N46" s="45"/>
       <c r="O46" s="45"/>
       <c r="P46" s="42"/>
       <c r="Q46" s="47"/>
       <c r="R46" s="48"/>
       <c r="S46" s="48"/>
     </row>
     <row r="47" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B47" s="14" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C47" s="15"/>
       <c r="D47" s="16"/>
       <c r="E47" s="17"/>
       <c r="F47" s="16"/>
       <c r="G47" s="17"/>
       <c r="H47" s="17"/>
       <c r="I47" s="17"/>
       <c r="J47" s="18"/>
       <c r="K47" s="10"/>
       <c r="L47" s="44"/>
       <c r="M47" s="45"/>
     </row>
     <row r="48" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B48" s="28" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C48" s="29" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D48" s="30"/>
       <c r="E48" s="26">
         <v>9.6500000000000002E-2</v>
       </c>
       <c r="F48" s="24"/>
       <c r="G48" s="26">
         <v>8.3813722750310238E-2</v>
       </c>
       <c r="H48" s="25">
         <v>-0.13200124556233939</v>
       </c>
       <c r="I48" s="25"/>
       <c r="J48" s="27">
         <v>0.86853598704984702</v>
       </c>
       <c r="K48" s="10"/>
       <c r="L48" s="44"/>
       <c r="M48" s="45"/>
       <c r="N48" s="45"/>
       <c r="O48" s="45"/>
       <c r="P48" s="42"/>
       <c r="Q48" s="47"/>
       <c r="R48" s="48"/>
       <c r="S48" s="48"/>
     </row>
     <row r="49" spans="2:20" x14ac:dyDescent="0.2">
       <c r="B49" s="56"/>
       <c r="C49" s="56"/>
       <c r="D49" s="57"/>
       <c r="E49" s="86"/>
       <c r="F49" s="57"/>
       <c r="G49" s="57"/>
       <c r="H49" s="57"/>
       <c r="I49" s="57"/>
       <c r="J49" s="57"/>
       <c r="K49" s="10"/>
     </row>
     <row r="50" spans="2:20" s="61" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="95" t="s">
-[...9 lines deleted...]
-      <c r="J50" s="95"/>
+      <c r="B50" s="94" t="s">
+        <v>63</v>
+      </c>
+      <c r="C50" s="94"/>
+      <c r="D50" s="94"/>
+      <c r="E50" s="94"/>
+      <c r="F50" s="94"/>
+      <c r="G50" s="94"/>
+      <c r="H50" s="94"/>
+      <c r="I50" s="94"/>
+      <c r="J50" s="94"/>
       <c r="K50" s="64"/>
       <c r="L50" s="65"/>
       <c r="M50" s="66"/>
       <c r="N50" s="66"/>
       <c r="Q50" s="67"/>
       <c r="R50" s="66"/>
       <c r="S50" s="66"/>
       <c r="T50" s="66"/>
     </row>
     <row r="51" spans="2:20" s="61" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="94" t="s">
-[...9 lines deleted...]
-      <c r="J51" s="94"/>
+      <c r="B51" s="93" t="s">
+        <v>57</v>
+      </c>
+      <c r="C51" s="93"/>
+      <c r="D51" s="93"/>
+      <c r="E51" s="93"/>
+      <c r="F51" s="93"/>
+      <c r="G51" s="93"/>
+      <c r="H51" s="93"/>
+      <c r="I51" s="93"/>
+      <c r="J51" s="93"/>
       <c r="K51" s="64"/>
       <c r="L51" s="65"/>
       <c r="M51" s="66"/>
       <c r="N51" s="66"/>
       <c r="Q51" s="67"/>
       <c r="R51" s="66"/>
       <c r="S51" s="66"/>
       <c r="T51" s="66"/>
     </row>
     <row r="52" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="94" t="s">
-[...9 lines deleted...]
-      <c r="J52" s="94"/>
+      <c r="B52" s="93" t="s">
+        <v>49</v>
+      </c>
+      <c r="C52" s="93"/>
+      <c r="D52" s="93"/>
+      <c r="E52" s="93"/>
+      <c r="F52" s="93"/>
+      <c r="G52" s="93"/>
+      <c r="H52" s="93"/>
+      <c r="I52" s="93"/>
+      <c r="J52" s="93"/>
       <c r="K52" s="64"/>
       <c r="L52" s="65"/>
       <c r="M52" s="66"/>
       <c r="N52" s="66"/>
       <c r="Q52" s="67"/>
       <c r="R52" s="66"/>
       <c r="S52" s="66"/>
       <c r="T52" s="66"/>
     </row>
     <row r="53" spans="2:20" s="61" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="95" t="s">
-[...9 lines deleted...]
-      <c r="J53" s="95"/>
+      <c r="B53" s="94" t="s">
+        <v>66</v>
+      </c>
+      <c r="C53" s="94"/>
+      <c r="D53" s="94"/>
+      <c r="E53" s="94"/>
+      <c r="F53" s="94"/>
+      <c r="G53" s="94"/>
+      <c r="H53" s="94"/>
+      <c r="I53" s="94"/>
+      <c r="J53" s="94"/>
       <c r="K53" s="64"/>
       <c r="L53" s="65"/>
       <c r="M53" s="66"/>
       <c r="N53" s="66"/>
       <c r="Q53" s="67"/>
       <c r="R53" s="66"/>
       <c r="S53" s="66"/>
       <c r="T53" s="66"/>
     </row>
     <row r="54" spans="2:20" s="61" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="95"/>
-[...7 lines deleted...]
-      <c r="J54" s="95"/>
+      <c r="B54" s="94"/>
+      <c r="C54" s="94"/>
+      <c r="D54" s="94"/>
+      <c r="E54" s="94"/>
+      <c r="F54" s="94"/>
+      <c r="G54" s="94"/>
+      <c r="H54" s="94"/>
+      <c r="I54" s="94"/>
+      <c r="J54" s="94"/>
       <c r="K54" s="64"/>
       <c r="L54" s="65"/>
       <c r="M54" s="66"/>
       <c r="N54" s="66"/>
       <c r="Q54" s="67"/>
       <c r="R54" s="66"/>
       <c r="S54" s="66"/>
       <c r="T54" s="66"/>
     </row>
     <row r="55" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B55" s="95"/>
-[...7 lines deleted...]
-      <c r="J55" s="95"/>
+      <c r="B55" s="94"/>
+      <c r="C55" s="94"/>
+      <c r="D55" s="94"/>
+      <c r="E55" s="94"/>
+      <c r="F55" s="94"/>
+      <c r="G55" s="94"/>
+      <c r="H55" s="94"/>
+      <c r="I55" s="94"/>
+      <c r="J55" s="94"/>
       <c r="K55" s="64"/>
       <c r="L55" s="65"/>
       <c r="M55" s="66"/>
       <c r="N55" s="66"/>
       <c r="Q55" s="67"/>
       <c r="R55" s="66"/>
       <c r="S55" s="66"/>
       <c r="T55" s="66"/>
     </row>
     <row r="56" spans="2:20" x14ac:dyDescent="0.2">
       <c r="B56" s="60" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="57" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="B57" s="60"/>
       <c r="C57" s="60"/>
       <c r="E57" s="62"/>
       <c r="G57" s="62"/>
       <c r="H57" s="62"/>
       <c r="J57" s="63"/>
       <c r="K57" s="64"/>
       <c r="L57" s="65"/>
       <c r="M57" s="66"/>
       <c r="N57" s="66"/>
       <c r="Q57" s="67"/>
       <c r="R57" s="66"/>
       <c r="S57" s="66"/>
       <c r="T57" s="66"/>
     </row>
     <row r="58" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B58" s="93" t="s">
-[...9 lines deleted...]
-      <c r="J58" s="93"/>
+      <c r="B58" s="92" t="s">
+        <v>53</v>
+      </c>
+      <c r="C58" s="92"/>
+      <c r="D58" s="92"/>
+      <c r="E58" s="92"/>
+      <c r="F58" s="92"/>
+      <c r="G58" s="92"/>
+      <c r="H58" s="92"/>
+      <c r="I58" s="92"/>
+      <c r="J58" s="92"/>
       <c r="K58" s="64"/>
       <c r="L58" s="65"/>
       <c r="M58" s="66"/>
       <c r="N58" s="66"/>
       <c r="Q58" s="67"/>
       <c r="R58" s="66"/>
       <c r="S58" s="66"/>
       <c r="T58" s="66"/>
     </row>
     <row r="59" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B59" s="93"/>
-[...7 lines deleted...]
-      <c r="J59" s="93"/>
+      <c r="B59" s="92"/>
+      <c r="C59" s="92"/>
+      <c r="D59" s="92"/>
+      <c r="E59" s="92"/>
+      <c r="F59" s="92"/>
+      <c r="G59" s="92"/>
+      <c r="H59" s="92"/>
+      <c r="I59" s="92"/>
+      <c r="J59" s="92"/>
       <c r="K59" s="64"/>
       <c r="L59" s="65"/>
       <c r="M59" s="66"/>
       <c r="N59" s="66"/>
       <c r="Q59" s="67"/>
       <c r="R59" s="66"/>
       <c r="S59" s="66"/>
       <c r="T59" s="66"/>
     </row>
     <row r="60" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B60" s="93"/>
-[...7 lines deleted...]
-      <c r="J60" s="93"/>
+      <c r="B60" s="92"/>
+      <c r="C60" s="92"/>
+      <c r="D60" s="92"/>
+      <c r="E60" s="92"/>
+      <c r="F60" s="92"/>
+      <c r="G60" s="92"/>
+      <c r="H60" s="92"/>
+      <c r="I60" s="92"/>
+      <c r="J60" s="92"/>
       <c r="K60" s="64"/>
       <c r="L60" s="65"/>
       <c r="M60" s="66"/>
       <c r="N60" s="66"/>
       <c r="Q60" s="67"/>
       <c r="R60" s="66"/>
       <c r="S60" s="66"/>
       <c r="T60" s="66"/>
     </row>
     <row r="61" spans="2:20" s="61" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B61" s="93"/>
-[...7 lines deleted...]
-      <c r="J61" s="93"/>
+      <c r="B61" s="92"/>
+      <c r="C61" s="92"/>
+      <c r="D61" s="92"/>
+      <c r="E61" s="92"/>
+      <c r="F61" s="92"/>
+      <c r="G61" s="92"/>
+      <c r="H61" s="92"/>
+      <c r="I61" s="92"/>
+      <c r="J61" s="92"/>
       <c r="K61" s="64"/>
       <c r="L61" s="65"/>
       <c r="M61" s="66"/>
       <c r="N61" s="66"/>
       <c r="Q61" s="67"/>
       <c r="R61" s="66"/>
       <c r="S61" s="66"/>
       <c r="T61" s="66"/>
     </row>
     <row r="62" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="74" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C62" s="77"/>
       <c r="D62" s="77"/>
       <c r="E62" s="77"/>
       <c r="F62" s="77"/>
       <c r="G62" s="77"/>
       <c r="H62" s="77"/>
       <c r="I62" s="77"/>
       <c r="J62" s="77"/>
       <c r="K62" s="64"/>
       <c r="L62" s="65"/>
       <c r="M62" s="66"/>
       <c r="N62" s="66"/>
       <c r="Q62" s="67"/>
       <c r="R62" s="66"/>
       <c r="S62" s="66"/>
       <c r="T62" s="66"/>
     </row>
     <row r="63" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B63" s="93" t="s">
-[...9 lines deleted...]
-      <c r="J63" s="93"/>
+      <c r="B63" s="92" t="s">
+        <v>50</v>
+      </c>
+      <c r="C63" s="92"/>
+      <c r="D63" s="92"/>
+      <c r="E63" s="92"/>
+      <c r="F63" s="92"/>
+      <c r="G63" s="92"/>
+      <c r="H63" s="92"/>
+      <c r="I63" s="92"/>
+      <c r="J63" s="92"/>
       <c r="K63" s="64"/>
       <c r="L63" s="65"/>
       <c r="M63" s="66"/>
       <c r="N63" s="66"/>
       <c r="Q63" s="67"/>
       <c r="R63" s="66"/>
       <c r="S63" s="66"/>
       <c r="T63" s="66"/>
     </row>
     <row r="64" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B64" s="93"/>
-[...7 lines deleted...]
-      <c r="J64" s="93"/>
+      <c r="B64" s="92"/>
+      <c r="C64" s="92"/>
+      <c r="D64" s="92"/>
+      <c r="E64" s="92"/>
+      <c r="F64" s="92"/>
+      <c r="G64" s="92"/>
+      <c r="H64" s="92"/>
+      <c r="I64" s="92"/>
+      <c r="J64" s="92"/>
       <c r="K64" s="64"/>
       <c r="L64" s="65"/>
       <c r="M64" s="66"/>
       <c r="N64" s="66"/>
       <c r="Q64" s="67"/>
       <c r="R64" s="66"/>
       <c r="S64" s="66"/>
       <c r="T64" s="66"/>
     </row>
     <row r="65" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B65" s="93"/>
-[...7 lines deleted...]
-      <c r="J65" s="93"/>
+      <c r="B65" s="92"/>
+      <c r="C65" s="92"/>
+      <c r="D65" s="92"/>
+      <c r="E65" s="92"/>
+      <c r="F65" s="92"/>
+      <c r="G65" s="92"/>
+      <c r="H65" s="92"/>
+      <c r="I65" s="92"/>
+      <c r="J65" s="92"/>
       <c r="K65" s="64"/>
       <c r="L65" s="65"/>
       <c r="M65" s="66"/>
       <c r="N65" s="66"/>
       <c r="Q65" s="67"/>
       <c r="R65" s="66"/>
       <c r="S65" s="66"/>
       <c r="T65" s="66"/>
     </row>
     <row r="66" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B66" s="75"/>
       <c r="C66" s="78"/>
       <c r="D66" s="78"/>
       <c r="E66" s="78"/>
       <c r="F66" s="78"/>
       <c r="G66" s="78"/>
       <c r="H66" s="78"/>
       <c r="I66" s="78"/>
       <c r="J66" s="78"/>
       <c r="K66" s="64"/>
       <c r="L66" s="65"/>
       <c r="M66" s="66"/>
       <c r="N66" s="66"/>
     </row>
     <row r="67" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B67" s="76" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C67" s="79"/>
       <c r="D67" s="79"/>
       <c r="E67" s="79"/>
       <c r="F67" s="80"/>
       <c r="G67" s="80"/>
       <c r="H67" s="80"/>
       <c r="I67" s="80"/>
       <c r="J67" s="80"/>
       <c r="K67" s="64"/>
       <c r="L67" s="65"/>
       <c r="M67" s="66"/>
       <c r="N67" s="66"/>
     </row>
     <row r="68" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B68" s="76"/>
       <c r="C68" s="79"/>
       <c r="D68" s="79"/>
       <c r="E68" s="79"/>
       <c r="F68" s="80"/>
       <c r="G68" s="80"/>
       <c r="H68" s="80"/>
       <c r="I68" s="80"/>
       <c r="J68" s="80"/>
       <c r="K68" s="64"/>
       <c r="L68" s="65"/>
       <c r="M68" s="66"/>
       <c r="N68" s="66"/>
     </row>
     <row r="69" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B69" s="92">
+      <c r="B69" s="91">
         <v>4681512</v>
       </c>
       <c r="C69" s="71"/>
       <c r="D69" s="71"/>
       <c r="E69" s="71"/>
       <c r="F69" s="71"/>
       <c r="G69" s="71"/>
       <c r="H69" s="71"/>
       <c r="I69" s="71"/>
       <c r="J69" s="71"/>
       <c r="K69" s="68"/>
     </row>
     <row r="70" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="69"/>
       <c r="C70" s="69"/>
       <c r="D70" s="69"/>
       <c r="E70" s="69"/>
       <c r="F70" s="69"/>
       <c r="G70" s="69"/>
       <c r="H70" s="69"/>
       <c r="I70" s="69"/>
       <c r="J70" s="69"/>
       <c r="K70" s="70"/>
     </row>
     <row r="71" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
@@ -13097,325 +19884,325 @@
     <mergeCell ref="B50:J50"/>
     <mergeCell ref="G1:J2"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="G40:J40"/>
     <mergeCell ref="G41:H41"/>
     <mergeCell ref="B63:J65"/>
     <mergeCell ref="B51:J51"/>
     <mergeCell ref="B52:J52"/>
     <mergeCell ref="B53:J53"/>
     <mergeCell ref="B54:J54"/>
     <mergeCell ref="B55:J55"/>
     <mergeCell ref="B58:J61"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="38" max="10" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2EE7AA4B-883B-44A6-B3C2-CDAE40EC17C6}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:T71"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B69" sqref="B69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
     <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
     <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
     <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
     <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
     <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
     <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
     <col min="13" max="13" width="16" style="10" customWidth="1"/>
     <col min="14" max="14" width="11.85546875" style="10" customWidth="1"/>
     <col min="15" max="15" width="26.28515625" style="10" customWidth="1"/>
     <col min="16" max="16" width="9.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="10" customWidth="1"/>
     <col min="18" max="18" width="9.140625" style="10"/>
     <col min="19" max="19" width="7.140625" style="10" bestFit="1" customWidth="1"/>
     <col min="20" max="16384" width="9.140625" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" ht="40.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="72" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C1" s="35"/>
       <c r="D1" s="36"/>
       <c r="E1" s="35"/>
       <c r="F1" s="73"/>
-      <c r="G1" s="96"/>
-[...2 lines deleted...]
-      <c r="J1" s="98"/>
+      <c r="G1" s="95"/>
+      <c r="H1" s="96"/>
+      <c r="I1" s="96"/>
+      <c r="J1" s="97"/>
     </row>
     <row r="2" spans="2:20" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="102">
+      <c r="B2" s="101">
         <v>45808</v>
       </c>
-      <c r="C2" s="103"/>
-[...6 lines deleted...]
-      <c r="J2" s="101"/>
+      <c r="C2" s="102"/>
+      <c r="D2" s="102"/>
+      <c r="E2" s="102"/>
+      <c r="F2" s="103"/>
+      <c r="G2" s="98"/>
+      <c r="H2" s="99"/>
+      <c r="I2" s="99"/>
+      <c r="J2" s="100"/>
     </row>
     <row r="3" spans="2:20" x14ac:dyDescent="0.2">
       <c r="E3" s="34"/>
       <c r="G3" s="34"/>
       <c r="H3" s="34"/>
       <c r="J3" s="34"/>
       <c r="L3" s="34"/>
       <c r="M3" s="34"/>
       <c r="N3" s="34"/>
       <c r="O3" s="34"/>
     </row>
     <row r="4" spans="2:20" ht="18" x14ac:dyDescent="0.25">
       <c r="B4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="E4"/>
       <c r="G4" s="34"/>
       <c r="H4" s="34"/>
       <c r="J4" s="34"/>
       <c r="L4" s="34"/>
       <c r="M4" s="34"/>
       <c r="N4" s="34"/>
       <c r="O4" s="34"/>
     </row>
     <row r="5" spans="2:20" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C5" s="82"/>
       <c r="D5" s="30"/>
       <c r="E5" s="83"/>
       <c r="F5" s="84"/>
-      <c r="G5" s="105"/>
-      <c r="H5" s="105"/>
+      <c r="G5" s="104"/>
+      <c r="H5" s="104"/>
       <c r="I5" s="84"/>
       <c r="J5" s="85"/>
       <c r="L5" s="34"/>
       <c r="M5" s="34"/>
       <c r="N5" s="34"/>
       <c r="O5" s="34"/>
     </row>
     <row r="6" spans="2:20" ht="73.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B6" s="81"/>
       <c r="C6" s="3"/>
       <c r="D6" s="4"/>
       <c r="E6" s="8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="H6" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="L6" s="34"/>
       <c r="M6" s="34"/>
       <c r="N6" s="34"/>
       <c r="O6" s="34"/>
     </row>
     <row r="7" spans="2:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B7" s="37" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="38"/>
       <c r="D7" s="38"/>
       <c r="E7" s="39"/>
       <c r="F7" s="39"/>
       <c r="G7" s="39"/>
       <c r="H7" s="39"/>
       <c r="I7" s="39"/>
       <c r="J7" s="40"/>
       <c r="L7" s="41"/>
       <c r="M7" s="34"/>
       <c r="N7" s="34"/>
       <c r="O7" s="34"/>
       <c r="P7" s="42"/>
     </row>
     <row r="8" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B8" s="87" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="D8" s="21"/>
       <c r="E8" s="22">
         <v>7.5499999999999998E-2</v>
       </c>
       <c r="F8" s="21"/>
       <c r="G8" s="22">
         <v>4.1164221904533303E-2</v>
       </c>
       <c r="H8" s="22">
         <v>-0.43524347853281425</v>
       </c>
       <c r="I8" s="22"/>
       <c r="J8" s="23">
         <v>0.54522148217924904</v>
       </c>
       <c r="K8" s="43"/>
       <c r="L8" s="44"/>
       <c r="M8" s="45"/>
       <c r="N8" s="45"/>
       <c r="O8" s="45"/>
       <c r="P8" s="47"/>
       <c r="Q8" s="47"/>
       <c r="R8" s="48"/>
       <c r="S8" s="48"/>
       <c r="T8" s="48"/>
     </row>
     <row r="9" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B9" s="88" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C9" s="12" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="13"/>
       <c r="E9" s="22">
         <v>7.9500000000000001E-2</v>
       </c>
       <c r="F9" s="21"/>
       <c r="G9" s="22">
         <v>4.8663961488572216E-2</v>
       </c>
       <c r="H9" s="22">
         <v>-0.40261452978968765</v>
       </c>
       <c r="I9" s="21"/>
       <c r="J9" s="23">
         <v>0.61212530174304669</v>
       </c>
       <c r="K9" s="43"/>
       <c r="L9" s="44"/>
       <c r="M9" s="45"/>
       <c r="N9" s="45"/>
       <c r="O9" s="45"/>
       <c r="P9" s="42"/>
       <c r="Q9" s="47"/>
       <c r="R9" s="48"/>
       <c r="S9" s="48"/>
       <c r="T9" s="48"/>
     </row>
     <row r="10" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B10" s="88" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C10" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="13"/>
       <c r="E10" s="22">
         <v>6.5500000000000003E-2</v>
       </c>
       <c r="F10" s="21"/>
       <c r="G10" s="22">
         <v>4.6941305603154536E-2</v>
       </c>
       <c r="H10" s="22">
         <v>-0.10148966111135634</v>
       </c>
       <c r="I10" s="21"/>
       <c r="J10" s="23">
         <v>0.71666115424663412</v>
       </c>
       <c r="K10" s="43"/>
       <c r="L10" s="44"/>
       <c r="M10" s="45"/>
       <c r="N10" s="45"/>
       <c r="O10" s="45"/>
       <c r="P10" s="47"/>
       <c r="Q10" s="47"/>
       <c r="R10" s="48"/>
       <c r="S10" s="48"/>
       <c r="T10" s="48"/>
     </row>
     <row r="11" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B11" s="88" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C11" s="50" t="s">
         <v>25</v>
       </c>
       <c r="D11" s="13"/>
       <c r="E11" s="22">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="F11" s="21"/>
       <c r="G11" s="22">
         <v>4.5563924057082782E-2</v>
       </c>
       <c r="H11" s="22">
         <v>-0.45797367818106238</v>
       </c>
       <c r="I11" s="21"/>
       <c r="J11" s="23">
         <v>0.57675853236813646</v>
       </c>
       <c r="K11" s="43"/>
       <c r="L11" s="44"/>
       <c r="M11" s="45"/>
       <c r="N11" s="45"/>
       <c r="O11" s="45"/>
       <c r="P11" s="42"/>
       <c r="Q11" s="47"/>
       <c r="R11" s="48"/>
       <c r="S11" s="48"/>
       <c r="T11" s="48"/>
     </row>
     <row r="12" spans="2:20" s="49" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="88" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C12" s="12" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="13"/>
       <c r="E12" s="22">
         <v>7.2999999999999995E-2</v>
       </c>
       <c r="F12" s="21"/>
       <c r="G12" s="22">
         <v>3.7809403486450975E-2</v>
       </c>
       <c r="H12" s="22">
         <v>-0.47297631069183305</v>
       </c>
       <c r="I12" s="21"/>
       <c r="J12" s="23">
         <v>0.51793703406097225</v>
       </c>
       <c r="K12" s="43"/>
       <c r="L12" s="44"/>
       <c r="M12" s="45"/>
       <c r="N12" s="45"/>
       <c r="O12" s="45"/>
       <c r="P12" s="47"/>
@@ -13569,54 +20356,54 @@
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="22">
         <v>4.7077417686445966E-2</v>
       </c>
       <c r="H17" s="22">
         <v>-3.137562313187417E-3</v>
       </c>
       <c r="I17" s="21"/>
       <c r="J17" s="23">
         <v>0.97066840590610237</v>
       </c>
       <c r="K17" s="43"/>
       <c r="L17" s="44"/>
       <c r="M17" s="45"/>
       <c r="N17" s="45"/>
       <c r="O17" s="45"/>
       <c r="P17" s="42"/>
       <c r="Q17" s="47"/>
       <c r="R17" s="48"/>
       <c r="S17" s="48"/>
       <c r="T17" s="48"/>
     </row>
     <row r="18" spans="2:20" s="49" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B18" s="28" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="C18" s="29" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D18" s="30"/>
       <c r="E18" s="89">
         <v>6.8500000000000005E-2</v>
       </c>
       <c r="F18" s="30"/>
       <c r="G18" s="89">
         <v>4.3518504927476033E-2</v>
       </c>
       <c r="H18" s="31">
         <v>-1.994139587764826E-2</v>
       </c>
       <c r="I18" s="31"/>
       <c r="J18" s="32">
         <v>0.6353066412770223</v>
       </c>
       <c r="K18" s="43"/>
       <c r="L18" s="44"/>
       <c r="M18" s="45"/>
       <c r="N18" s="45"/>
       <c r="O18" s="45"/>
       <c r="P18" s="47"/>
       <c r="Q18" s="47"/>
       <c r="R18" s="48"/>
       <c r="S18" s="48"/>
@@ -13624,120 +20411,120 @@
     </row>
     <row r="19" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B19" s="51" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="40"/>
       <c r="K19" s="43"/>
       <c r="L19" s="44"/>
       <c r="M19" s="45"/>
       <c r="N19" s="45"/>
       <c r="P19" s="47"/>
       <c r="Q19" s="47"/>
       <c r="R19" s="48"/>
       <c r="S19" s="48"/>
       <c r="T19" s="48"/>
     </row>
     <row r="20" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B20" s="87" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C20" s="20" t="s">
         <v>27</v>
       </c>
       <c r="D20" s="21"/>
       <c r="E20" s="22">
         <v>7.3499999999999996E-2</v>
       </c>
       <c r="F20" s="21"/>
       <c r="G20" s="22">
         <v>3.8359575304588868E-2</v>
       </c>
       <c r="H20" s="22">
         <v>-0.48953307595576101</v>
       </c>
       <c r="I20" s="22"/>
       <c r="J20" s="23">
         <v>0.52189898373590304</v>
       </c>
       <c r="K20" s="43"/>
       <c r="L20" s="44"/>
       <c r="M20" s="45"/>
       <c r="N20" s="45"/>
       <c r="O20" s="45"/>
       <c r="P20" s="42"/>
       <c r="Q20" s="47"/>
       <c r="R20" s="48"/>
       <c r="S20" s="48"/>
       <c r="T20" s="48"/>
     </row>
     <row r="21" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B21" s="11" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C21" s="12" t="s">
         <v>28</v>
       </c>
       <c r="D21" s="13"/>
       <c r="E21" s="22">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="22">
         <v>3.9552517137643649E-2</v>
       </c>
       <c r="H21" s="22">
         <v>-0.49324870375831037</v>
       </c>
       <c r="I21" s="21"/>
       <c r="J21" s="23">
         <v>0.52042785707425854</v>
       </c>
       <c r="K21" s="43"/>
       <c r="L21" s="44"/>
       <c r="M21" s="45"/>
       <c r="N21" s="45"/>
       <c r="O21" s="45"/>
       <c r="P21" s="42"/>
       <c r="Q21" s="47"/>
       <c r="R21" s="48"/>
       <c r="S21" s="48"/>
       <c r="T21" s="48"/>
     </row>
     <row r="22" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B22" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="12" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D22" s="13"/>
       <c r="E22" s="22">
         <v>2.9000000000000001E-2</v>
       </c>
       <c r="F22" s="21"/>
       <c r="G22" s="22">
         <v>2.9025662508811848E-2</v>
       </c>
       <c r="H22" s="22">
         <v>1.7064324916460535E-2</v>
       </c>
       <c r="I22" s="21"/>
       <c r="J22" s="23">
         <v>1.0008849140969602</v>
       </c>
       <c r="K22" s="43"/>
       <c r="L22" s="44"/>
       <c r="M22" s="45"/>
       <c r="N22" s="45"/>
       <c r="O22" s="45"/>
       <c r="P22" s="42"/>
       <c r="Q22" s="47"/>
       <c r="R22" s="48"/>
       <c r="S22" s="48"/>
@@ -13778,120 +20565,120 @@
     </row>
     <row r="24" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B24" s="51" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="52"/>
       <c r="D24" s="52"/>
       <c r="E24" s="52"/>
       <c r="F24" s="52"/>
       <c r="G24" s="52"/>
       <c r="H24" s="52"/>
       <c r="I24" s="52"/>
       <c r="J24" s="40"/>
       <c r="K24" s="43"/>
       <c r="L24" s="44"/>
       <c r="M24" s="45"/>
       <c r="N24" s="45"/>
       <c r="P24" s="47"/>
       <c r="Q24" s="47"/>
       <c r="R24" s="48"/>
       <c r="S24" s="48"/>
       <c r="T24" s="48"/>
     </row>
     <row r="25" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B25" s="19" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C25" s="20" t="s">
         <v>29</v>
       </c>
       <c r="D25" s="21"/>
       <c r="E25" s="22">
         <v>7.1999999999999995E-2</v>
       </c>
       <c r="F25" s="21"/>
       <c r="G25" s="22">
         <v>3.8406239126704877E-2</v>
       </c>
       <c r="H25" s="22">
         <v>-0.44465872375395699</v>
       </c>
       <c r="I25" s="21"/>
       <c r="J25" s="23">
         <v>0.53341998787090117</v>
       </c>
       <c r="K25" s="43"/>
       <c r="L25" s="44"/>
       <c r="M25" s="45"/>
       <c r="N25" s="45"/>
       <c r="O25" s="45"/>
       <c r="P25" s="42"/>
       <c r="Q25" s="47"/>
       <c r="R25" s="48"/>
       <c r="S25" s="48"/>
       <c r="T25" s="48"/>
     </row>
     <row r="26" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B26" s="11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C26" s="12" t="s">
         <v>30</v>
       </c>
       <c r="D26" s="13"/>
       <c r="E26" s="22">
         <v>6.9000000000000006E-2</v>
       </c>
       <c r="F26" s="21"/>
       <c r="G26" s="22">
         <v>3.6814520157112972E-2</v>
       </c>
       <c r="H26" s="22">
         <v>-0.43718868641904857</v>
       </c>
       <c r="I26" s="21"/>
       <c r="J26" s="23">
         <v>0.53354377039294154</v>
       </c>
       <c r="K26" s="43"/>
       <c r="L26" s="44"/>
       <c r="M26" s="45"/>
       <c r="N26" s="45"/>
       <c r="O26" s="45"/>
       <c r="P26" s="42"/>
       <c r="Q26" s="47"/>
       <c r="R26" s="48"/>
       <c r="S26" s="48"/>
       <c r="T26" s="48"/>
     </row>
     <row r="27" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B27" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="12" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D27" s="13"/>
       <c r="E27" s="22">
         <v>2.9499999999999998E-2</v>
       </c>
       <c r="F27" s="21"/>
       <c r="G27" s="22">
         <v>2.8726482766151935E-2</v>
       </c>
       <c r="H27" s="22">
         <v>1.8133439803385182E-2</v>
       </c>
       <c r="I27" s="21"/>
       <c r="J27" s="23">
         <v>0.97377907681870968</v>
       </c>
       <c r="K27" s="43"/>
       <c r="L27" s="44"/>
       <c r="M27" s="45"/>
       <c r="N27" s="45"/>
       <c r="O27" s="45"/>
       <c r="P27" s="42"/>
       <c r="Q27" s="47"/>
       <c r="R27" s="48"/>
       <c r="S27" s="48"/>
@@ -13932,249 +20719,249 @@
     </row>
     <row r="29" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B29" s="51" t="s">
         <v>22</v>
       </c>
       <c r="C29" s="52"/>
       <c r="D29" s="52"/>
       <c r="E29" s="52"/>
       <c r="F29" s="52"/>
       <c r="G29" s="52"/>
       <c r="H29" s="52"/>
       <c r="I29" s="52"/>
       <c r="J29" s="40"/>
       <c r="K29" s="43"/>
       <c r="L29" s="44"/>
       <c r="M29" s="45"/>
       <c r="N29" s="45"/>
       <c r="P29" s="47"/>
       <c r="Q29" s="47"/>
       <c r="R29" s="48"/>
       <c r="S29" s="48"/>
       <c r="T29" s="48"/>
     </row>
     <row r="30" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B30" s="19" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C30" s="20" t="s">
         <v>31</v>
       </c>
       <c r="D30" s="21"/>
       <c r="E30" s="22">
         <v>7.2499999999999995E-2</v>
       </c>
       <c r="F30" s="21"/>
       <c r="G30" s="22">
         <v>3.0789020675508982E-2</v>
       </c>
       <c r="H30" s="22">
         <v>-0.586559845704968</v>
       </c>
       <c r="I30" s="21"/>
       <c r="J30" s="23">
         <v>0.4246761472483998</v>
       </c>
       <c r="K30" s="43"/>
       <c r="L30" s="44"/>
       <c r="M30" s="45"/>
       <c r="N30" s="45"/>
       <c r="O30" s="45"/>
       <c r="P30" s="42"/>
       <c r="Q30" s="47"/>
       <c r="R30" s="48"/>
       <c r="S30" s="48"/>
       <c r="T30" s="48"/>
     </row>
     <row r="31" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B31" s="11" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C31" s="12" t="s">
         <v>32</v>
       </c>
       <c r="D31" s="13"/>
       <c r="E31" s="22">
         <v>7.0999999999999994E-2</v>
       </c>
       <c r="F31" s="21"/>
       <c r="G31" s="22">
         <v>2.9378802197574549E-2</v>
       </c>
       <c r="H31" s="22">
         <v>-0.53222731476998975</v>
       </c>
       <c r="I31" s="21"/>
       <c r="J31" s="23">
         <v>0.41378594644471201</v>
       </c>
       <c r="K31" s="43"/>
       <c r="L31" s="44"/>
       <c r="M31" s="45"/>
       <c r="N31" s="45"/>
       <c r="O31" s="45"/>
       <c r="P31" s="42"/>
       <c r="Q31" s="47"/>
       <c r="R31" s="48"/>
       <c r="S31" s="48"/>
       <c r="T31" s="48"/>
     </row>
     <row r="32" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B32" s="11" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C32" s="12" t="s">
         <v>33</v>
       </c>
       <c r="D32" s="13"/>
       <c r="E32" s="22">
         <v>7.3499999999999996E-2</v>
       </c>
       <c r="F32" s="21"/>
       <c r="G32" s="22">
         <v>3.2832989610077488E-2</v>
       </c>
       <c r="H32" s="22">
         <v>-0.53128588941857646</v>
       </c>
       <c r="I32" s="21"/>
       <c r="J32" s="23">
         <v>0.44670734163370734</v>
       </c>
       <c r="K32" s="43"/>
       <c r="L32" s="44"/>
       <c r="M32" s="45"/>
       <c r="N32" s="45"/>
       <c r="O32" s="45"/>
       <c r="P32" s="42"/>
       <c r="Q32" s="47"/>
       <c r="R32" s="48"/>
       <c r="S32" s="48"/>
       <c r="T32" s="48"/>
     </row>
     <row r="33" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="11" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C33" s="12" t="s">
         <v>34</v>
       </c>
       <c r="D33" s="13"/>
       <c r="E33" s="22">
         <v>6.7500000000000004E-2</v>
       </c>
       <c r="F33" s="21"/>
       <c r="G33" s="22">
         <v>2.3214700373894403E-2</v>
       </c>
       <c r="H33" s="22">
         <v>-0.5747009453428803</v>
       </c>
       <c r="I33" s="21"/>
       <c r="J33" s="23">
         <v>0.34392148702065778</v>
       </c>
       <c r="K33" s="43"/>
       <c r="L33" s="44"/>
       <c r="M33" s="45"/>
       <c r="N33" s="45"/>
       <c r="O33" s="45"/>
       <c r="P33" s="42"/>
       <c r="Q33" s="47"/>
       <c r="R33" s="48"/>
       <c r="S33" s="48"/>
       <c r="T33" s="48"/>
     </row>
     <row r="34" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="11" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C34" s="12" t="s">
         <v>35</v>
       </c>
       <c r="D34" s="13"/>
       <c r="E34" s="22">
         <v>7.85E-2</v>
       </c>
       <c r="F34" s="21"/>
       <c r="G34" s="22">
         <v>3.2306906982246385E-2</v>
       </c>
       <c r="H34" s="22">
         <v>-0.63018826144130824</v>
       </c>
       <c r="I34" s="21"/>
       <c r="J34" s="23">
         <v>0.41155295518785201</v>
       </c>
       <c r="K34" s="43"/>
       <c r="L34" s="44"/>
       <c r="M34" s="45"/>
       <c r="N34" s="45"/>
       <c r="O34" s="45"/>
       <c r="P34" s="42"/>
       <c r="Q34" s="47"/>
       <c r="R34" s="48"/>
       <c r="S34" s="48"/>
       <c r="T34" s="48"/>
     </row>
     <row r="35" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B35" s="11" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C35" s="12" t="s">
         <v>36</v>
       </c>
       <c r="D35" s="13"/>
       <c r="E35" s="22">
         <v>7.8E-2</v>
       </c>
       <c r="F35" s="21"/>
       <c r="G35" s="22">
         <v>3.4993856953410805E-2</v>
       </c>
       <c r="H35" s="22">
         <v>-0.64176404553326138</v>
       </c>
       <c r="I35" s="21"/>
       <c r="J35" s="23">
         <v>0.44863919171039496</v>
       </c>
       <c r="K35" s="43"/>
       <c r="L35" s="44"/>
       <c r="M35" s="45"/>
       <c r="N35" s="45"/>
       <c r="O35" s="45"/>
       <c r="P35" s="42"/>
       <c r="Q35" s="47"/>
       <c r="R35" s="48"/>
       <c r="S35" s="48"/>
       <c r="T35" s="48"/>
     </row>
     <row r="36" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B36" s="11" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C36" s="12" t="s">
         <v>37</v>
       </c>
       <c r="D36" s="13"/>
       <c r="E36" s="22">
         <v>7.1999999999999995E-2</v>
       </c>
       <c r="F36" s="21"/>
       <c r="G36" s="22">
         <v>3.5095156590673339E-2</v>
       </c>
       <c r="H36" s="22">
         <v>-0.49961949343036594</v>
       </c>
       <c r="I36" s="21"/>
       <c r="J36" s="23">
         <v>0.48743273042601865</v>
       </c>
       <c r="K36" s="43"/>
       <c r="L36" s="44"/>
       <c r="M36" s="45"/>
       <c r="N36" s="45"/>
       <c r="O36" s="45"/>
       <c r="P36" s="42"/>
@@ -14218,617 +21005,617 @@
       <c r="S38" s="48"/>
       <c r="T38" s="48"/>
     </row>
     <row r="39" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B39" s="56"/>
       <c r="C39" s="56"/>
       <c r="D39" s="56"/>
       <c r="E39" s="57"/>
       <c r="F39" s="56"/>
       <c r="G39" s="57"/>
       <c r="H39" s="56"/>
       <c r="I39" s="56"/>
       <c r="J39" s="56"/>
       <c r="K39" s="58"/>
       <c r="L39" s="44"/>
       <c r="M39" s="45"/>
     </row>
     <row r="40" spans="2:20" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C40" s="56"/>
       <c r="D40" s="57"/>
       <c r="E40" s="56"/>
       <c r="F40" s="57"/>
-      <c r="G40" s="106"/>
-[...2 lines deleted...]
-      <c r="J40" s="106"/>
+      <c r="G40" s="105"/>
+      <c r="H40" s="105"/>
+      <c r="I40" s="105"/>
+      <c r="J40" s="105"/>
       <c r="K40" s="10"/>
       <c r="L40" s="44"/>
       <c r="M40" s="45"/>
     </row>
     <row r="41" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B41" s="56"/>
       <c r="C41" s="56"/>
       <c r="D41" s="57"/>
       <c r="E41" s="59"/>
       <c r="F41" s="57"/>
-      <c r="G41" s="107"/>
-      <c r="H41" s="107"/>
+      <c r="G41" s="106"/>
+      <c r="H41" s="106"/>
       <c r="I41" s="56"/>
       <c r="J41" s="58"/>
       <c r="K41" s="10"/>
       <c r="L41" s="44"/>
       <c r="M41" s="45"/>
     </row>
     <row r="42" spans="2:20" ht="45" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B42" s="2"/>
       <c r="C42" s="3"/>
       <c r="D42" s="4"/>
       <c r="E42" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F42" s="6"/>
       <c r="G42" s="7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I42" s="8"/>
       <c r="J42" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K42" s="10"/>
       <c r="L42" s="44"/>
       <c r="M42" s="45"/>
     </row>
     <row r="43" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B43" s="14" t="s">
         <v>39</v>
       </c>
       <c r="C43" s="15"/>
       <c r="D43" s="16"/>
       <c r="E43" s="17"/>
       <c r="F43" s="16"/>
       <c r="G43" s="17"/>
       <c r="H43" s="17"/>
       <c r="I43" s="17"/>
       <c r="J43" s="18"/>
       <c r="K43" s="10"/>
       <c r="L43" s="44"/>
       <c r="M43" s="45"/>
     </row>
     <row r="44" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B44" s="11" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C44" s="12" t="s">
         <v>38</v>
       </c>
       <c r="D44" s="13"/>
       <c r="E44" s="22">
         <v>6.6500000000000004E-2</v>
       </c>
       <c r="F44" s="21"/>
       <c r="G44" s="22">
         <v>4.7949929557776855E-2</v>
       </c>
       <c r="H44" s="22">
         <v>-0.18745470038724835</v>
       </c>
       <c r="I44" s="22"/>
       <c r="J44" s="23">
         <v>0.72105157229739625</v>
       </c>
       <c r="K44" s="10"/>
       <c r="L44" s="44"/>
       <c r="M44" s="45"/>
       <c r="N44" s="45"/>
       <c r="O44" s="45"/>
       <c r="P44" s="42"/>
       <c r="Q44" s="47"/>
       <c r="R44" s="48"/>
       <c r="S44" s="48"/>
     </row>
     <row r="45" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B45" s="11" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C45" s="12" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D45" s="13"/>
       <c r="E45" s="22">
         <v>0.16600000000000001</v>
       </c>
       <c r="F45" s="21"/>
       <c r="G45" s="22">
         <v>0.11005366819259758</v>
       </c>
       <c r="H45" s="22">
         <v>-0.5073567348711896</v>
       </c>
       <c r="I45" s="22"/>
       <c r="J45" s="23">
         <v>0.66297390477468421</v>
       </c>
       <c r="K45" s="10"/>
       <c r="L45" s="44"/>
       <c r="M45" s="45"/>
       <c r="N45" s="45"/>
       <c r="O45" s="45"/>
       <c r="P45" s="42"/>
       <c r="Q45" s="47"/>
       <c r="R45" s="48"/>
       <c r="S45" s="48"/>
     </row>
     <row r="46" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B46" s="28" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C46" s="29" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D46" s="30"/>
       <c r="E46" s="89">
         <v>0.16750000000000001</v>
       </c>
       <c r="F46" s="30"/>
       <c r="G46" s="89">
         <v>9.9529774994553566E-2</v>
       </c>
       <c r="H46" s="31">
         <v>-0.71508666029827694</v>
       </c>
       <c r="I46" s="31"/>
       <c r="J46" s="32">
         <v>0.59420761190778248</v>
       </c>
       <c r="K46" s="10"/>
       <c r="L46" s="44"/>
       <c r="M46" s="45"/>
       <c r="N46" s="45"/>
       <c r="O46" s="45"/>
       <c r="P46" s="42"/>
       <c r="Q46" s="47"/>
       <c r="R46" s="48"/>
       <c r="S46" s="48"/>
     </row>
     <row r="47" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B47" s="14" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C47" s="15"/>
       <c r="D47" s="16"/>
       <c r="E47" s="17"/>
       <c r="F47" s="16"/>
       <c r="G47" s="17"/>
       <c r="H47" s="17"/>
       <c r="I47" s="17"/>
       <c r="J47" s="18"/>
       <c r="K47" s="10"/>
       <c r="L47" s="44"/>
       <c r="M47" s="45"/>
     </row>
     <row r="48" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B48" s="28" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C48" s="29" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D48" s="30"/>
       <c r="E48" s="26">
         <v>9.6500000000000002E-2</v>
       </c>
       <c r="F48" s="24"/>
       <c r="G48" s="26">
         <v>8.3063165869506739E-2</v>
       </c>
       <c r="H48" s="25">
         <v>-0.3448145790879667</v>
       </c>
       <c r="I48" s="25"/>
       <c r="J48" s="27">
         <v>0.86075819553892996</v>
       </c>
       <c r="K48" s="10"/>
       <c r="L48" s="44"/>
       <c r="M48" s="45"/>
       <c r="N48" s="45"/>
       <c r="O48" s="45"/>
       <c r="P48" s="42"/>
       <c r="Q48" s="47"/>
       <c r="R48" s="48"/>
       <c r="S48" s="48"/>
     </row>
     <row r="49" spans="2:20" x14ac:dyDescent="0.2">
       <c r="B49" s="56"/>
       <c r="C49" s="56"/>
       <c r="D49" s="57"/>
       <c r="E49" s="86"/>
       <c r="F49" s="57"/>
       <c r="G49" s="57"/>
       <c r="H49" s="57"/>
       <c r="I49" s="57"/>
       <c r="J49" s="57"/>
       <c r="K49" s="10"/>
     </row>
     <row r="50" spans="2:20" s="61" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="95" t="s">
-[...9 lines deleted...]
-      <c r="J50" s="95"/>
+      <c r="B50" s="94" t="s">
+        <v>63</v>
+      </c>
+      <c r="C50" s="94"/>
+      <c r="D50" s="94"/>
+      <c r="E50" s="94"/>
+      <c r="F50" s="94"/>
+      <c r="G50" s="94"/>
+      <c r="H50" s="94"/>
+      <c r="I50" s="94"/>
+      <c r="J50" s="94"/>
       <c r="K50" s="64"/>
       <c r="L50" s="65"/>
       <c r="M50" s="66"/>
       <c r="N50" s="66"/>
       <c r="Q50" s="67"/>
       <c r="R50" s="66"/>
       <c r="S50" s="66"/>
       <c r="T50" s="66"/>
     </row>
     <row r="51" spans="2:20" s="61" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="94" t="s">
-[...9 lines deleted...]
-      <c r="J51" s="94"/>
+      <c r="B51" s="93" t="s">
+        <v>57</v>
+      </c>
+      <c r="C51" s="93"/>
+      <c r="D51" s="93"/>
+      <c r="E51" s="93"/>
+      <c r="F51" s="93"/>
+      <c r="G51" s="93"/>
+      <c r="H51" s="93"/>
+      <c r="I51" s="93"/>
+      <c r="J51" s="93"/>
       <c r="K51" s="64"/>
       <c r="L51" s="65"/>
       <c r="M51" s="66"/>
       <c r="N51" s="66"/>
       <c r="Q51" s="67"/>
       <c r="R51" s="66"/>
       <c r="S51" s="66"/>
       <c r="T51" s="66"/>
     </row>
     <row r="52" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="94" t="s">
-[...9 lines deleted...]
-      <c r="J52" s="94"/>
+      <c r="B52" s="93" t="s">
+        <v>49</v>
+      </c>
+      <c r="C52" s="93"/>
+      <c r="D52" s="93"/>
+      <c r="E52" s="93"/>
+      <c r="F52" s="93"/>
+      <c r="G52" s="93"/>
+      <c r="H52" s="93"/>
+      <c r="I52" s="93"/>
+      <c r="J52" s="93"/>
       <c r="K52" s="64"/>
       <c r="L52" s="65"/>
       <c r="M52" s="66"/>
       <c r="N52" s="66"/>
       <c r="Q52" s="67"/>
       <c r="R52" s="66"/>
       <c r="S52" s="66"/>
       <c r="T52" s="66"/>
     </row>
     <row r="53" spans="2:20" s="61" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="95" t="s">
-[...9 lines deleted...]
-      <c r="J53" s="95"/>
+      <c r="B53" s="94" t="s">
+        <v>66</v>
+      </c>
+      <c r="C53" s="94"/>
+      <c r="D53" s="94"/>
+      <c r="E53" s="94"/>
+      <c r="F53" s="94"/>
+      <c r="G53" s="94"/>
+      <c r="H53" s="94"/>
+      <c r="I53" s="94"/>
+      <c r="J53" s="94"/>
       <c r="K53" s="64"/>
       <c r="L53" s="65"/>
       <c r="M53" s="66"/>
       <c r="N53" s="66"/>
       <c r="Q53" s="67"/>
       <c r="R53" s="66"/>
       <c r="S53" s="66"/>
       <c r="T53" s="66"/>
     </row>
     <row r="54" spans="2:20" s="61" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="95"/>
-[...7 lines deleted...]
-      <c r="J54" s="95"/>
+      <c r="B54" s="94"/>
+      <c r="C54" s="94"/>
+      <c r="D54" s="94"/>
+      <c r="E54" s="94"/>
+      <c r="F54" s="94"/>
+      <c r="G54" s="94"/>
+      <c r="H54" s="94"/>
+      <c r="I54" s="94"/>
+      <c r="J54" s="94"/>
       <c r="K54" s="64"/>
       <c r="L54" s="65"/>
       <c r="M54" s="66"/>
       <c r="N54" s="66"/>
       <c r="Q54" s="67"/>
       <c r="R54" s="66"/>
       <c r="S54" s="66"/>
       <c r="T54" s="66"/>
     </row>
     <row r="55" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B55" s="95"/>
-[...7 lines deleted...]
-      <c r="J55" s="95"/>
+      <c r="B55" s="94"/>
+      <c r="C55" s="94"/>
+      <c r="D55" s="94"/>
+      <c r="E55" s="94"/>
+      <c r="F55" s="94"/>
+      <c r="G55" s="94"/>
+      <c r="H55" s="94"/>
+      <c r="I55" s="94"/>
+      <c r="J55" s="94"/>
       <c r="K55" s="64"/>
       <c r="L55" s="65"/>
       <c r="M55" s="66"/>
       <c r="N55" s="66"/>
       <c r="Q55" s="67"/>
       <c r="R55" s="66"/>
       <c r="S55" s="66"/>
       <c r="T55" s="66"/>
     </row>
     <row r="56" spans="2:20" x14ac:dyDescent="0.2">
       <c r="B56" s="60" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="57" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="B57" s="60"/>
       <c r="C57" s="60"/>
       <c r="E57" s="62"/>
       <c r="G57" s="62"/>
       <c r="H57" s="62"/>
       <c r="J57" s="63"/>
       <c r="K57" s="64"/>
       <c r="L57" s="65"/>
       <c r="M57" s="66"/>
       <c r="N57" s="66"/>
       <c r="Q57" s="67"/>
       <c r="R57" s="66"/>
       <c r="S57" s="66"/>
       <c r="T57" s="66"/>
     </row>
     <row r="58" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B58" s="93" t="s">
-[...9 lines deleted...]
-      <c r="J58" s="93"/>
+      <c r="B58" s="92" t="s">
+        <v>53</v>
+      </c>
+      <c r="C58" s="92"/>
+      <c r="D58" s="92"/>
+      <c r="E58" s="92"/>
+      <c r="F58" s="92"/>
+      <c r="G58" s="92"/>
+      <c r="H58" s="92"/>
+      <c r="I58" s="92"/>
+      <c r="J58" s="92"/>
       <c r="K58" s="64"/>
       <c r="L58" s="65"/>
       <c r="M58" s="66"/>
       <c r="N58" s="66"/>
       <c r="Q58" s="67"/>
       <c r="R58" s="66"/>
       <c r="S58" s="66"/>
       <c r="T58" s="66"/>
     </row>
     <row r="59" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B59" s="93"/>
-[...7 lines deleted...]
-      <c r="J59" s="93"/>
+      <c r="B59" s="92"/>
+      <c r="C59" s="92"/>
+      <c r="D59" s="92"/>
+      <c r="E59" s="92"/>
+      <c r="F59" s="92"/>
+      <c r="G59" s="92"/>
+      <c r="H59" s="92"/>
+      <c r="I59" s="92"/>
+      <c r="J59" s="92"/>
       <c r="K59" s="64"/>
       <c r="L59" s="65"/>
       <c r="M59" s="66"/>
       <c r="N59" s="66"/>
       <c r="Q59" s="67"/>
       <c r="R59" s="66"/>
       <c r="S59" s="66"/>
       <c r="T59" s="66"/>
     </row>
     <row r="60" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B60" s="93"/>
-[...7 lines deleted...]
-      <c r="J60" s="93"/>
+      <c r="B60" s="92"/>
+      <c r="C60" s="92"/>
+      <c r="D60" s="92"/>
+      <c r="E60" s="92"/>
+      <c r="F60" s="92"/>
+      <c r="G60" s="92"/>
+      <c r="H60" s="92"/>
+      <c r="I60" s="92"/>
+      <c r="J60" s="92"/>
       <c r="K60" s="64"/>
       <c r="L60" s="65"/>
       <c r="M60" s="66"/>
       <c r="N60" s="66"/>
       <c r="Q60" s="67"/>
       <c r="R60" s="66"/>
       <c r="S60" s="66"/>
       <c r="T60" s="66"/>
     </row>
     <row r="61" spans="2:20" s="61" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B61" s="93"/>
-[...7 lines deleted...]
-      <c r="J61" s="93"/>
+      <c r="B61" s="92"/>
+      <c r="C61" s="92"/>
+      <c r="D61" s="92"/>
+      <c r="E61" s="92"/>
+      <c r="F61" s="92"/>
+      <c r="G61" s="92"/>
+      <c r="H61" s="92"/>
+      <c r="I61" s="92"/>
+      <c r="J61" s="92"/>
       <c r="K61" s="64"/>
       <c r="L61" s="65"/>
       <c r="M61" s="66"/>
       <c r="N61" s="66"/>
       <c r="Q61" s="67"/>
       <c r="R61" s="66"/>
       <c r="S61" s="66"/>
       <c r="T61" s="66"/>
     </row>
     <row r="62" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="74" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C62" s="77"/>
       <c r="D62" s="77"/>
       <c r="E62" s="77"/>
       <c r="F62" s="77"/>
       <c r="G62" s="77"/>
       <c r="H62" s="77"/>
       <c r="I62" s="77"/>
       <c r="J62" s="77"/>
       <c r="K62" s="64"/>
       <c r="L62" s="65"/>
       <c r="M62" s="66"/>
       <c r="N62" s="66"/>
       <c r="Q62" s="67"/>
       <c r="R62" s="66"/>
       <c r="S62" s="66"/>
       <c r="T62" s="66"/>
     </row>
     <row r="63" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B63" s="93" t="s">
-[...9 lines deleted...]
-      <c r="J63" s="93"/>
+      <c r="B63" s="92" t="s">
+        <v>50</v>
+      </c>
+      <c r="C63" s="92"/>
+      <c r="D63" s="92"/>
+      <c r="E63" s="92"/>
+      <c r="F63" s="92"/>
+      <c r="G63" s="92"/>
+      <c r="H63" s="92"/>
+      <c r="I63" s="92"/>
+      <c r="J63" s="92"/>
       <c r="K63" s="64"/>
       <c r="L63" s="65"/>
       <c r="M63" s="66"/>
       <c r="N63" s="66"/>
       <c r="Q63" s="67"/>
       <c r="R63" s="66"/>
       <c r="S63" s="66"/>
       <c r="T63" s="66"/>
     </row>
     <row r="64" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B64" s="93"/>
-[...7 lines deleted...]
-      <c r="J64" s="93"/>
+      <c r="B64" s="92"/>
+      <c r="C64" s="92"/>
+      <c r="D64" s="92"/>
+      <c r="E64" s="92"/>
+      <c r="F64" s="92"/>
+      <c r="G64" s="92"/>
+      <c r="H64" s="92"/>
+      <c r="I64" s="92"/>
+      <c r="J64" s="92"/>
       <c r="K64" s="64"/>
       <c r="L64" s="65"/>
       <c r="M64" s="66"/>
       <c r="N64" s="66"/>
       <c r="Q64" s="67"/>
       <c r="R64" s="66"/>
       <c r="S64" s="66"/>
       <c r="T64" s="66"/>
     </row>
     <row r="65" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B65" s="93"/>
-[...7 lines deleted...]
-      <c r="J65" s="93"/>
+      <c r="B65" s="92"/>
+      <c r="C65" s="92"/>
+      <c r="D65" s="92"/>
+      <c r="E65" s="92"/>
+      <c r="F65" s="92"/>
+      <c r="G65" s="92"/>
+      <c r="H65" s="92"/>
+      <c r="I65" s="92"/>
+      <c r="J65" s="92"/>
       <c r="K65" s="64"/>
       <c r="L65" s="65"/>
       <c r="M65" s="66"/>
       <c r="N65" s="66"/>
       <c r="Q65" s="67"/>
       <c r="R65" s="66"/>
       <c r="S65" s="66"/>
       <c r="T65" s="66"/>
     </row>
     <row r="66" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B66" s="75"/>
       <c r="C66" s="78"/>
       <c r="D66" s="78"/>
       <c r="E66" s="78"/>
       <c r="F66" s="78"/>
       <c r="G66" s="78"/>
       <c r="H66" s="78"/>
       <c r="I66" s="78"/>
       <c r="J66" s="78"/>
       <c r="K66" s="64"/>
       <c r="L66" s="65"/>
       <c r="M66" s="66"/>
       <c r="N66" s="66"/>
     </row>
     <row r="67" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B67" s="76" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C67" s="79"/>
       <c r="D67" s="79"/>
       <c r="E67" s="79"/>
       <c r="F67" s="80"/>
       <c r="G67" s="80"/>
       <c r="H67" s="80"/>
       <c r="I67" s="80"/>
       <c r="J67" s="80"/>
       <c r="K67" s="64"/>
       <c r="L67" s="65"/>
       <c r="M67" s="66"/>
       <c r="N67" s="66"/>
     </row>
     <row r="68" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B68" s="76"/>
       <c r="C68" s="79"/>
       <c r="D68" s="79"/>
       <c r="E68" s="79"/>
       <c r="F68" s="80"/>
       <c r="G68" s="80"/>
       <c r="H68" s="80"/>
       <c r="I68" s="80"/>
       <c r="J68" s="80"/>
       <c r="K68" s="64"/>
       <c r="L68" s="65"/>
       <c r="M68" s="66"/>
       <c r="N68" s="66"/>
     </row>
     <row r="69" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B69" s="91" t="s">
-        <v>94</v>
+      <c r="B69" s="90" t="s">
+        <v>88</v>
       </c>
       <c r="C69" s="71"/>
       <c r="D69" s="71"/>
       <c r="E69" s="71"/>
       <c r="F69" s="71"/>
       <c r="G69" s="71"/>
       <c r="H69" s="71"/>
       <c r="I69" s="71"/>
       <c r="J69" s="71"/>
       <c r="K69" s="68"/>
     </row>
     <row r="70" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="69"/>
       <c r="C70" s="69"/>
       <c r="D70" s="69"/>
       <c r="E70" s="69"/>
       <c r="F70" s="69"/>
       <c r="G70" s="69"/>
       <c r="H70" s="69"/>
       <c r="I70" s="69"/>
       <c r="J70" s="69"/>
       <c r="K70" s="70"/>
     </row>
     <row r="71" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="69"/>
@@ -14847,325 +21634,325 @@
     <mergeCell ref="B63:J65"/>
     <mergeCell ref="B51:J51"/>
     <mergeCell ref="B52:J52"/>
     <mergeCell ref="B53:J53"/>
     <mergeCell ref="B54:J54"/>
     <mergeCell ref="B55:J55"/>
     <mergeCell ref="B58:J61"/>
     <mergeCell ref="B50:J50"/>
     <mergeCell ref="G1:J2"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="G40:J40"/>
     <mergeCell ref="G41:H41"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="38" max="10" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E065E502-84E5-42FA-96E3-B4E6A58F0562}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:T71"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B69" sqref="B69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="10" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" style="10" customWidth="1"/>
     <col min="3" max="3" width="66.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.140625" style="34" customWidth="1"/>
     <col min="5" max="5" width="22.28515625" style="10" customWidth="1"/>
     <col min="6" max="6" width="2.140625" style="34" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" style="10" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="10" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="34" customWidth="1"/>
     <col min="10" max="10" width="21.28515625" style="10" customWidth="1"/>
     <col min="11" max="11" width="1.42578125" style="33" customWidth="1"/>
     <col min="12" max="12" width="10.85546875" style="10" customWidth="1"/>
     <col min="13" max="13" width="16" style="10" customWidth="1"/>
     <col min="14" max="14" width="11.85546875" style="10" customWidth="1"/>
     <col min="15" max="15" width="26.28515625" style="10" customWidth="1"/>
     <col min="16" max="16" width="9.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="10" customWidth="1"/>
     <col min="18" max="18" width="9.140625" style="10"/>
     <col min="19" max="19" width="7.140625" style="10" bestFit="1" customWidth="1"/>
     <col min="20" max="16384" width="9.140625" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" ht="40.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="72" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C1" s="35"/>
       <c r="D1" s="36"/>
       <c r="E1" s="35"/>
       <c r="F1" s="73"/>
-      <c r="G1" s="96"/>
-[...2 lines deleted...]
-      <c r="J1" s="98"/>
+      <c r="G1" s="95"/>
+      <c r="H1" s="96"/>
+      <c r="I1" s="96"/>
+      <c r="J1" s="97"/>
     </row>
     <row r="2" spans="2:20" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="102">
+      <c r="B2" s="101">
         <v>45777</v>
       </c>
-      <c r="C2" s="103"/>
-[...6 lines deleted...]
-      <c r="J2" s="101"/>
+      <c r="C2" s="102"/>
+      <c r="D2" s="102"/>
+      <c r="E2" s="102"/>
+      <c r="F2" s="103"/>
+      <c r="G2" s="98"/>
+      <c r="H2" s="99"/>
+      <c r="I2" s="99"/>
+      <c r="J2" s="100"/>
     </row>
     <row r="3" spans="2:20" x14ac:dyDescent="0.2">
       <c r="E3" s="34"/>
       <c r="G3" s="34"/>
       <c r="H3" s="34"/>
       <c r="J3" s="34"/>
       <c r="L3" s="34"/>
       <c r="M3" s="34"/>
       <c r="N3" s="34"/>
       <c r="O3" s="34"/>
     </row>
     <row r="4" spans="2:20" ht="18" x14ac:dyDescent="0.25">
       <c r="B4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="E4"/>
       <c r="G4" s="34"/>
       <c r="H4" s="34"/>
       <c r="J4" s="34"/>
       <c r="L4" s="34"/>
       <c r="M4" s="34"/>
       <c r="N4" s="34"/>
       <c r="O4" s="34"/>
     </row>
     <row r="5" spans="2:20" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C5" s="82"/>
       <c r="D5" s="30"/>
       <c r="E5" s="83"/>
       <c r="F5" s="84"/>
-      <c r="G5" s="105"/>
-      <c r="H5" s="105"/>
+      <c r="G5" s="104"/>
+      <c r="H5" s="104"/>
       <c r="I5" s="84"/>
       <c r="J5" s="85"/>
       <c r="L5" s="34"/>
       <c r="M5" s="34"/>
       <c r="N5" s="34"/>
       <c r="O5" s="34"/>
     </row>
     <row r="6" spans="2:20" ht="73.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B6" s="81"/>
       <c r="C6" s="3"/>
       <c r="D6" s="4"/>
       <c r="E6" s="8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="H6" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="L6" s="34"/>
       <c r="M6" s="34"/>
       <c r="N6" s="34"/>
       <c r="O6" s="34"/>
     </row>
     <row r="7" spans="2:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B7" s="37" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="38"/>
       <c r="D7" s="38"/>
       <c r="E7" s="39"/>
       <c r="F7" s="39"/>
       <c r="G7" s="39"/>
       <c r="H7" s="39"/>
       <c r="I7" s="39"/>
       <c r="J7" s="40"/>
       <c r="L7" s="41"/>
       <c r="M7" s="34"/>
       <c r="N7" s="34"/>
       <c r="O7" s="34"/>
       <c r="P7" s="42"/>
     </row>
     <row r="8" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B8" s="87" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="D8" s="21"/>
       <c r="E8" s="22">
         <v>7.5499999999999998E-2</v>
       </c>
       <c r="F8" s="21"/>
       <c r="G8" s="22">
         <v>4.2002520865197686E-2</v>
       </c>
       <c r="H8" s="22">
         <v>-0.40194070356697548</v>
       </c>
       <c r="I8" s="22"/>
       <c r="J8" s="23">
         <v>0.55632477967149252</v>
       </c>
       <c r="K8" s="43"/>
       <c r="L8" s="44"/>
       <c r="M8" s="45"/>
       <c r="N8" s="45"/>
       <c r="O8" s="45"/>
       <c r="P8" s="47"/>
       <c r="Q8" s="47"/>
       <c r="R8" s="48"/>
       <c r="S8" s="48"/>
       <c r="T8" s="48"/>
     </row>
     <row r="9" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B9" s="88" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C9" s="12" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="13"/>
       <c r="E9" s="22">
         <v>7.9500000000000001E-2</v>
       </c>
       <c r="F9" s="21"/>
       <c r="G9" s="22">
         <v>4.9203388623864419E-2</v>
       </c>
       <c r="H9" s="22">
         <v>-0.37006609369060489</v>
       </c>
       <c r="I9" s="21"/>
       <c r="J9" s="23">
         <v>0.61891054872785434</v>
       </c>
       <c r="K9" s="43"/>
       <c r="L9" s="44"/>
       <c r="M9" s="45"/>
       <c r="N9" s="45"/>
       <c r="O9" s="45"/>
       <c r="P9" s="42"/>
       <c r="Q9" s="47"/>
       <c r="R9" s="48"/>
       <c r="S9" s="48"/>
       <c r="T9" s="48"/>
     </row>
     <row r="10" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B10" s="88" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C10" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="13"/>
       <c r="E10" s="22">
         <v>6.5500000000000003E-2</v>
       </c>
       <c r="F10" s="21"/>
       <c r="G10" s="22">
         <v>4.5865204761309758E-2</v>
       </c>
       <c r="H10" s="22">
         <v>-0.15903008076890496</v>
       </c>
       <c r="I10" s="21"/>
       <c r="J10" s="23">
         <v>0.70023213376045434</v>
       </c>
       <c r="K10" s="43"/>
       <c r="L10" s="44"/>
       <c r="M10" s="45"/>
       <c r="N10" s="45"/>
       <c r="O10" s="45"/>
       <c r="P10" s="47"/>
       <c r="Q10" s="47"/>
       <c r="R10" s="48"/>
       <c r="S10" s="48"/>
       <c r="T10" s="48"/>
     </row>
     <row r="11" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B11" s="88" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C11" s="50" t="s">
         <v>25</v>
       </c>
       <c r="D11" s="13"/>
       <c r="E11" s="22">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="F11" s="21"/>
       <c r="G11" s="22">
         <v>4.6297018824919572E-2</v>
       </c>
       <c r="H11" s="22">
         <v>-0.42419014856195592</v>
       </c>
       <c r="I11" s="21"/>
       <c r="J11" s="23">
         <v>0.58603821297366543</v>
       </c>
       <c r="K11" s="43"/>
       <c r="L11" s="44"/>
       <c r="M11" s="45"/>
       <c r="N11" s="45"/>
       <c r="O11" s="45"/>
       <c r="P11" s="42"/>
       <c r="Q11" s="47"/>
       <c r="R11" s="48"/>
       <c r="S11" s="48"/>
       <c r="T11" s="48"/>
     </row>
     <row r="12" spans="2:20" s="49" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="88" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C12" s="12" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="13"/>
       <c r="E12" s="22">
         <v>7.2999999999999995E-2</v>
       </c>
       <c r="F12" s="21"/>
       <c r="G12" s="22">
         <v>3.8211444586180567E-2</v>
       </c>
       <c r="H12" s="22">
         <v>-0.4386749215635623</v>
       </c>
       <c r="I12" s="21"/>
       <c r="J12" s="23">
         <v>0.52344444638603516</v>
       </c>
       <c r="K12" s="43"/>
       <c r="L12" s="44"/>
       <c r="M12" s="45"/>
       <c r="N12" s="45"/>
       <c r="O12" s="45"/>
       <c r="P12" s="47"/>
@@ -15319,54 +22106,54 @@
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="22">
         <v>4.7217504749559373E-2</v>
       </c>
       <c r="H17" s="22">
         <v>-1.3599860242397915E-3</v>
       </c>
       <c r="I17" s="21"/>
       <c r="J17" s="23">
         <v>0.97355679895998704</v>
       </c>
       <c r="K17" s="43"/>
       <c r="L17" s="44"/>
       <c r="M17" s="45"/>
       <c r="N17" s="45"/>
       <c r="O17" s="45"/>
       <c r="P17" s="42"/>
       <c r="Q17" s="47"/>
       <c r="R17" s="48"/>
       <c r="S17" s="48"/>
       <c r="T17" s="48"/>
     </row>
     <row r="18" spans="2:20" s="49" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B18" s="28" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="C18" s="29" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D18" s="30"/>
       <c r="E18" s="89">
         <v>6.8500000000000005E-2</v>
       </c>
       <c r="F18" s="30"/>
       <c r="G18" s="89">
         <v>4.2997336831509525E-2</v>
       </c>
       <c r="H18" s="31">
         <v>-0.16069710466798379</v>
       </c>
       <c r="I18" s="31"/>
       <c r="J18" s="32">
         <v>0.62769834790524848</v>
       </c>
       <c r="K18" s="43"/>
       <c r="L18" s="44"/>
       <c r="M18" s="45"/>
       <c r="N18" s="45"/>
       <c r="O18" s="45"/>
       <c r="P18" s="47"/>
       <c r="Q18" s="47"/>
       <c r="R18" s="48"/>
       <c r="S18" s="48"/>
@@ -15374,120 +22161,120 @@
     </row>
     <row r="19" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B19" s="51" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="40"/>
       <c r="K19" s="43"/>
       <c r="L19" s="44"/>
       <c r="M19" s="45"/>
       <c r="N19" s="45"/>
       <c r="P19" s="47"/>
       <c r="Q19" s="47"/>
       <c r="R19" s="48"/>
       <c r="S19" s="48"/>
       <c r="T19" s="48"/>
     </row>
     <row r="20" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B20" s="87" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C20" s="20" t="s">
         <v>27</v>
       </c>
       <c r="D20" s="21"/>
       <c r="E20" s="22">
         <v>7.3499999999999996E-2</v>
       </c>
       <c r="F20" s="21"/>
       <c r="G20" s="22">
         <v>3.9811936395172678E-2</v>
       </c>
       <c r="H20" s="22">
         <v>-0.45432355272221803</v>
       </c>
       <c r="I20" s="22"/>
       <c r="J20" s="23">
         <v>0.54165899857377797</v>
       </c>
       <c r="K20" s="43"/>
       <c r="L20" s="44"/>
       <c r="M20" s="45"/>
       <c r="N20" s="45"/>
       <c r="O20" s="45"/>
       <c r="P20" s="42"/>
       <c r="Q20" s="47"/>
       <c r="R20" s="48"/>
       <c r="S20" s="48"/>
       <c r="T20" s="48"/>
     </row>
     <row r="21" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B21" s="11" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C21" s="12" t="s">
         <v>28</v>
       </c>
       <c r="D21" s="13"/>
       <c r="E21" s="22">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="22">
         <v>4.0774171944665386E-2</v>
       </c>
       <c r="H21" s="22">
         <v>-0.4596127413858257</v>
       </c>
       <c r="I21" s="21"/>
       <c r="J21" s="23">
         <v>0.5365022624298077</v>
       </c>
       <c r="K21" s="43"/>
       <c r="L21" s="44"/>
       <c r="M21" s="45"/>
       <c r="N21" s="45"/>
       <c r="O21" s="45"/>
       <c r="P21" s="42"/>
       <c r="Q21" s="47"/>
       <c r="R21" s="48"/>
       <c r="S21" s="48"/>
       <c r="T21" s="48"/>
     </row>
     <row r="22" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B22" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="12" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D22" s="13"/>
       <c r="E22" s="22">
         <v>2.9000000000000001E-2</v>
       </c>
       <c r="F22" s="21"/>
       <c r="G22" s="22">
         <v>2.9353875299661301E-2</v>
       </c>
       <c r="H22" s="22">
         <v>1.7273431146479942E-2</v>
       </c>
       <c r="I22" s="21"/>
       <c r="J22" s="23">
         <v>1.0122025965400447</v>
       </c>
       <c r="K22" s="43"/>
       <c r="L22" s="44"/>
       <c r="M22" s="45"/>
       <c r="N22" s="45"/>
       <c r="O22" s="45"/>
       <c r="P22" s="42"/>
       <c r="Q22" s="47"/>
       <c r="R22" s="48"/>
       <c r="S22" s="48"/>
@@ -15528,120 +22315,120 @@
     </row>
     <row r="24" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B24" s="51" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="52"/>
       <c r="D24" s="52"/>
       <c r="E24" s="52"/>
       <c r="F24" s="52"/>
       <c r="G24" s="52"/>
       <c r="H24" s="52"/>
       <c r="I24" s="52"/>
       <c r="J24" s="40"/>
       <c r="K24" s="43"/>
       <c r="L24" s="44"/>
       <c r="M24" s="45"/>
       <c r="N24" s="45"/>
       <c r="P24" s="47"/>
       <c r="Q24" s="47"/>
       <c r="R24" s="48"/>
       <c r="S24" s="48"/>
       <c r="T24" s="48"/>
     </row>
     <row r="25" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B25" s="19" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C25" s="20" t="s">
         <v>29</v>
       </c>
       <c r="D25" s="21"/>
       <c r="E25" s="22">
         <v>7.1999999999999995E-2</v>
       </c>
       <c r="F25" s="21"/>
       <c r="G25" s="22">
         <v>3.9572943917641774E-2</v>
       </c>
       <c r="H25" s="22">
         <v>-0.41105034693700332</v>
       </c>
       <c r="I25" s="21"/>
       <c r="J25" s="23">
         <v>0.54962422107835807</v>
       </c>
       <c r="K25" s="43"/>
       <c r="L25" s="44"/>
       <c r="M25" s="45"/>
       <c r="N25" s="45"/>
       <c r="O25" s="45"/>
       <c r="P25" s="42"/>
       <c r="Q25" s="47"/>
       <c r="R25" s="48"/>
       <c r="S25" s="48"/>
       <c r="T25" s="48"/>
     </row>
     <row r="26" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B26" s="11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C26" s="12" t="s">
         <v>30</v>
       </c>
       <c r="D26" s="13"/>
       <c r="E26" s="22">
         <v>6.9000000000000006E-2</v>
       </c>
       <c r="F26" s="21"/>
       <c r="G26" s="22">
         <v>3.8198036470618958E-2</v>
       </c>
       <c r="H26" s="22">
         <v>-0.40487586458589925</v>
       </c>
       <c r="I26" s="21"/>
       <c r="J26" s="23">
         <v>0.55359473145824567</v>
       </c>
       <c r="K26" s="43"/>
       <c r="L26" s="44"/>
       <c r="M26" s="45"/>
       <c r="N26" s="45"/>
       <c r="O26" s="45"/>
       <c r="P26" s="42"/>
       <c r="Q26" s="47"/>
       <c r="R26" s="48"/>
       <c r="S26" s="48"/>
       <c r="T26" s="48"/>
     </row>
     <row r="27" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B27" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="12" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D27" s="13"/>
       <c r="E27" s="22">
         <v>2.9499999999999998E-2</v>
       </c>
       <c r="F27" s="21"/>
       <c r="G27" s="22">
         <v>2.9044857229680417E-2</v>
       </c>
       <c r="H27" s="22">
         <v>1.9018676168268387E-2</v>
       </c>
       <c r="I27" s="21"/>
       <c r="J27" s="23">
         <v>0.98457143151459048</v>
       </c>
       <c r="K27" s="43"/>
       <c r="L27" s="44"/>
       <c r="M27" s="45"/>
       <c r="N27" s="45"/>
       <c r="O27" s="45"/>
       <c r="P27" s="42"/>
       <c r="Q27" s="47"/>
       <c r="R27" s="48"/>
       <c r="S27" s="48"/>
@@ -15682,249 +22469,249 @@
     </row>
     <row r="29" spans="2:20" s="49" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B29" s="51" t="s">
         <v>22</v>
       </c>
       <c r="C29" s="52"/>
       <c r="D29" s="52"/>
       <c r="E29" s="52"/>
       <c r="F29" s="52"/>
       <c r="G29" s="52"/>
       <c r="H29" s="52"/>
       <c r="I29" s="52"/>
       <c r="J29" s="40"/>
       <c r="K29" s="43"/>
       <c r="L29" s="44"/>
       <c r="M29" s="45"/>
       <c r="N29" s="45"/>
       <c r="P29" s="47"/>
       <c r="Q29" s="47"/>
       <c r="R29" s="48"/>
       <c r="S29" s="48"/>
       <c r="T29" s="48"/>
     </row>
     <row r="30" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B30" s="19" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C30" s="20" t="s">
         <v>31</v>
       </c>
       <c r="D30" s="21"/>
       <c r="E30" s="22">
         <v>7.2499999999999995E-2</v>
       </c>
       <c r="F30" s="21"/>
       <c r="G30" s="22">
         <v>3.2126170762661978E-2</v>
       </c>
       <c r="H30" s="22">
         <v>-0.54666559162456718</v>
       </c>
       <c r="I30" s="21"/>
       <c r="J30" s="23">
         <v>0.44311959672637213</v>
       </c>
       <c r="K30" s="43"/>
       <c r="L30" s="44"/>
       <c r="M30" s="45"/>
       <c r="N30" s="45"/>
       <c r="O30" s="45"/>
       <c r="P30" s="42"/>
       <c r="Q30" s="47"/>
       <c r="R30" s="48"/>
       <c r="S30" s="48"/>
       <c r="T30" s="48"/>
     </row>
     <row r="31" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B31" s="11" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C31" s="12" t="s">
         <v>32</v>
       </c>
       <c r="D31" s="13"/>
       <c r="E31" s="22">
         <v>7.0999999999999994E-2</v>
       </c>
       <c r="F31" s="21"/>
       <c r="G31" s="22">
         <v>3.0357575652579887E-2</v>
       </c>
       <c r="H31" s="22">
         <v>-0.49062852340418406</v>
       </c>
       <c r="I31" s="21"/>
       <c r="J31" s="23">
         <v>0.42757148806450551</v>
       </c>
       <c r="K31" s="43"/>
       <c r="L31" s="44"/>
       <c r="M31" s="45"/>
       <c r="N31" s="45"/>
       <c r="O31" s="45"/>
       <c r="P31" s="42"/>
       <c r="Q31" s="47"/>
       <c r="R31" s="48"/>
       <c r="S31" s="48"/>
       <c r="T31" s="48"/>
     </row>
     <row r="32" spans="2:20" s="49" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B32" s="11" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C32" s="12" t="s">
         <v>33</v>
       </c>
       <c r="D32" s="13"/>
       <c r="E32" s="22">
         <v>7.3499999999999996E-2</v>
       </c>
       <c r="F32" s="21"/>
       <c r="G32" s="22">
         <v>3.3755722062263169E-2</v>
       </c>
       <c r="H32" s="22">
         <v>-0.49527098975612444</v>
       </c>
       <c r="I32" s="21"/>
       <c r="J32" s="23">
         <v>0.45926152465664177</v>
       </c>
       <c r="K32" s="43"/>
       <c r="L32" s="44"/>
       <c r="M32" s="45"/>
       <c r="N32" s="45"/>
       <c r="O32" s="45"/>
       <c r="P32" s="42"/>
       <c r="Q32" s="47"/>
       <c r="R32" s="48"/>
       <c r="S32" s="48"/>
       <c r="T32" s="48"/>
     </row>
     <row r="33" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="11" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C33" s="12" t="s">
         <v>34</v>
       </c>
       <c r="D33" s="13"/>
       <c r="E33" s="22">
         <v>6.7500000000000004E-2</v>
       </c>
       <c r="F33" s="21"/>
       <c r="G33" s="22">
         <v>2.453557369365103E-2</v>
       </c>
       <c r="H33" s="22">
         <v>-0.53036132229967203</v>
       </c>
       <c r="I33" s="21"/>
       <c r="J33" s="23">
         <v>0.36348998064668192</v>
       </c>
       <c r="K33" s="43"/>
       <c r="L33" s="44"/>
       <c r="M33" s="45"/>
       <c r="N33" s="45"/>
       <c r="O33" s="45"/>
       <c r="P33" s="42"/>
       <c r="Q33" s="47"/>
       <c r="R33" s="48"/>
       <c r="S33" s="48"/>
       <c r="T33" s="48"/>
     </row>
     <row r="34" spans="2:20" s="46" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="11" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C34" s="12" t="s">
         <v>35</v>
       </c>
       <c r="D34" s="13"/>
       <c r="E34" s="22">
         <v>7.85E-2</v>
       </c>
       <c r="F34" s="21"/>
       <c r="G34" s="22">
         <v>3.3931610133889026E-2</v>
       </c>
       <c r="H34" s="22">
         <v>-0.58399973801338068</v>
       </c>
       <c r="I34" s="21"/>
       <c r="J34" s="23">
         <v>0.43224981062279011</v>
       </c>
       <c r="K34" s="43"/>
       <c r="L34" s="44"/>
       <c r="M34" s="45"/>
       <c r="N34" s="45"/>
       <c r="O34" s="45"/>
       <c r="P34" s="42"/>
       <c r="Q34" s="47"/>
       <c r="R34" s="48"/>
       <c r="S34" s="48"/>
       <c r="T34" s="48"/>
     </row>
     <row r="35" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B35" s="11" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C35" s="12" t="s">
         <v>36</v>
       </c>
       <c r="D35" s="13"/>
       <c r="E35" s="22">
         <v>7.8E-2</v>
       </c>
       <c r="F35" s="21"/>
       <c r="G35" s="22">
         <v>3.5266303368681029E-2</v>
       </c>
       <c r="H35" s="22">
         <v>-0.59588523636723112</v>
       </c>
       <c r="I35" s="21"/>
       <c r="J35" s="23">
         <v>0.45213209447026959</v>
       </c>
       <c r="K35" s="43"/>
       <c r="L35" s="44"/>
       <c r="M35" s="45"/>
       <c r="N35" s="45"/>
       <c r="O35" s="45"/>
       <c r="P35" s="42"/>
       <c r="Q35" s="47"/>
       <c r="R35" s="48"/>
       <c r="S35" s="48"/>
       <c r="T35" s="48"/>
     </row>
     <row r="36" spans="2:20" s="46" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B36" s="11" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C36" s="12" t="s">
         <v>37</v>
       </c>
       <c r="D36" s="13"/>
       <c r="E36" s="22">
         <v>7.1999999999999995E-2</v>
       </c>
       <c r="F36" s="21"/>
       <c r="G36" s="22">
         <v>3.5352703313692647E-2</v>
       </c>
       <c r="H36" s="22">
         <v>-0.46466198403126047</v>
       </c>
       <c r="I36" s="21"/>
       <c r="J36" s="23">
         <v>0.49100976824573123</v>
       </c>
       <c r="K36" s="43"/>
       <c r="L36" s="44"/>
       <c r="M36" s="45"/>
       <c r="N36" s="45"/>
       <c r="O36" s="45"/>
       <c r="P36" s="42"/>
@@ -15968,7617 +22755,617 @@
       <c r="S38" s="48"/>
       <c r="T38" s="48"/>
     </row>
     <row r="39" spans="2:20" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B39" s="56"/>
       <c r="C39" s="56"/>
       <c r="D39" s="56"/>
       <c r="E39" s="57"/>
       <c r="F39" s="56"/>
       <c r="G39" s="57"/>
       <c r="H39" s="56"/>
       <c r="I39" s="56"/>
       <c r="J39" s="56"/>
       <c r="K39" s="58"/>
       <c r="L39" s="44"/>
       <c r="M39" s="45"/>
     </row>
     <row r="40" spans="2:20" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C40" s="56"/>
       <c r="D40" s="57"/>
       <c r="E40" s="56"/>
       <c r="F40" s="57"/>
-      <c r="G40" s="106"/>
-[...2 lines deleted...]
-      <c r="J40" s="106"/>
+      <c r="G40" s="105"/>
+      <c r="H40" s="105"/>
+      <c r="I40" s="105"/>
+      <c r="J40" s="105"/>
       <c r="K40" s="10"/>
       <c r="L40" s="44"/>
       <c r="M40" s="45"/>
     </row>
     <row r="41" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B41" s="56"/>
       <c r="C41" s="56"/>
       <c r="D41" s="57"/>
       <c r="E41" s="59"/>
       <c r="F41" s="57"/>
-      <c r="G41" s="107"/>
-      <c r="H41" s="107"/>
+      <c r="G41" s="106"/>
+      <c r="H41" s="106"/>
       <c r="I41" s="56"/>
       <c r="J41" s="58"/>
       <c r="K41" s="10"/>
       <c r="L41" s="44"/>
       <c r="M41" s="45"/>
     </row>
     <row r="42" spans="2:20" ht="45" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B42" s="2"/>
       <c r="C42" s="3"/>
       <c r="D42" s="4"/>
       <c r="E42" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F42" s="6"/>
       <c r="G42" s="7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I42" s="8"/>
       <c r="J42" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K42" s="10"/>
       <c r="L42" s="44"/>
       <c r="M42" s="45"/>
     </row>
     <row r="43" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B43" s="14" t="s">
         <v>39</v>
       </c>
       <c r="C43" s="15"/>
       <c r="D43" s="16"/>
       <c r="E43" s="17"/>
       <c r="F43" s="16"/>
       <c r="G43" s="17"/>
       <c r="H43" s="17"/>
       <c r="I43" s="17"/>
       <c r="J43" s="18"/>
       <c r="K43" s="10"/>
       <c r="L43" s="44"/>
       <c r="M43" s="45"/>
     </row>
     <row r="44" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B44" s="11" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C44" s="12" t="s">
         <v>38</v>
       </c>
       <c r="D44" s="13"/>
       <c r="E44" s="22">
         <v>6.6500000000000004E-2</v>
       </c>
       <c r="F44" s="21"/>
       <c r="G44" s="22">
         <v>4.789060010050869E-2</v>
       </c>
       <c r="H44" s="22">
         <v>-0.1690622287856508</v>
       </c>
       <c r="I44" s="22"/>
       <c r="J44" s="23">
         <v>0.72015940000764944</v>
       </c>
       <c r="K44" s="10"/>
       <c r="L44" s="44"/>
       <c r="M44" s="45"/>
       <c r="N44" s="45"/>
       <c r="O44" s="45"/>
       <c r="P44" s="42"/>
       <c r="Q44" s="47"/>
       <c r="R44" s="48"/>
       <c r="S44" s="48"/>
     </row>
     <row r="45" spans="2:20" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B45" s="11" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C45" s="12" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D45" s="13"/>
       <c r="E45" s="22">
         <v>0.16600000000000001</v>
       </c>
       <c r="F45" s="21"/>
       <c r="G45" s="22">
         <v>0.10955754417241303</v>
       </c>
       <c r="H45" s="22">
         <v>-0.45119499012233844</v>
       </c>
       <c r="I45" s="22"/>
       <c r="J45" s="23">
         <v>0.65998520585790976</v>
       </c>
       <c r="K45" s="10"/>
       <c r="L45" s="44"/>
       <c r="M45" s="45"/>
       <c r="N45" s="45"/>
       <c r="O45" s="45"/>
       <c r="P45" s="42"/>
       <c r="Q45" s="47"/>
       <c r="R45" s="48"/>
       <c r="S45" s="48"/>
     </row>
     <row r="46" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B46" s="28" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C46" s="29" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D46" s="30"/>
       <c r="E46" s="89">
         <v>0.16750000000000001</v>
       </c>
       <c r="F46" s="30"/>
       <c r="G46" s="89">
         <v>9.8760292989516982E-2</v>
       </c>
       <c r="H46" s="31">
         <v>-0.64711642980949879</v>
       </c>
       <c r="I46" s="31"/>
       <c r="J46" s="32">
         <v>0.58961368948965354</v>
       </c>
       <c r="K46" s="10"/>
       <c r="L46" s="44"/>
       <c r="M46" s="45"/>
       <c r="N46" s="45"/>
       <c r="O46" s="45"/>
       <c r="P46" s="42"/>
       <c r="Q46" s="47"/>
       <c r="R46" s="48"/>
       <c r="S46" s="48"/>
     </row>
     <row r="47" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B47" s="14" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C47" s="15"/>
       <c r="D47" s="16"/>
       <c r="E47" s="17"/>
       <c r="F47" s="16"/>
       <c r="G47" s="17"/>
       <c r="H47" s="17"/>
       <c r="I47" s="17"/>
       <c r="J47" s="18"/>
       <c r="K47" s="10"/>
       <c r="L47" s="44"/>
       <c r="M47" s="45"/>
     </row>
     <row r="48" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B48" s="28" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C48" s="29" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D48" s="30"/>
       <c r="E48" s="26">
         <v>9.6500000000000002E-2</v>
       </c>
       <c r="F48" s="24"/>
       <c r="G48" s="26">
         <v>7.8646949547375736E-2</v>
       </c>
       <c r="H48" s="25">
         <v>-0.33289123154738282</v>
       </c>
       <c r="I48" s="25"/>
       <c r="J48" s="27">
         <v>0.81499429582772787</v>
       </c>
       <c r="K48" s="10"/>
       <c r="L48" s="44"/>
       <c r="M48" s="45"/>
       <c r="N48" s="45"/>
       <c r="O48" s="45"/>
       <c r="P48" s="42"/>
       <c r="Q48" s="47"/>
       <c r="R48" s="48"/>
       <c r="S48" s="48"/>
     </row>
     <row r="49" spans="2:20" x14ac:dyDescent="0.2">
       <c r="B49" s="56"/>
       <c r="C49" s="56"/>
       <c r="D49" s="57"/>
       <c r="E49" s="86"/>
       <c r="F49" s="57"/>
       <c r="G49" s="57"/>
       <c r="H49" s="57"/>
       <c r="I49" s="57"/>
       <c r="J49" s="57"/>
       <c r="K49" s="10"/>
     </row>
     <row r="50" spans="2:20" s="61" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="95" t="s">
-[...9 lines deleted...]
-      <c r="J50" s="95"/>
+      <c r="B50" s="94" t="s">
+        <v>63</v>
+      </c>
+      <c r="C50" s="94"/>
+      <c r="D50" s="94"/>
+      <c r="E50" s="94"/>
+      <c r="F50" s="94"/>
+      <c r="G50" s="94"/>
+      <c r="H50" s="94"/>
+      <c r="I50" s="94"/>
+      <c r="J50" s="94"/>
       <c r="K50" s="64"/>
       <c r="L50" s="65"/>
       <c r="M50" s="66"/>
       <c r="N50" s="66"/>
       <c r="Q50" s="67"/>
       <c r="R50" s="66"/>
       <c r="S50" s="66"/>
       <c r="T50" s="66"/>
     </row>
     <row r="51" spans="2:20" s="61" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="94" t="s">
-[...9 lines deleted...]
-      <c r="J51" s="94"/>
+      <c r="B51" s="93" t="s">
+        <v>57</v>
+      </c>
+      <c r="C51" s="93"/>
+      <c r="D51" s="93"/>
+      <c r="E51" s="93"/>
+      <c r="F51" s="93"/>
+      <c r="G51" s="93"/>
+      <c r="H51" s="93"/>
+      <c r="I51" s="93"/>
+      <c r="J51" s="93"/>
       <c r="K51" s="64"/>
       <c r="L51" s="65"/>
       <c r="M51" s="66"/>
       <c r="N51" s="66"/>
       <c r="Q51" s="67"/>
       <c r="R51" s="66"/>
       <c r="S51" s="66"/>
       <c r="T51" s="66"/>
     </row>
     <row r="52" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="94" t="s">
-[...9 lines deleted...]
-      <c r="J52" s="94"/>
+      <c r="B52" s="93" t="s">
+        <v>49</v>
+      </c>
+      <c r="C52" s="93"/>
+      <c r="D52" s="93"/>
+      <c r="E52" s="93"/>
+      <c r="F52" s="93"/>
+      <c r="G52" s="93"/>
+      <c r="H52" s="93"/>
+      <c r="I52" s="93"/>
+      <c r="J52" s="93"/>
       <c r="K52" s="64"/>
       <c r="L52" s="65"/>
       <c r="M52" s="66"/>
       <c r="N52" s="66"/>
       <c r="Q52" s="67"/>
       <c r="R52" s="66"/>
       <c r="S52" s="66"/>
       <c r="T52" s="66"/>
     </row>
     <row r="53" spans="2:20" s="61" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="95" t="s">
-[...9 lines deleted...]
-      <c r="J53" s="95"/>
+      <c r="B53" s="94" t="s">
+        <v>66</v>
+      </c>
+      <c r="C53" s="94"/>
+      <c r="D53" s="94"/>
+      <c r="E53" s="94"/>
+      <c r="F53" s="94"/>
+      <c r="G53" s="94"/>
+      <c r="H53" s="94"/>
+      <c r="I53" s="94"/>
+      <c r="J53" s="94"/>
       <c r="K53" s="64"/>
       <c r="L53" s="65"/>
       <c r="M53" s="66"/>
       <c r="N53" s="66"/>
       <c r="Q53" s="67"/>
       <c r="R53" s="66"/>
       <c r="S53" s="66"/>
       <c r="T53" s="66"/>
     </row>
     <row r="54" spans="2:20" s="61" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="95"/>
-[...7 lines deleted...]
-      <c r="J54" s="95"/>
+      <c r="B54" s="94"/>
+      <c r="C54" s="94"/>
+      <c r="D54" s="94"/>
+      <c r="E54" s="94"/>
+      <c r="F54" s="94"/>
+      <c r="G54" s="94"/>
+      <c r="H54" s="94"/>
+      <c r="I54" s="94"/>
+      <c r="J54" s="94"/>
       <c r="K54" s="64"/>
       <c r="L54" s="65"/>
       <c r="M54" s="66"/>
       <c r="N54" s="66"/>
       <c r="Q54" s="67"/>
       <c r="R54" s="66"/>
       <c r="S54" s="66"/>
       <c r="T54" s="66"/>
     </row>
     <row r="55" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B55" s="95"/>
-[...7 lines deleted...]
-      <c r="J55" s="95"/>
+      <c r="B55" s="94"/>
+      <c r="C55" s="94"/>
+      <c r="D55" s="94"/>
+      <c r="E55" s="94"/>
+      <c r="F55" s="94"/>
+      <c r="G55" s="94"/>
+      <c r="H55" s="94"/>
+      <c r="I55" s="94"/>
+      <c r="J55" s="94"/>
       <c r="K55" s="64"/>
       <c r="L55" s="65"/>
       <c r="M55" s="66"/>
       <c r="N55" s="66"/>
       <c r="Q55" s="67"/>
       <c r="R55" s="66"/>
       <c r="S55" s="66"/>
       <c r="T55" s="66"/>
     </row>
     <row r="56" spans="2:20" x14ac:dyDescent="0.2">
       <c r="B56" s="60" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="57" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="B57" s="60"/>
       <c r="C57" s="60"/>
       <c r="E57" s="62"/>
       <c r="G57" s="62"/>
       <c r="H57" s="62"/>
       <c r="J57" s="63"/>
       <c r="K57" s="64"/>
       <c r="L57" s="65"/>
       <c r="M57" s="66"/>
       <c r="N57" s="66"/>
       <c r="Q57" s="67"/>
       <c r="R57" s="66"/>
       <c r="S57" s="66"/>
       <c r="T57" s="66"/>
     </row>
     <row r="58" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B58" s="93" t="s">
-[...9 lines deleted...]
-      <c r="J58" s="93"/>
+      <c r="B58" s="92" t="s">
+        <v>53</v>
+      </c>
+      <c r="C58" s="92"/>
+      <c r="D58" s="92"/>
+      <c r="E58" s="92"/>
+      <c r="F58" s="92"/>
+      <c r="G58" s="92"/>
+      <c r="H58" s="92"/>
+      <c r="I58" s="92"/>
+      <c r="J58" s="92"/>
       <c r="K58" s="64"/>
       <c r="L58" s="65"/>
       <c r="M58" s="66"/>
       <c r="N58" s="66"/>
       <c r="Q58" s="67"/>
       <c r="R58" s="66"/>
       <c r="S58" s="66"/>
       <c r="T58" s="66"/>
     </row>
     <row r="59" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B59" s="93"/>
-[...7 lines deleted...]
-      <c r="J59" s="93"/>
+      <c r="B59" s="92"/>
+      <c r="C59" s="92"/>
+      <c r="D59" s="92"/>
+      <c r="E59" s="92"/>
+      <c r="F59" s="92"/>
+      <c r="G59" s="92"/>
+      <c r="H59" s="92"/>
+      <c r="I59" s="92"/>
+      <c r="J59" s="92"/>
       <c r="K59" s="64"/>
       <c r="L59" s="65"/>
       <c r="M59" s="66"/>
       <c r="N59" s="66"/>
       <c r="Q59" s="67"/>
       <c r="R59" s="66"/>
       <c r="S59" s="66"/>
       <c r="T59" s="66"/>
     </row>
     <row r="60" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B60" s="93"/>
-[...7 lines deleted...]
-      <c r="J60" s="93"/>
+      <c r="B60" s="92"/>
+      <c r="C60" s="92"/>
+      <c r="D60" s="92"/>
+      <c r="E60" s="92"/>
+      <c r="F60" s="92"/>
+      <c r="G60" s="92"/>
+      <c r="H60" s="92"/>
+      <c r="I60" s="92"/>
+      <c r="J60" s="92"/>
       <c r="K60" s="64"/>
       <c r="L60" s="65"/>
       <c r="M60" s="66"/>
       <c r="N60" s="66"/>
       <c r="Q60" s="67"/>
       <c r="R60" s="66"/>
       <c r="S60" s="66"/>
       <c r="T60" s="66"/>
     </row>
     <row r="61" spans="2:20" s="61" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B61" s="93"/>
-[...7 lines deleted...]
-      <c r="J61" s="93"/>
+      <c r="B61" s="92"/>
+      <c r="C61" s="92"/>
+      <c r="D61" s="92"/>
+      <c r="E61" s="92"/>
+      <c r="F61" s="92"/>
+      <c r="G61" s="92"/>
+      <c r="H61" s="92"/>
+      <c r="I61" s="92"/>
+      <c r="J61" s="92"/>
       <c r="K61" s="64"/>
       <c r="L61" s="65"/>
       <c r="M61" s="66"/>
       <c r="N61" s="66"/>
       <c r="Q61" s="67"/>
       <c r="R61" s="66"/>
       <c r="S61" s="66"/>
       <c r="T61" s="66"/>
     </row>
     <row r="62" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="74" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C62" s="77"/>
       <c r="D62" s="77"/>
       <c r="E62" s="77"/>
       <c r="F62" s="77"/>
       <c r="G62" s="77"/>
       <c r="H62" s="77"/>
       <c r="I62" s="77"/>
       <c r="J62" s="77"/>
       <c r="K62" s="64"/>
       <c r="L62" s="65"/>
       <c r="M62" s="66"/>
       <c r="N62" s="66"/>
       <c r="Q62" s="67"/>
       <c r="R62" s="66"/>
       <c r="S62" s="66"/>
       <c r="T62" s="66"/>
     </row>
     <row r="63" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B63" s="93" t="s">
-[...9 lines deleted...]
-      <c r="J63" s="93"/>
+      <c r="B63" s="92" t="s">
+        <v>50</v>
+      </c>
+      <c r="C63" s="92"/>
+      <c r="D63" s="92"/>
+      <c r="E63" s="92"/>
+      <c r="F63" s="92"/>
+      <c r="G63" s="92"/>
+      <c r="H63" s="92"/>
+      <c r="I63" s="92"/>
+      <c r="J63" s="92"/>
       <c r="K63" s="64"/>
       <c r="L63" s="65"/>
       <c r="M63" s="66"/>
       <c r="N63" s="66"/>
       <c r="Q63" s="67"/>
       <c r="R63" s="66"/>
       <c r="S63" s="66"/>
       <c r="T63" s="66"/>
     </row>
     <row r="64" spans="2:20" s="61" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B64" s="93"/>
-[...7 lines deleted...]
-      <c r="J64" s="93"/>
+      <c r="B64" s="92"/>
+      <c r="C64" s="92"/>
+      <c r="D64" s="92"/>
+      <c r="E64" s="92"/>
+      <c r="F64" s="92"/>
+      <c r="G64" s="92"/>
+      <c r="H64" s="92"/>
+      <c r="I64" s="92"/>
+      <c r="J64" s="92"/>
       <c r="K64" s="64"/>
       <c r="L64" s="65"/>
       <c r="M64" s="66"/>
       <c r="N64" s="66"/>
       <c r="Q64" s="67"/>
       <c r="R64" s="66"/>
       <c r="S64" s="66"/>
       <c r="T64" s="66"/>
     </row>
     <row r="65" spans="2:20" s="61" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B65" s="93"/>
-[...7 lines deleted...]
-      <c r="J65" s="93"/>
+      <c r="B65" s="92"/>
+      <c r="C65" s="92"/>
+      <c r="D65" s="92"/>
+      <c r="E65" s="92"/>
+      <c r="F65" s="92"/>
+      <c r="G65" s="92"/>
+      <c r="H65" s="92"/>
+      <c r="I65" s="92"/>
+      <c r="J65" s="92"/>
       <c r="K65" s="64"/>
       <c r="L65" s="65"/>
       <c r="M65" s="66"/>
       <c r="N65" s="66"/>
       <c r="Q65" s="67"/>
       <c r="R65" s="66"/>
       <c r="S65" s="66"/>
       <c r="T65" s="66"/>
     </row>
     <row r="66" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B66" s="75"/>
       <c r="C66" s="78"/>
       <c r="D66" s="78"/>
       <c r="E66" s="78"/>
       <c r="F66" s="78"/>
       <c r="G66" s="78"/>
       <c r="H66" s="78"/>
       <c r="I66" s="78"/>
       <c r="J66" s="78"/>
       <c r="K66" s="64"/>
       <c r="L66" s="65"/>
       <c r="M66" s="66"/>
       <c r="N66" s="66"/>
     </row>
     <row r="67" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B67" s="76" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C67" s="79"/>
       <c r="D67" s="79"/>
       <c r="E67" s="79"/>
       <c r="F67" s="80"/>
       <c r="G67" s="80"/>
       <c r="H67" s="80"/>
       <c r="I67" s="80"/>
       <c r="J67" s="80"/>
       <c r="K67" s="64"/>
       <c r="L67" s="65"/>
       <c r="M67" s="66"/>
       <c r="N67" s="66"/>
     </row>
     <row r="68" spans="2:20" s="61" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B68" s="76"/>
       <c r="C68" s="79"/>
       <c r="D68" s="79"/>
       <c r="E68" s="79"/>
       <c r="F68" s="80"/>
       <c r="G68" s="80"/>
       <c r="H68" s="80"/>
       <c r="I68" s="80"/>
       <c r="J68" s="80"/>
       <c r="K68" s="64"/>
       <c r="L68" s="65"/>
       <c r="M68" s="66"/>
       <c r="N68" s="66"/>
     </row>
     <row r="69" spans="2:20" s="61" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B69" s="91" t="s">
-[...7000 lines deleted...]
-        <v>89</v>
+      <c r="B69" s="90" t="s">
+        <v>87</v>
       </c>
       <c r="C69" s="71"/>
       <c r="D69" s="71"/>
       <c r="E69" s="71"/>
       <c r="F69" s="71"/>
       <c r="G69" s="71"/>
       <c r="H69" s="71"/>
       <c r="I69" s="71"/>
       <c r="J69" s="71"/>
       <c r="K69" s="68"/>
     </row>
     <row r="70" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="69"/>
       <c r="C70" s="69"/>
       <c r="D70" s="69"/>
       <c r="E70" s="69"/>
       <c r="F70" s="69"/>
       <c r="G70" s="69"/>
       <c r="H70" s="69"/>
       <c r="I70" s="69"/>
       <c r="J70" s="69"/>
       <c r="K70" s="70"/>
     </row>
     <row r="71" spans="2:20" s="49" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="69"/>
@@ -23620,86 +23407,86 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>24</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="36" baseType="lpstr">
+      <vt:lpstr>December 2025</vt:lpstr>
+      <vt:lpstr>November 2025</vt:lpstr>
+      <vt:lpstr>October 2025</vt:lpstr>
+      <vt:lpstr>September 2025</vt:lpstr>
       <vt:lpstr>August 2025</vt:lpstr>
       <vt:lpstr>July 2025</vt:lpstr>
       <vt:lpstr>June 2025</vt:lpstr>
       <vt:lpstr>May 2025</vt:lpstr>
       <vt:lpstr>April 2025</vt:lpstr>
       <vt:lpstr>March 2025</vt:lpstr>
       <vt:lpstr>February 2025</vt:lpstr>
       <vt:lpstr>January 2025</vt:lpstr>
-      <vt:lpstr>December 2024</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>September 2024</vt:lpstr>
       <vt:lpstr>'April 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'August 2025'!Print_Area</vt:lpstr>
-      <vt:lpstr>'December 2024'!Print_Area</vt:lpstr>
+      <vt:lpstr>'December 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'February 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'January 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'July 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'June 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'March 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'May 2025'!Print_Area</vt:lpstr>
-      <vt:lpstr>'November 2024'!Print_Area</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>'September 2024'!Print_Area</vt:lpstr>
+      <vt:lpstr>'November 2025'!Print_Area</vt:lpstr>
+      <vt:lpstr>'October 2025'!Print_Area</vt:lpstr>
+      <vt:lpstr>'September 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'April 2025'!Print_Titles</vt:lpstr>
       <vt:lpstr>'August 2025'!Print_Titles</vt:lpstr>
-      <vt:lpstr>'December 2024'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'December 2025'!Print_Titles</vt:lpstr>
       <vt:lpstr>'February 2025'!Print_Titles</vt:lpstr>
       <vt:lpstr>'January 2025'!Print_Titles</vt:lpstr>
       <vt:lpstr>'July 2025'!Print_Titles</vt:lpstr>
       <vt:lpstr>'June 2025'!Print_Titles</vt:lpstr>
       <vt:lpstr>'March 2025'!Print_Titles</vt:lpstr>
       <vt:lpstr>'May 2025'!Print_Titles</vt:lpstr>
-      <vt:lpstr>'November 2024'!Print_Titles</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>'September 2024'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'November 2025'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'October 2025'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'September 2025'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Nuveen Investments</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>salefm</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ClassificationId">
     <vt:lpwstr>a41311f2-cc28-4af2-b6f4-0e8d57127190</vt:lpwstr>
   </property>